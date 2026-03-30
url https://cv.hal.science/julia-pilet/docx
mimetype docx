--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -221,279 +221,279 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers le calcul littéral en cycle 3</w:t>
+                <w:t xml:space="preserve">A Comparative Study of the Teaching of Quadratic Equations in Five Curricula: Brazil, France, Japan, Spain and Vietnam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Hamid Chaachoua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Bessot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Berta Barquero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Julia Pilet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...21 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatsuya Mizoguchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, 44(1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46298/rdm.13753⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05051243v1</w:t>
+                <w:t xml:space="preserve">hal-04606011v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Comparative Study of the Teaching of Quadratic Equations in Five Curricula: Brazil, France, Japan, Spain and Vietnam</w:t>
+                <w:t xml:space="preserve">Vers le calcul littéral en cycle 3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hamid Chaachoua</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Julia Pilet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Grugeon-Allys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Au fil des maths</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 555, https://afdm.apmep.fr/rubriques/opinions/vers-le-calcul-litteral-en-cycle-3/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tatsuya Mizoguchi</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">hal-04606011v2</w:t>
+                <w:t xml:space="preserve">hal-05051243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The algebraic learning of middle school students’ evolution during a school year: a statistical large-scale study based on results in mathematics didactics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Grugeon-Allys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Pilet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Educational Studies in Mathematics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
@@ -527,77 +527,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apports de modèles didactiques pour concevoir des parcours adaptatifs dans un environnement numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Grugeon-Allys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Chenevotot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Pilet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherches en Didactique des Mathematiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 43 (3), pp.285-325</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -648,51 +648,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Horoks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Pilet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Éducation &amp; Didactique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 16-1, pp.49-66. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
@@ -726,64 +726,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'activité numérico-algébrique dans des manuels scolaires français de primaire : le cas du calcul réfléchi multiplicatif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Pilet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Grugeon-Allys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue québécoise de didactique des mathématiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Numéro thématique 2 : Enseignement et apprentissage de l’algèbre avant la lettre (Tome 1), pp.4-33</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -808,51 +808,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une entrée par l’évaluation des apprentissages pour analyser les interactions entre l’enseignant ou l’enseignante et les élèves dans les moments de mise en commun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Pilet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -903,51 +903,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les outils Pépite sur LaboMeP : Identifier des besoins d’apprentissage des élèves pour réguler l’enseignement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Pilet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Delozanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1028,64 +1028,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diagnostic et parcours différenciés d'enseignement en algèbre élémentaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Grugeon-Allys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Pilet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Chenevotot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1149,51 +1149,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PépiMep : différencier l'enseignement du calcul algébrique en s'appuyant sur des outils de diagnostic.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Grugeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Pilet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Delozanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1293,64 +1293,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The contribution of mathematics didactics to interpreting the results of a standardized national assessment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Pilet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Grugeon-Allys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Fourteenth Congress of the European Society for Research in Mathematics Education (CERME14)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Free University of Bozen-Bolzano; ERME, Feb 2025, Bozen-Bolzano, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1414,51 +1414,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Kleine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Coronado Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Pilet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sanja Rukavina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1513,90 +1513,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Large scale analysis of teachers’ assessment practices in mathematics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Horoks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Pilet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Coppé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina de Simone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Grugeon-Allys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eleventh Congress of the European Society for Research in Mathematics Education</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Utrecht University, Feb 2019, Utrecht, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1621,51 +1621,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">EFFETS POTENTIELS D’UNE EVOLUTION DES PRATIQUES ENSEIGNANTES D’EVALUATION SUR LES APPRENTISSAGES ALGEBRIQUES DES ELEVES AU COLLEGE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Pilet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Horoks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1755,51 +1755,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Thuet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Chenevotot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Pilet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TEL-STEM Workshop at ECTEL 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Leeds, United Kingdom</w:t>
@@ -1867,51 +1867,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chevalarias Thierry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Debertonne-Dassule Florence</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Grugeon-Allys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Horoks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1979,51 +1979,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Grugeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Chenevotot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Pilet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Horoks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2061,51 +2061,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment in mathematics as a lever to promote students' learning and teachers' professional development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Pilet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Horoks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2156,51 +2156,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelles pratiques d'évaluation en algèbre au collège?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Horoks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Pilet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariam Haspekian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2264,51 +2264,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Chenevotot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Grugeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Pilet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Delozanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2353,260 +2353,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02077099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The diagnostic assessment Pépite and the question of its transfer at different school levels</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">UNE RECHERCHE EN COURS SUR LES PRATIQUES ENSEIGNANTES D’EVALUATION DES APPRENTISSAGES DES COLLEGIENS EN ALGEBRE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Pilet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Dominique Prévit</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Horoks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CERME 9 - Ninth Congress of the European Society for Research in Mathematics Education</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Charles University in Prague, Faculty of Education; ERME, Feb 2015, Prague, Czech Republic</w:t>
+              <w:t xml:space="preserve">séminaire national de l’ARDM (Association pour la Recherche en Didactique des Mathématiques)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01289248v1</w:t>
+                <w:t xml:space="preserve">hal-01724459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">UNE RECHERCHE EN COURS SUR LES PRATIQUES ENSEIGNANTES D’EVALUATION DES APPRENTISSAGES DES COLLEGIENS EN ALGEBRE</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">The diagnostic assessment Pépite and the question of its transfer at different school levels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Chenevotot-Quentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Grugeon-Allys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Pilet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Julie Horoks</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Delozanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Prévit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">séminaire national de l’ARDM (Association pour la Recherche en Didactique des Mathématiques)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2015, Paris, France</w:t>
+              <w:t xml:space="preserve">CERME 9 - Ninth Congress of the European Society for Research in Mathematics Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Charles University in Prague, Faculty of Education; ERME, Feb 2015, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01724459v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01289248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bridging diagnosis and learning of elementary algebra using technologies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Pilet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Chenevotot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2683,51 +2683,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séances différenciées en algèbre élémentaire : une étude de cas.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Pilet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naima El Kechai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2798,243 +2798,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02077126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development and use of a diagnostic tool in elementary algebra using an online item bank</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">De la conception à l’usage d’un diagnostic dans une base d’exercices en ligne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Chenevotot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Grugeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Pilet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Delozanne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12 th International Congress on Mathematical Education ICME2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Seoul, South Korea</w:t>
+              <w:t xml:space="preserve">Colloque Espace Mathématique Francophone, EMF2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2012, Genève, Suisse. pp.808-823</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01271732v1</w:t>
+                <w:t xml:space="preserve">hal-01270030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la conception à l’usage d’un diagnostic dans une base d’exercices en ligne</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Development and use of a diagnostic tool in elementary algebra using an online item bank</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Grugeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Chenevotot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Pilet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Delozanne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Espace Mathématique Francophone, EMF2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2012, Genève, Suisse. pp.808-823</w:t>
+              <w:t xml:space="preserve">12 th International Congress on Mathematical Education ICME2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Seoul, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01270030v1</w:t>
+                <w:t xml:space="preserve">hal-01271732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3078,77 +3078,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Chenevotot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Grapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Grugeon-Allys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Pilet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'éducation mathématique face à un monde en accélération : enjeux, défis et opportunités</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Montréal, Canada. L'éducation mathématique face à un monde en accélération : enjeux, défis et opportunités, Actes du 9e colloque Espace Mathématique Francophone., pp.1207-1211, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3205,51 +3205,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Actes du séminaire de didactique des mathématiques de 2019</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Pilet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Vendeira</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3313,51 +3313,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Horoks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michella Kiwan-Zacka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Pilet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Roditi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3401,51 +3401,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Actes du séminaire de didactique des mathématiques 2018</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Pilet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Vendeira</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3519,77 +3519,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Analysis of Dominant Praxeological Models with a Reference Praxeological Model: A Case Study on Quadratic Equations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamid Chaachoua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hamid Chaachoua</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Julia Pilet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Bessot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in the Anthropological Theory of the Didactic</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer International Publishing, pp.229-238, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3623,77 +3623,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using Didactic Models to Design Adaptive Pathways to Meet Students' Learning Needs in an Online Learning Environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Grugeon-Allys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Chenevotot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Pilet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Springer. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mathematics Education in the Age of Artificial Intelligence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 17, Springer International Publishing, pp.141-166, 2022, Mathematics Education in the Digital Era, 978-3-030-86909-3. </w:t>
@@ -3770,51 +3770,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Chevalarias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Debertonne-Dassule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Grugeon-Allys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Horoks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3873,77 +3873,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identifying the professional lexicon of middle school mathematics teachers: The French case</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artigue Michèle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Grugeon-Allys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Horoks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Pilet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Routlelge. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Teachers talking about their classrooms: Learning from the professional lexicons of mathematics teachers around the world</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 9780367376932</w:t>
@@ -3972,77 +3972,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Online automated assessment and student learning: the Pepite project in elementary algebra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Grugeon-Allys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Chenevotot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Pilet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Previt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4110,51 +4110,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Grugeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Chenevotot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Pilet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Previt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4250,64 +4250,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Chenevotot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élisabeth Delozanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Grugeon-Allys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Pilet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Prévit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4374,51 +4374,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parcours d'enseignement différencié appuyés sur un diagnostic en algèbre élémentaire à la fin de la scolarité obligatoire : modélisation, implémentation dans une plateforme en ligne et évaluation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Pilet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Education. Université Paris-Diderot - Paris VII, 2012. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -4535,51 +4535,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A6AC1D33"/>
+    <w:nsid w:val="56F9DF0C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4766,51 +4766,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/julia-pilet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2698-2666" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05051243v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Pilet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Grugeon-Allys" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606011v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Chaachoua" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Bessot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berta Barquero" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatsuya Mizoguchi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/rdm.13753" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677377v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10649-024-10347-z" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484112v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Chenevotot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03791675v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Allard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Horoks" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/educationdidactique.9644" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235966v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202351v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198931v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Delozanne" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Grugeon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Pr&#233;vit" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759942v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070355v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Vincent" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298103v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298042v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;on Brings" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Kleine" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Coronado Alvarez" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanja Rukavina" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02430541v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Copp&#233;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina de Simone" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202364v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857582v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iryna Nikolayeva" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Yessad" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Thuet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202368v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artigue Mich&#232;le" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chevalarias Thierry" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debertonne-Dassule Florence" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077077v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01949259v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420731v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Haspekian" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077099v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Previt" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289248v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Chenevotot-Quentin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724459v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213684v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naima El Kechai" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077126v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271732v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01270030v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05141051v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Grapin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mounier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041140v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Vendeira" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612783v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michella Kiwan-Zacka" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Roditi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421410v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04025269v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-76791-4_17" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03686666v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-86909-0" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353861v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chevalarias" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Debertonne-Dassule" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353846v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05141056v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077275v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00853670v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisabeth Delozanne" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00784039v2" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/julia-pilet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2698-2666" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606011v2" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Chaachoua" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Bessot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berta Barquero" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Pilet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatsuya Mizoguchi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/rdm.13753" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05051243v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Grugeon-Allys" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677377v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10649-024-10347-z" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484112v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Chenevotot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03791675v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Allard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Horoks" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/educationdidactique.9644" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235966v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202351v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198931v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Delozanne" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Grugeon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Pr&#233;vit" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759942v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070355v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Vincent" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298103v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298042v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;on Brings" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Kleine" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Coronado Alvarez" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanja Rukavina" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02430541v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Copp&#233;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina de Simone" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202364v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857582v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iryna Nikolayeva" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Yessad" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Thuet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202368v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artigue Mich&#232;le" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chevalarias Thierry" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debertonne-Dassule Florence" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077077v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01949259v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420731v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Haspekian" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077099v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Previt" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724459v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289248v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Chenevotot-Quentin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213684v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naima El Kechai" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077126v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01270030v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271732v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05141051v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Grapin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mounier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041140v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Vendeira" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612783v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michella Kiwan-Zacka" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Roditi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421410v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04025269v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-76791-4_17" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03686666v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-86909-0" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353861v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chevalarias" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Debertonne-Dassule" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353846v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05141056v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077275v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00853670v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisabeth Delozanne" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00784039v2" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>