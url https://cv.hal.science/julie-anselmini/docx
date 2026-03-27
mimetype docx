--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -2570,174 +2570,174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05063632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Géographies du roman dumasien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Anselmini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers de l'Association internationale des études françaises (CAIEF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Rétif de la Bretonne. L’espace dans le roman. Continuité et fragmentation, 75, pp.95-109</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04576262v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L’émotion et le jugement. Valeur(s) de la sensibilité en critique selon Barbey d’Aurevilly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Anselmini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Revue des lettres modernes. Barbey d'Aurevilly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Les émotions, 26, pp.83-97. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-15802-8.p.0083⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-15802-8.p.0083⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-04576302v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-04576262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tribuns et artistes. De l’éloquence dans &amp;quot;Mes Mémoires&amp;quot; d’Alexandre Dumas</w:t>
               </w:r>
@@ -2933,312 +2933,312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04032656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">[Compte-rendu] Bibliothèque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Anselmini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bordes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Caillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Chanial</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Latouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue du MAUSS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2 (58), pp.353-371. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rdm1.058.0353⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04621522v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Écriture de la Révolution et utopie chez Alexandre Dumas père : &amp;quot;Création et Rédemption</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Anselmini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Francofonia - Studi e ricerche sulle letterature di lingua francese</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, L’utopie sociale dans la littérature française du XIXe siècle, 81, pp.123-138</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05024675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Révolution(s) du roman, de &amp;quot;Blanche de Beaulieu&amp;quot; (1826) à &amp;quot;Création et Rédemption&amp;quot; (1869)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Anselmini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'ULL Crític</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Alexandre Dumas. Aventures du roman, 23-24, pp.25-37. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.21001/luc.23.24.02⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04032641v1</w:t>
-              </w:r>
-[...136 lines deleted...]
-                <w:t xml:space="preserve">hal-04621522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[Compte-rendu] Parler, écrire, penser à l’ère médiatique : changements d’optiques &amp; nouveaux mythes</w:t>
               </w:r>
@@ -6562,165 +6562,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00742821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Mille et une têtes coupées. Les &amp;quot;sanglantes fééries&amp;quot; d'Alexandre Dumas (père)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Anselmini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire de recherche : Un écrivain, une image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2012, Caen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00742815v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les correspondances dans le fonds Hetzel de l'IMEC</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Anselmini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d’études : Les correspondances : archives de la création</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Brigitte Diaz, May 2010, Caen, France. pp.53-63</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00742823v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-00742815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Voyager en peinture : récit viatique et critique d'art chez Dumas</w:t>
               </w:r>
@@ -6769,174 +6769,174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00742832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L'auteur bifrons, pour enfants / pour adultes. Le cas de Pierre-Jules Stahl (1814-1886)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Anselmini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées d'étude : L'auteur pour la jeunesse : fonction, stratégies, pratiques de classe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2009, Grenoble, France. pp.43-57, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.ugaeditions.1131⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00742831v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Extase et hystérie : le ravissement musical dans les romans d'Alexandre Dumas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Anselmini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire : La haine de la musique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centre Traverses 19-21 de l’université Stendhal - Grenoble 3, May 2009, Grenoble, France. pp.69-80</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00742818v1</w:t>
-              </w:r>
-[...76 lines deleted...]
-                <w:t xml:space="preserve">hal-00742831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les jumeaux littéraires au XIXe siècle, merveille et monstruosité</w:t>
               </w:r>
@@ -7647,51 +7647,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E39341F9"/>
+    <w:nsid w:val="3D583271"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7878,51 +7878,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/julie-anselmini" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/11683434X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430265v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Anselmini" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren Bentolila" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Le Bail" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/150tv" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430280v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Bouchardon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576175v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576185v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Massol" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.ugaeditions.31793" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04032526v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04032563v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Simonet-Tenant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063543v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Schopp" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.puc.12077" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04032545v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Diaz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meier Franziska" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02263219v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Bercegol" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-07926-2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01963665v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Boblet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.ugaeditions.6534" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01963676v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-3487-7" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01963764v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742846v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063565v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11z10" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063603v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chanial" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576199v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Desormeaux" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-16441-8" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05031325v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Jean Aumasson" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-14429-8" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04625318v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04032583v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-11414-7" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02616416v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Safa" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Callet-Bianco" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cooper" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Razgonnikoff" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-09040-3" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01963680v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-5957-3" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01963769v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04032576v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Aucagne" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/recherchestravaux.66" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430230v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430212v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-18578-9.p.0041" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063637v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm1.064.0101" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063623v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52497/sociopoetiques.2119" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063632v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-17469-1.p.0027" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576302v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-15802-8.p.0083" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576262v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576349v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04032651v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04032656v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/recherchestravaux.5769" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024675v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04032641v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21001/luc.23.24.02" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04621522v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bordes" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Caill&#233;" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Latouche" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm1.058.0353" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024676v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/acta.13477" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576474v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm1.058.0007" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04032632v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02281041v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01963681v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-08787-8.p.0045" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01963684v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm.051.0287" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01963688v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01963691v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-07046-7.p.0039" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01963694v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01963698v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01963781v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04032624v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742858v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04032617v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/recherchestravaux.448" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04032613v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04032604v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/feeries.117" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063662v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576371v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-14746-6.p.0209" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576393v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.ugaeditions.31933" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030348v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.ugaeditions.26129" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02281042v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01963704v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01963711v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01963708v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01963718v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-05901-1.p.0161" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01963719v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-5055-6.p.0101" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01963730v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-2926-2.p.0133" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01963728v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01963723v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01963738v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03377728v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01963773v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742855v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742847v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430241v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576428v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04032716v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04032639v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04032702v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04032692v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04032676v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742835v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742837v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742833v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742821v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742823v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742815v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742832v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742818v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742831v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.ugaeditions.1131" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742829v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742849v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742813v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04032670v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576443v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Barette" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/colloques.11306" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974379v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850467v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04032551v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/julie-anselmini" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/11683434X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430265v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Anselmini" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren Bentolila" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Le Bail" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/150tv" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430280v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Bouchardon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576175v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576185v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Massol" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.ugaeditions.31793" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04032526v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04032563v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Simonet-Tenant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063543v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Schopp" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.puc.12077" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04032545v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Diaz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meier Franziska" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02263219v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Bercegol" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-07926-2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01963665v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Boblet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.ugaeditions.6534" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01963676v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-3487-7" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01963764v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742846v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063565v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11z10" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063603v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chanial" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576199v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Desormeaux" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-16441-8" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05031325v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Jean Aumasson" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-14429-8" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04625318v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04032583v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-11414-7" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02616416v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Safa" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Callet-Bianco" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cooper" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Razgonnikoff" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-09040-3" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01963680v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-5957-3" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01963769v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04032576v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Aucagne" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/recherchestravaux.66" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430230v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430212v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-18578-9.p.0041" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063637v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm1.064.0101" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063623v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52497/sociopoetiques.2119" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063632v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-17469-1.p.0027" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576262v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576302v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-15802-8.p.0083" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576349v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04032651v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04032656v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/recherchestravaux.5769" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04621522v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bordes" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Caill&#233;" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Latouche" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm1.058.0353" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024675v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04032641v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21001/luc.23.24.02" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024676v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/acta.13477" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576474v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm1.058.0007" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04032632v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02281041v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01963681v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-08787-8.p.0045" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01963684v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm.051.0287" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01963688v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01963691v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-07046-7.p.0039" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01963694v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01963698v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01963781v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04032624v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742858v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04032617v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/recherchestravaux.448" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04032613v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04032604v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/feeries.117" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063662v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576371v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-14746-6.p.0209" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576393v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.ugaeditions.31933" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030348v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.ugaeditions.26129" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02281042v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01963704v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01963711v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01963708v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01963718v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-05901-1.p.0161" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01963719v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-5055-6.p.0101" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01963730v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-2926-2.p.0133" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01963728v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01963723v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01963738v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03377728v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01963773v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742855v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742847v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430241v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576428v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04032716v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04032639v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04032702v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04032692v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04032676v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742835v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742837v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742833v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742821v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742815v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742823v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742832v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742831v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.ugaeditions.1131" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742818v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742829v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742849v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742813v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04032670v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576443v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Barette" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/colloques.11306" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974379v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850467v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04032551v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>