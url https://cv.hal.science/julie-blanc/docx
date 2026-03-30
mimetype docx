--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -809,151 +809,151 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03254775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La coopération proviseurs adjoints – chercheurs pour la mise en place de Parcoursup</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Contribution au dossier sur l'autorité éducative</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Murillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Sahuc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Veyrac</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Audrey Murillo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahier de recherche ENSFEA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Processus d’innovation et changement : Comment accompagner les acteurs ?, 2, pp.27</w:t>
+              <w:t xml:space="preserve">Les Cahiers Pédagogiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 557, pp.12-13</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03686723v1</w:t>
+                <w:t xml:space="preserve">hal-02389580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyser le travail de proviseurs-adjoints par une recherche coopérative</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nina Asloum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -995,165 +995,165 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahier de recherche ENSFEA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Recherches collaboratives, 1, pp.22-23</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03686728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution au dossier sur l'autorité éducative</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La coopération proviseurs adjoints – chercheurs pour la mise en place de Parcoursup</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Veyrac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nina Asloum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Murillo</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hélène Veyrac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Cahiers Pédagogiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 557, pp.12-13</w:t>
+              <w:t xml:space="preserve">Cahier de recherche ENSFEA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Processus d’innovation et changement : Comment accompagner les acteurs ?, 2, pp.27</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02389580v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03686723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude des catégories opératives pour analyser l’activité d’enseignants</w:t>
               </w:r>
@@ -1269,51 +1269,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Murillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Sahuc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherches en éducation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 33, pp.52-66. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1386,51 +1386,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Veyrac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Sahuc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Education et socialisation - Les cahiers du CERFEE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 45, </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1458,217 +1458,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01623226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relations professeurs-élèves en lycée. Trois stratégies d’enseignants mises en débat.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dès les premiers jours</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Murillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Sahuc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Veyrac</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julie Blanc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Éducation &amp; formations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, n° 88-89, pp. 185-200</w:t>
+              <w:t xml:space="preserve">Les Cahiers Pédagogiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Le climat scolaire, 523</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01244706v1</w:t>
+                <w:t xml:space="preserve">hal-01539015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dès les premiers jours</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Relations professeurs-élèves en lycée. Trois stratégies d’enseignants mises en débat.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Veyrac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Blanc</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Hélène Veyrac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Cahiers Pédagogiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Le climat scolaire, 523</w:t>
+              <w:t xml:space="preserve">Éducation &amp; formations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, n° 88-89, pp. 185-200</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01539015v1</w:t>
+                <w:t xml:space="preserve">hal-01244706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1788,204 +1788,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04302939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les lycéens catégorisés par leurs enseignants</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comment les élèves perçoivent les avis des équipes pédagogiques sur leurs vœux d’orientation pour l’enseignement supérieur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Murillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Veyrac</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julie Blanc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Classer, déclasser, reclasser, Réseau thématique « Sociologie de l’éducation et de la formation » Classe et classement en éducation et formation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 8ieme congrès de l’Association Française de Sociologie, Aug 2019, Aix en Provence, France</w:t>
+              <w:t xml:space="preserve">Congrès internationnal Actualité de la recherche en Education et en Formation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Bordeaux, Jul 2019, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03917932v1</w:t>
+                <w:t xml:space="preserve">hal-05070498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment les élèves perçoivent les avis des équipes pédagogiques sur leurs vœux d’orientation pour l’enseignement supérieur</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les lycéens catégorisés par leurs enseignants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Veyrac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Blanc</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hélène Veyrac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès internationnal Actualité de la recherche en Education et en Formation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Bordeaux, Jul 2019, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Classer, déclasser, reclasser, Réseau thématique « Sociologie de l’éducation et de la formation » Classe et classement en éducation et formation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 8ieme congrès de l’Association Française de Sociologie, Aug 2019, Aix en Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05070498v1</w:t>
+                <w:t xml:space="preserve">hal-03917932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2744,51 +2744,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1ADB109F"/>
+    <w:nsid w:val="46D9ABB1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2975,51 +2975,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/julie-blanc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0226-0768" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/116292652" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424358v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Blanc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Murillo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Veyrac" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661623v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Asloum" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/educationdidactique.9754" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03905566v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24452/sjer.44.3.5" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145181v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437455v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03254775v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/osp.14150" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03686723v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03686728v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389580v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sahuc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818283v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ree.2053" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818305v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ree.2073" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623226v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edso.2310" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01244706v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01539015v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04302939v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fondeville" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Pairis" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917932v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05070498v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823270v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04302435v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Huguet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04302454v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04302467v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03886106v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03036732v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/julie-blanc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0226-0768" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/116292652" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424358v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Blanc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Murillo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Veyrac" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661623v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Asloum" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/educationdidactique.9754" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03905566v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24452/sjer.44.3.5" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145181v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437455v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03254775v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/osp.14150" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389580v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sahuc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03686728v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03686723v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818283v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ree.2053" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818305v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ree.2073" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623226v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edso.2310" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01539015v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01244706v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04302939v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fondeville" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Pairis" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05070498v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917932v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823270v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04302435v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Huguet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04302454v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04302467v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03886106v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03036732v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>