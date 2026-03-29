--- v0 (2026-03-04)
+++ v1 (2026-03-29)
@@ -2551,269 +2551,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01224430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">(Comment) peut on isoler la subjectivité de l'auteur dans une analyse des données textuelles? Etude de la variabilité du vocabulaire dans les altas français des paysages</w:t>
+                <w:t xml:space="preserve">Construction semi-automatique d'une ontologie de la perception des paysages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Bourbeillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonathan Charles</w:t>
+                <w:t xml:space="preserve">Laëtitia Piel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramla El Ayeb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Rousselière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Djery Sow</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Guyet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vème Congrès de l'Association Française de Sociologie - Réseau thématique Méthodes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2013, Nantes, France</w:t>
+              <w:t xml:space="preserve">IC - 24èmes Journées francophones d'Ingénierie des Connaissances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2013, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00920855v1</w:t>
+                <w:t xml:space="preserve">hal-00920722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Construction semi-automatique d'une ontologie de la perception des paysages</w:t>
+                <w:t xml:space="preserve">(Comment) peut on isoler la subjectivité de l'auteur dans une analyse des données textuelles? Etude de la variabilité du vocabulaire dans les altas français des paysages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Bourbeillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ramla El Ayeb</w:t>
+                <w:t xml:space="preserve">Jonathan Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Rousselière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Salanié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Guyet</w:t>
+                <w:t xml:space="preserve">Djery Sow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IC - 24èmes Journées francophones d'Ingénierie des Connaissances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2013, Lille, France</w:t>
+              <w:t xml:space="preserve">Vème Congrès de l'Association Française de Sociologie - Réseau thématique Méthodes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00920722v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00920855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">(Comment) peut-on isoler la subjectivité de l'auteur dans une analyse des données textuelles ? Etude de la variabilité du vocabulaire dans les atlas français des paysages</w:t>
               </w:r>
@@ -4067,51 +4067,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Bourbeillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Coisnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Guyet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Marshall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4638,51 +4638,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="37A3A101"/>
+    <w:nsid w:val="1517F34E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4869,51 +4869,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/julie-bourbeillon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3365-1286" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/125302290" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-05036354v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bouanich" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. El Ghaziri" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Santagostini" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pernet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Land&#232;s" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.softx.2025.102158" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-04617360v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Land&#232;s" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Eid" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Beno&#238;t" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Santagostini" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2023.1384.60" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-03636395v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rayan Eid" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Pernet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Beno&#238;t" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13040-022-00293-y" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03930067v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Barrit" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Campion" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Aligon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bourbeillon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rousseau" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13007-022-00962-3" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-03504716v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Coisnon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Rousseli&#232;re" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Salani&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24187/ecostat.2021.528d.2062" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01445662v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Guerin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Guillermin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Biche" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Broussaud" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.513778793251173E12" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01218602v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Rousseau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Hunault" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Gaillard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Montiel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13007-015-0068-4" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00940893v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Demotes-Mainard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Huch&#233;-Th&#233;lier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Leduc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Bertheloot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scienta.2014.01.011" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00544751v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David E Gloriam" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Orchard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Bertinetti" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Bj&#246;rling" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Bongcam-Rudloff" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/mcp.M900185-MCP200" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00544750v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Itai Benhar" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Borrebaeck" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine de Daruvar" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nbt0710-650" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400712v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Garbay" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Giroud" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbi.2009.02.007" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00353489v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/isi.11.1.109-135" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00353476v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373566v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nattida Juewong" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Chantoiseau" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Gardet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard Buck-Sorlin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-03822956v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martel C&#233;line" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurin Alice" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Vandenkoornhuyse" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-03823016v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01211419v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Marshall" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Nicolas" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Oueslati" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01233407v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Garbez" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gu&#233;rin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01224430v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00920855v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Charles" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djery Sow" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00920722v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Piel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramla El Ayeb" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Guyet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00949733v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00353484v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Simony-Lafontaine" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/11527770_32" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00353463v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00353497v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule Montmasson" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Redha Heus" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-03205869v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lysiane Hauguel" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Lallemand" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Dupuis" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395309v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Pelletier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Aubourg" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01858693v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Thierry" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Boumaza" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Buitink" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Leprince" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01858677v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01756817v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Leli&#232;vre" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Thouroude" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01226298v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Legeay" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Duval" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Renou" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01178942v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Athan&#233;" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-03890109v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Martel" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Maurin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00192285v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04894779v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Bouanich" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina El Ghaziri" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:daaa5cd6b6e3ffe616c9a1cd416ce16e8a1baa8e;origin=https://forgemia.inra.fr/imhorphen/quads;visit=swh:1:snp:49356d7f45d172ba16275de138c3ded03493b912;anchor=swh:1:rev:3e9a00ba8e7f14ba0120a53b0fae34263faeda28" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/julie-bourbeillon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3365-1286" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/125302290" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-05036354v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bouanich" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. El Ghaziri" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Santagostini" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pernet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Land&#232;s" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.softx.2025.102158" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-04617360v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Land&#232;s" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Eid" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Beno&#238;t" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Santagostini" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2023.1384.60" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-03636395v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rayan Eid" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Pernet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Beno&#238;t" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13040-022-00293-y" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03930067v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Barrit" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Campion" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Aligon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bourbeillon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rousseau" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13007-022-00962-3" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-03504716v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Coisnon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Rousseli&#232;re" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Salani&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24187/ecostat.2021.528d.2062" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01445662v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Guerin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Guillermin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Biche" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Broussaud" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.513778793251173E12" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01218602v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Rousseau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Hunault" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Gaillard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Montiel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13007-015-0068-4" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00940893v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Demotes-Mainard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Huch&#233;-Th&#233;lier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Leduc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Bertheloot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scienta.2014.01.011" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00544751v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David E Gloriam" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Orchard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Bertinetti" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Bj&#246;rling" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Bongcam-Rudloff" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/mcp.M900185-MCP200" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00544750v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Itai Benhar" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Borrebaeck" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine de Daruvar" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nbt0710-650" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400712v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Garbay" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Giroud" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbi.2009.02.007" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00353489v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/isi.11.1.109-135" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00353476v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373566v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nattida Juewong" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Chantoiseau" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Gardet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard Buck-Sorlin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-03822956v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martel C&#233;line" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurin Alice" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Vandenkoornhuyse" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-03823016v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01211419v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Marshall" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Nicolas" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Oueslati" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01233407v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Garbez" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gu&#233;rin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01224430v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00920722v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Piel" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramla El Ayeb" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Guyet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00920855v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Charles" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djery Sow" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00949733v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00353484v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Simony-Lafontaine" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/11527770_32" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00353463v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00353497v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule Montmasson" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Redha Heus" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-03205869v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lysiane Hauguel" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Lallemand" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Dupuis" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395309v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Pelletier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Aubourg" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01858693v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Thierry" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Boumaza" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Buitink" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Leprince" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01858677v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01756817v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Leli&#232;vre" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Thouroude" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01226298v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Legeay" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Duval" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Renou" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01178942v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Athan&#233;" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-03890109v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Martel" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Maurin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00192285v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04894779v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Bouanich" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina El Ghaziri" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:daaa5cd6b6e3ffe616c9a1cd416ce16e8a1baa8e;origin=https://forgemia.inra.fr/imhorphen/quads;visit=swh:1:snp:49356d7f45d172ba16275de138c3ded03493b912;anchor=swh:1:rev:3e9a00ba8e7f14ba0120a53b0fae34263faeda28" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>