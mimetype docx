--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1172,291 +1172,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03065280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Activation volume and the role of solute atoms in Al-Mg-Si alloy processed by equal channel angular extrusion</w:t>
+                <w:t xml:space="preserve">Strain localization and delamination mechanism of cold-drawn pearlitic steel wires during torsion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amel Soula</w:t>
+                <w:t xml:space="preserve">Aurélie Jamoneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Philippe Couzinié</w:t>
+                <w:t xml:space="preserve">Denis Solas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Bourgon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hanen Heni</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Julie Bourgon</w:t>
+                <w:t xml:space="preserve">Pierre Morisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yannick Champion</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Hubert Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 899, pp.163334. </w:t>
+              <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 814, pp.141222. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2021.163334⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.msea.2021.141222⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03823734v1</w:t>
+                <w:t xml:space="preserve">hal-03248400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strain localization and delamination mechanism of cold-drawn pearlitic steel wires during torsion</w:t>
+                <w:t xml:space="preserve">Activation volume and the role of solute atoms in Al-Mg-Si alloy processed by equal channel angular extrusion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Jamoneau</w:t>
+                <w:t xml:space="preserve">Amel Soula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Solas</w:t>
+                <w:t xml:space="preserve">Jean Philippe Couzinié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanen Heni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Bourgon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Hubert Schmitt</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Yannick Champion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 814, pp.141222. </w:t>
+              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 899, pp.163334. </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.msea.2021.141222⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2021.163334⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03248400v1</w:t>
+                <w:t xml:space="preserve">hal-03823734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deformation and fracture behavior of new strain-transformable titanium alloys: a multi-scale investigation</w:t>
               </w:r>
@@ -2625,278 +2625,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01864963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of coherent and incoherent twin boundaries on the microhardness of annealed nanocrystalline Ni–W alloys</w:t>
+                <w:t xml:space="preserve">Multiscale investigation of crack path and microstructural changes during liquid metal embrittlement of 304L austenitic steel in liquid sodium.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Lagarde</w:t>
+                <w:t xml:space="preserve">B. Barkia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Shakibi Nia</w:t>
+                <w:t xml:space="preserve">T. Auger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jl. Courouau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Bourgon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Philosophical Magazine Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/09500839.2017.1390324⟩</w:t>
+              <w:t xml:space="preserve">Corrosion Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 127, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.corsci.2017.08.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02475050v1</w:t>
+                <w:t xml:space="preserve">cea-02415677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiscale investigation of crack path and microstructural changes during liquid metal embrittlement of 304L austenitic steel in liquid sodium.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact of coherent and incoherent twin boundaries on the microhardness of annealed nanocrystalline Ni–W alloys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Lagarde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Barkia</w:t>
+                <w:t xml:space="preserve">N. Shakibi Nia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Bourgon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Auger</w:t>
+                <w:t xml:space="preserve">E. Conforto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jl. Courouau</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jordi Creus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Corrosion Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 127, </w:t>
+              <w:t xml:space="preserve">Philosophical Magazine Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 97 (10), pp.399-407. </w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.corsci.2017.08.009⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/09500839.2017.1390324⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02415677v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02475050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrogen absorption in 1 nm Pd clusters confined in MIL-101(Cr)</w:t>
               </w:r>
@@ -3055,51 +3055,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Philippe Couzine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Bourgon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Champion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabil Njah</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3140,307 +3140,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02490459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of High-Pressure Torsion on the Microstructure and the Hardness of a Ti-Rich High-Entropy Alloy</w:t>
+                <w:t xml:space="preserve">Fast and scalable preparation of tetrahedrite for thermoelectrics via glass crystallization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anita Heczel</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Julie Bourgon</w:t>
+                <w:t xml:space="preserve">A. P. Goncalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loic Perriere</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean Philippe Couzine</w:t>
+                <w:t xml:space="preserve">Elsa B. Lopes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Monnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Bourgon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vaney Jean-Baptiste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Science Forum</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/MSF.879.732⟩</w:t>
+              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 664, pp.209. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2015.12.213⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02490466v1</w:t>
+                <w:t xml:space="preserve">hal-01256749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast and scalable preparation of tetrahedrite for thermoelectrics via glass crystallization</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Influence of High-Pressure Torsion on the Microstructure and the Hardness of a Ti-Rich High-Entropy Alloy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vaney Jean-Baptiste</w:t>
+                <w:t xml:space="preserve">Anita Heczel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lola Lilensten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Bourgon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Perriere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Philippe Couzine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2015.12.213⟩</w:t>
+              <w:t xml:space="preserve">Materials Science Forum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 879, pp.732-737. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/MSF.879.732⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01256749v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02490466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design and tensile properties of a bcc Ti-rich high-entropy alloy with transformation-induced plasticity</w:t>
               </w:r>
@@ -3465,51 +3465,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Couzinié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Bourgon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Perriere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Dirras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3554,429 +3554,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02490260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of High-Pressure Torsion on the Microstructure and the Hardness of a Ti-Rich High-Entropy Alloy</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lola Lilensten</w:t>
+                <w:t xml:space="preserve">Synthesis and stability of Pd–Rh nanoalloys with fully tunable particle size and composition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yassine Oumellal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Joubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camélia Matei Ghimbeu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Le Meins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Bourgon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean Philippe Couzine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Science Forum</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/MSF.879.732⟩</w:t>
+              <w:t xml:space="preserve">Nano-Structures &amp; Nano-Objects</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 7, pp.92-100. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nanoso.2016.06.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05373853v1</w:t>
+                <w:t xml:space="preserve">hal-02465122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis and stability of Pd–Rh nanoalloys with fully tunable particle size and composition</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Julie Bourgon</w:t>
+                <w:t xml:space="preserve">On the implication of solute contents and grain boundaries on the Hall-Petch relationship of nanocrystalline Ni-W alloys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Shakibi nia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Savall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordi Creus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Bourgon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Girault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nano-Structures &amp; Nano-Objects</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 678, pp.204-214. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.msea.2016.09.097⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.nanoso.2016.06.005⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02465122v1</w:t>
+                <w:t xml:space="preserve">hal-02472344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the implication of solute contents and grain boundaries on the Hall-Petch relationship of nanocrystalline Ni-W alloys</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">P. Girault</w:t>
+                <w:t xml:space="preserve">Influence of High-Pressure Torsion on the Microstructure and the Hardness of a Ti-Rich High-Entropy Alloy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anita Heczel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lola Lilensten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Bourgon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Perriere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Philippe Couzine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Materials Science Forum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 879, pp.732-737. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/MSF.879.732⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.msea.2016.09.097⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02472344v1</w:t>
+                <w:t xml:space="preserve">hal-05373853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modified strain rate regime in ultrafine grained copper with silver micro-alloying</w:t>
               </w:r>
@@ -4072,626 +4072,626 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01622946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ production of visible light absorbing Ti-based nanoparticles in solution and in a photopolymerizable cationic matrix</w:t>
+                <w:t xml:space="preserve">Synthesis of destabilized nanostructured lithium hydride via hydrogenation of lithium electrochemically inserted into graphite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Lalevee</w:t>
+                <w:t xml:space="preserve">Liwu Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Poupart</w:t>
+                <w:t xml:space="preserve">Jean-Pierre Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Livia Zlotea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Bourgon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.-P. Fouassier</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Michel Latroche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Communications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 40 (40), pp.13936-13941. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2015.07.130⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/C5CC01102G⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02489774v1</w:t>
+                <w:t xml:space="preserve">hal-02490257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of destabilized nanostructured lithium hydride via hydrogenation of lithium electrochemically inserted into graphite</w:t>
+                <w:t xml:space="preserve">Oxygen-Mediated Reactions in Photopolymerizable Radical Thin Films: Application to Simultaneous Photocuring Under Air and Nanoparticle Formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liwu Huang</w:t>
+                <w:t xml:space="preserve">Jacques Lalevee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Bourgon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Pierre Bonnet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Julie Bourgon</w:t>
+                <w:t xml:space="preserve">Romain Poupart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Latroche</w:t>
+                <w:t xml:space="preserve">Eric Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Javier Cerezo Batisda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2015.07.130⟩</w:t>
+              <w:t xml:space="preserve">Macromolecular Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 216 (16), pp.1702-1711. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/macp.201500104⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02490257v1</w:t>
+                <w:t xml:space="preserve">hal-02489795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formation of annealing twins during primary recrystallization of two low stacking fault energy Ni-based alloys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lartigue-Korinek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Brisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Helbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Bourgon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Materials Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 50 (5), pp.2167-2177. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10853-014-8780-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02490250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxygen-Mediated Reactions in Photopolymerizable Radical Thin Films: Application to Simultaneous Photocuring Under Air and Nanoparticle Formation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jacques Lalevee</w:t>
+                <w:t xml:space="preserve">In situ production of visible light absorbing Ti-based nanoparticles in solution and in a photopolymerizable cationic matrix</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Lalevee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Poupart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Bourgon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Javier Cerezo Batisda</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">J.-P. Fouassier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D.-L. Versace</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecular Chemistry and Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/macp.201500104⟩</w:t>
+              <w:t xml:space="preserve">Chemical Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 51 (26), pp.5762-5765. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C5CC01102G⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02489795v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02489774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First Evidence of Rh Nano-Hydride Formation at Low Pressure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Livia Zlotea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Oumellal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariem Msakni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4807,51 +4807,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Philippe Couzinie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Bourgon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Champion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabil Njah</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5029,287 +5029,287 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03301329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanostructured Cu-Cr alloy with high strength and electrical conductivity</w:t>
+                <w:t xml:space="preserve">Identification of a new pseudo-binary hydroxide during calendar corrosion of (La, Mg)2Ni7-type hydrogen storage alloys for Nickel-Metal Hydride batteries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Islamgaliev</w:t>
+                <w:t xml:space="preserve">J. Monnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Nesterov</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Y. Champion</w:t>
+                <w:t xml:space="preserve">H. Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Valiev</w:t>
+                <w:t xml:space="preserve">Suzanne Joiret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Bourgon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Latroche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.4874655⟩</w:t>
+              <w:t xml:space="preserve">Journal of Power Sources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 266, pp.162-169. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jpowsour.2014.05.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02489711v1</w:t>
+                <w:t xml:space="preserve">hal-01025697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of a new pseudo-binary hydroxide during calendar corrosion of (La, Mg)2Ni7-type hydrogen storage alloys for Nickel-Metal Hydride batteries</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nanostructured Cu-Cr alloy with high strength and electrical conductivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Chen</w:t>
+                <w:t xml:space="preserve">R. Islamgaliev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suzanne Joiret</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J. Bourgon</w:t>
+                <w:t xml:space="preserve">K. Nesterov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Bourgon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Champion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Latroche</w:t>
+                <w:t xml:space="preserve">R. Valiev</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Power Sources</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 266, pp.162-169. </w:t>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 115 (19), pp.194301. </w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jpowsour.2014.05.008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.4874655⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01025697v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02489711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of grain growth and defect formation in Ag thin films by planar TEM with in-situ heating</w:t>
               </w:r>
@@ -5864,51 +5864,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378039v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Lefranc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Gandiolle" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Vallet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bourgon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva H&#233;ripr&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wear.2025.205834" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947823v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Kalfayan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bussi&#232;re" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Herbst" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Geoffroy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diamond.2024.111210" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947830v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaohua Han" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fuxian Wang" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiling Zheng" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Qiu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Liu" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.3c10988" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270052v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Laurent-Brocq" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Lilensten" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Pinot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Schulze" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Duchaussoy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2023.101864" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04081997v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lacour-Gogny-Goubert" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Doquet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Novelli" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Tanguy" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Hallais" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met13050825" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947759v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Poulain" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Amann" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Deya" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bourgon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Delannoy" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2022.132114" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03213167v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wang Liu" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Magnin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel F&#246;rster" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Len" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0TA12174F" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065280v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Varenne" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Prima" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;drik Brozek" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Besson" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-020-05582-7" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823734v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Soula" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Couzini&#233;" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanen Heni" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Champion" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2021.163334" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03248400v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Jamoneau" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Solas" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Morisot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Hubert Schmitt" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2021.141222" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065300v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/202032111006" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02310763v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Zlotea" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Sow" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ek" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Couzini&#233;" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Perriere" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2018.10.108" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03097529v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peyman Mirzaei" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bastide" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atieh Aghajani" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric M. Leroy" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.9b01911" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02493784v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Sautrot-Ba" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bogliotti" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Brosseau" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Mazeran" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mame.201800101" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02490491v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Godet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Verg&#232;s-Belmin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gauquelin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mandana Saheb" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Monnier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micron.2018.08.006" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105064v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Livia Zlotea" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12678-017-0437-z" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105059v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Dassy" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Bensimon" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2018.11.205" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162257v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bassem Barkia" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Auger" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Courouau" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/jmr.2017.435" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864963v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Zlotea" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Blondeau" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Malouche" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Provost" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2018.04.047" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475050v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lagarde" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Shakibi Nia" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Conforto" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Creus" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09500839.2017.1390324" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02415677v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Barkia" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Auger" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jl. Courouau" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2017.08.009" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02490444v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmalek Malouche" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Blanita" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Lupu" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaysen Nelayah" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7TA07159K" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02490459v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Houcin Ktari" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Couzine" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Njah" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/KEM.748.240" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02490466v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Heczel" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Perriere" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.879.732" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01256749v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. P. Goncalves" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa B. Lopes" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vaney Jean-Baptiste" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2015.12.213" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SGWC92KT-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02490260v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Couzini&#233;" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Dirras" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21663831.2016.1221861" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373853v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02465122v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Oumellal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Joubert" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cam&#233;lia Matei Ghimbeu" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Le Meins" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nanoso.2016.06.005" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-02472344v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Shakibi&#160;nia" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Savall" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Girault" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2016.09.097" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622946v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Champion" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Sauvage" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2016.01.044" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C9NTH6N2-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489774v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lalevee" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Poupart" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Fouassier" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.-L. Versace" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5CC01102G" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02490257v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liwu Huang" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bonnet" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Latroche" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2015.07.130" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FBV0H3B2-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02490250v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Wang" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lartigue-Korinek" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Brisset" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Helbert" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-014-8780-4" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489795v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lalevee" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Poupart" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Leroy" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Cerezo Batisda" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/macp.201500104" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E3A3268979E66C9173096151189488C5C36D1FF1/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489789v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariem Msakni" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ACS.NANOLETT.5B01766" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02490258v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Couzinie" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2015.06.157" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QRBVRPCL-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03301329v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Wang" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Lartigue-Korinek" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Brisset" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A L Helbert" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Bourgon" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489711v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Islamgaliev" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Nesterov" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Valiev" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4874655" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01025697v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Monnier" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Chen" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Joiret" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Latroche" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2014.05.008" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489709v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Brossard" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Martin" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/opl.2014.434" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489695v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Desaunay" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bonura" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Chiodo" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Freni" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Couzinie" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcat.2012.10.011" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KWHN4MN0-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00881728v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanch B&#233;chennec" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Audru" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Corbier" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Guyomard" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378039v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Lefranc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Gandiolle" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Vallet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bourgon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva H&#233;ripr&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wear.2025.205834" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947823v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Kalfayan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bussi&#232;re" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Herbst" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Geoffroy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diamond.2024.111210" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947830v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaohua Han" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fuxian Wang" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiling Zheng" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Qiu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Liu" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.3c10988" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270052v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Laurent-Brocq" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Lilensten" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Pinot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Schulze" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Duchaussoy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2023.101864" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04081997v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lacour-Gogny-Goubert" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Doquet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Novelli" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Tanguy" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Hallais" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met13050825" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947759v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Poulain" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Amann" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Deya" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bourgon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Delannoy" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2022.132114" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03213167v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wang Liu" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Magnin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel F&#246;rster" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Len" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0TA12174F" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065280v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Varenne" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Prima" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;drik Brozek" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Besson" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-020-05582-7" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03248400v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Jamoneau" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Solas" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Morisot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Hubert Schmitt" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2021.141222" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823734v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Soula" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Couzini&#233;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanen Heni" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Champion" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2021.163334" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065300v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/202032111006" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02310763v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Zlotea" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Sow" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ek" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Couzini&#233;" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Perriere" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2018.10.108" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03097529v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peyman Mirzaei" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bastide" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atieh Aghajani" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric M. Leroy" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.9b01911" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02493784v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Sautrot-Ba" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bogliotti" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Brosseau" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Mazeran" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mame.201800101" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02490491v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Godet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Verg&#232;s-Belmin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gauquelin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mandana Saheb" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Monnier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micron.2018.08.006" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105064v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Livia Zlotea" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12678-017-0437-z" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105059v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Dassy" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Bensimon" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2018.11.205" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162257v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bassem Barkia" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Auger" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Courouau" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/jmr.2017.435" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864963v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Zlotea" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Blondeau" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Malouche" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Provost" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2018.04.047" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02415677v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Barkia" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Auger" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jl. Courouau" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2017.08.009" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475050v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lagarde" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Shakibi Nia" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Conforto" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Creus" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09500839.2017.1390324" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02490444v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmalek Malouche" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Blanita" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Lupu" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaysen Nelayah" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7TA07159K" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02490459v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Houcin Ktari" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Couzine" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Njah" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/KEM.748.240" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01256749v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. P. Goncalves" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa B. Lopes" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vaney Jean-Baptiste" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2015.12.213" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SGWC92KT-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02490466v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Heczel" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Perriere" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.879.732" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02490260v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Couzini&#233;" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Dirras" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21663831.2016.1221861" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02465122v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Oumellal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Joubert" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cam&#233;lia Matei Ghimbeu" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Le Meins" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nanoso.2016.06.005" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-02472344v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Shakibi&#160;nia" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Savall" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Girault" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2016.09.097" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373853v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622946v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Champion" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Sauvage" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2016.01.044" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C9NTH6N2-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02490257v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liwu Huang" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bonnet" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Latroche" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2015.07.130" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FBV0H3B2-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489795v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lalevee" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Poupart" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Leroy" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Cerezo Batisda" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/macp.201500104" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E3A3268979E66C9173096151189488C5C36D1FF1/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02490250v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Wang" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lartigue-Korinek" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Brisset" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Helbert" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-014-8780-4" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489774v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lalevee" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Poupart" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Fouassier" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.-L. Versace" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5CC01102G" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489789v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariem Msakni" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ACS.NANOLETT.5B01766" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02490258v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Couzinie" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2015.06.157" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QRBVRPCL-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03301329v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Wang" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Lartigue-Korinek" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Brisset" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A L Helbert" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Bourgon" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01025697v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Monnier" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Chen" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Joiret" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Latroche" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2014.05.008" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489711v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Islamgaliev" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Nesterov" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Valiev" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4874655" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489709v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Brossard" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Martin" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/opl.2014.434" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489695v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Desaunay" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bonura" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Chiodo" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Freni" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Couzinie" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcat.2012.10.011" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KWHN4MN0-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00881728v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanch B&#233;chennec" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Audru" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Corbier" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Guyomard" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>