--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -196,338 +196,338 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les inégalités de genre touchent aussi la mobilité</w:t>
+                <w:t xml:space="preserve">Exploring the effects of sex category, gender roles, and gender stereotypes on one's own, women's and men's driving behaviour in Türkiye and France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">İbrahim Öztürk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Julie Devif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Douffet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seher Genç</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Axelle Granié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Cahiers du DSU</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/cdsu.081.0010⟩</w:t>
+              <w:t xml:space="preserve">Research in Transportation Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 114, pp.101664. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.retrec.2025.101664⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05215223v1</w:t>
+                <w:t xml:space="preserve">hal-05479590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the effects of sex category, gender roles, and gender stereotypes on one's own, women's and men's driving behaviour in Türkiye and France</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Les inégalités de genre touchent aussi la mobilité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Devif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Brice Douffet</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Axelle Granié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seher Genç</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marisa Bonnot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Research in Transportation Economics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 114, pp.101664. </w:t>
+              <w:t xml:space="preserve">Les Cahiers du DSU</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 81 (1), pp.10-11. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.retrec.2025.101664⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/cdsu.081.0010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-05479590v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05215223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tell me how you drive and I’ll tell you who you Are: Reciprocal impact of gender categories and roles on attributed driving skills and Anxiety?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Degraeve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Devif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Douffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Axelle Granié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transportation Research Part F: Traffic Psychology and Behaviour</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 113, pp.440-451. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
@@ -561,64 +561,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gender differences in drivers' road risks and gender equality policies: A gender paradox? Comparative analysis of 39 countries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Axelle Granié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Devif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -678,51 +678,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les contre-stéréotypes en éducation.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Devif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Reeb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -834,51 +834,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Ferriere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Devif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Reeb</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -925,51 +925,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Autour de la question sexe et genre en psychologie sociale appliquée au champ de l’éducation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Devif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carnets du GRePS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 6, pp.43-49</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1026,64 +1026,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Féminin – masculin : un faux goût de renouveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Devif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Axelle Granié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17ème Conférence Internationale sur les Représentations Sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1108,64 +1108,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gender and Road Traffic Risk: The Role of Cultural Context in Risk Behavior and Psychosocial Factors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Axelle Granié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Devif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1216,64 +1216,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Différences ou inégalités de genre face au risque routier ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Axelle Granié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Devif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1324,77 +1324,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les différences de genre dans les comportements à risque en matière de sécurité routière : Une analyse croisée des modes de transport et des contextes géographiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Axelle Granié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Alauzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Devif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Martinez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1432,77 +1432,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intersectionality of Gender and Travel Mode in Risky Behaviors: A Study Across 39 Countries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Axelle Granié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Alauzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Devif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Martinez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1540,77 +1540,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Représentations sociales de la Guillotière : exploration d’un quartier en tension</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Devif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Carrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Axelle Granié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1661,51 +1661,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effets des pratiques vidéoludiques et sportives sur les comportements de déplacement des adolescents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Devif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Martha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1799,51 +1799,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relationships between Motives for Sports Practice and Video Game Play</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Martha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Devif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bérengère Rubio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2049,51 +2049,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La nécessité d’une approche interdisciplinaire en éducation : le cas des stéréotypes liés au sexe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Porhel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Devif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12ème Journée de réflexion du GRePS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2118,51 +2118,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse de la formation à l’égalité entre les sexes : discours et pratiques des futur.es professeur.es des écoles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Devif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d’études égalités garçons/filles, éclairage de la recherche appliquée de la maternelle à l’enseignement supérieur</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2187,51 +2187,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La formation des enseignant.es à l’égalité entre les sexes in situ : l’intérêt de l’analyse psychosociale.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Devif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pratiquer, (se) former (aux), (re)penser et questionner les pédagogies émancipatrices, actualités et débat</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2269,51 +2269,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mixité et représentations enseignantes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Morin-Messabel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Devif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Reeb</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2351,51 +2351,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Promotion de l'égalité femmes-hommes et lutte contre les stéréotypes : la formation enseignante in situ</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Devif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5ème Séminaire Inter-Laboratoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Aix (Aix-Marseille Université), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2420,51 +2420,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les contre-stéréotypes en éducation : une piste pour penser la diversité ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Devif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">58ème congrès annuel de la Société Française de Psychologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2489,51 +2489,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évaluation d’élèves stéréotypiques versus contre-stéréotypiques : le discours des futur.es enseignant.es</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Devif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8ème Rencontres Jeunes &amp; Sociétés en Europe et autour de la Méditerranée, Genre et jeunesses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2571,51 +2571,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Autour de la question sexe et genre en psychologie sociale appliquée au champ de l’éducation : historique, évolution et questions actuelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Morin-Messabel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Devif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8ème Journée de réflexion du GRePS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2672,51 +2672,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gender counter-stereotypes in education: children’s literature example</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Devif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Reeb</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2799,51 +2799,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le télétravail : quels enjeux pour la santé, la qualité de vie au travail et les modes de management ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Vayre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Devif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Gachet-Mauroz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2894,51 +2894,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le travail en espace de coworking : quels enjeux psychosociaux ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Devif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Morin-Messabel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3028,227 +3028,227 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vivre est dangereux : La perception des risques selon le genre</w:t>
+                <w:t xml:space="preserve">À quoi servent les contre-stéréotypes ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Axelle Granié</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Julie Devif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">, 2024</w:t>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04795999v1</w:t>
+                <w:t xml:space="preserve">hal-05216010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">À quoi servent les contre-stéréotypes ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Vivre est dangereux : La perception des risques selon le genre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Axelle Granié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corin Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Dias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Devif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr/>
-              <w:t xml:space="preserve">2024</w:t>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La perception des risques et de la sécurité par les Français. L'analyse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05216010v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04795999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeux vidéo et sports : quels effets sur les comportements de déplacement des adolescent.es ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Devif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Martha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3322,51 +3322,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les enseignant.es face aux stéréotypes et contre-stéréotypes : une impasse pédagogique ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Devif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3384,64 +3384,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des comportements routiers genrés ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Axelle Granié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Devif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Traité de psychologie sociale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, pp.144-146</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3466,51 +3466,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contexte éducatif, question d’égalité et acteur.ices de l’éducation : l’utilisation des contre-stéréotypes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Devif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3560,51 +3560,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Appréhender la relation entre les comportements à risque des adolescents et la pratique des jeux vidéo (ARCADE)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Devif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pascal Assailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3710,51 +3710,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La formation initiale des professeur.es des écoles : discours et pratiques sur les stéréotypes et contre-stéréotypes de sexe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Devif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Psychologie. Université de Lyon, 2021. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2021LYSE2031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -3871,51 +3871,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="913D5191"/>
+    <w:nsid w:val="DE5BC789"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4102,51 +4102,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/julie-devif" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1555-4105" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/253119944" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215223v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Devif" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Axelle Grani&#233;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisa Bonnot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdsu.081.0010" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-05479590v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I&#775;brahim &#214;zt&#252;rk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Douffet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seher Gen&#231;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.retrec.2025.101664" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-05074201v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Degraeve" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trf.2025.05.012" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215220v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Moreau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shirley Delannoy" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.iatssr.2025.06.004" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01831944v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Reeb" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Morin-Messabel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikos Kalampalikis" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48464/halshs-01831944" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02396670v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Martinez" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Ferriere" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11218-017-9370-5" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04300514v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215228v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05293214v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05293213v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05293207v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Alauzet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Martinez" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05293209v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166038v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Carrier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dias" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760000v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Martha" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Rubio" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cestac" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760012v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301814v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Rouyer" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Dentella" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Mieyaa" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Robert-Mazaye" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301724v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Porhel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301856v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301882v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301923v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301918v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301895v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301934v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301958v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301964v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04300570v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Vayre" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gachet-Mauroz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04300560v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Martin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795999v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corin Blanc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216010v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216005v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760232v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760021v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760237v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215996v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal Assailly" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03403720v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021LYSE2031" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/julie-devif" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1555-4105" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/253119944" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-05479590v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I&#775;brahim &#214;zt&#252;rk" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Devif" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Douffet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seher Gen&#231;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Axelle Grani&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.retrec.2025.101664" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215223v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisa Bonnot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdsu.081.0010" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-05074201v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Degraeve" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trf.2025.05.012" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215220v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Moreau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shirley Delannoy" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.iatssr.2025.06.004" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01831944v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Reeb" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Morin-Messabel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikos Kalampalikis" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48464/halshs-01831944" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02396670v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Martinez" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Ferriere" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11218-017-9370-5" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04300514v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215228v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05293214v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05293213v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05293207v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Alauzet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Martinez" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05293209v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166038v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Carrier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dias" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760000v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Martha" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Rubio" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cestac" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760012v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301814v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Rouyer" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Dentella" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Mieyaa" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Robert-Mazaye" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301724v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Porhel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301856v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301882v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301923v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301918v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301895v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301934v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301958v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301964v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04300570v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Vayre" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gachet-Mauroz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04300560v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Martin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216010v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795999v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corin Blanc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216005v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760232v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760021v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760237v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215996v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal Assailly" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03403720v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021LYSE2031" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>