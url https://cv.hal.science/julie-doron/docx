--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -555,338 +555,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05419360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of 5-Week Brain Endurance Training on Fatigue and Performance in Elite Youth Epée Fencers</w:t>
+                <w:t xml:space="preserve">Behind the mask: Attentional focus and coping strategies of elite level fencers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giorgio Varesco</w:t>
+                <w:t xml:space="preserve">Maëlle Bracco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Walter Staiano</w:t>
+                <w:t xml:space="preserve">Marjorie Bernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maëlle Bracco</w:t>
+                <w:t xml:space="preserve">Lucie Métral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Pété</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Pageaux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lena Soulas</w:t>
+                <w:t xml:space="preserve">Pierre Bagot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Sports Physiology and Performance</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1123/ijspp.2024-0396⟩</w:t>
+              <w:t xml:space="preserve">Psychology of Sport and Exercise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 76, pp.102780. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psychsport.2024.102780⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05080470v1</w:t>
+                <w:t xml:space="preserve">hal-04795923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Behind the mask: Attentional focus and coping strategies of elite level fencers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Effects of 5-Week Brain Endurance Training on Fatigue and Performance in Elite Youth Epée Fencers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgio Varesco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walter Staiano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlle Bracco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Métral</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emilie Pété</w:t>
+                <w:t xml:space="preserve">Benjamin Pageaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Bagot</w:t>
+                <w:t xml:space="preserve">Lena Soulas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychology of Sport and Exercise</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 76, pp.102780. </w:t>
+              <w:t xml:space="preserve">International Journal of Sports Physiology and Performance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.1-7. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.psychsport.2024.102780⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1123/ijspp.2024-0396⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04795923v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05080470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The effectiveness of psychological interventions in elite sport: methodological issues and opportunities to gather evidence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Bernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bagot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Sondt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -963,51 +963,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Striking a balance: Exploring attention, attack accuracy and speed in fencing performance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giorgio Varesco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Sarcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1344,51 +1344,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Attentional Foci and Coping Strategies During Matches of Young Fencers in a Training Center: A Naturalistic Video-Assisted Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathéo Maurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlle Bracco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven Le Pape</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1469,64 +1469,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatigue in elite fencing : Effects of a simulated competition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giorgio Varesco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Pageaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Cattagni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1701,261 +1701,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03905923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coping profiles of adolescent football players and association with interpersonal coping: Do emotional competence and psychological need satisfaction matter?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The winding road to the Tokyo Olympics: A dynamic approach to the relationships between stress appraisal, coping, performance, and burnout among an artistic swimming team.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Pété</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maël Goisbault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Martinent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Doron</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Chloé Leprince</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scandinavian Journal of Medicine and Science in Sports</w:t>
+              <w:t xml:space="preserve">Sport, Exercise, and Performance Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/sms.14550⟩</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1037/spy0000323⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04349812v1</w:t>
+                <w:t xml:space="preserve">hal-04101260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The winding road to the Tokyo Olympics: A dynamic approach to the relationships between stress appraisal, coping, performance, and burnout among an artistic swimming team.</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Coping profiles of adolescent football players and association with interpersonal coping: Do emotional competence and psychological need satisfaction matter?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Doron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meggy Hayotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne d'Arripe‐longueville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Leprince</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sport, Exercise, and Performance Psychology</w:t>
+              <w:t xml:space="preserve">Scandinavian Journal of Medicine and Science in Sports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1037/spy0000323⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/sms.14550⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04101260v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04349812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An integrated mindfulness and acceptance-based program for young elite female basketball players: Exploratory study of how it works and for whom it works best</w:t>
               </w:r>
@@ -2071,51 +2071,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dealing with the impact of the COVID-19 outbreak: Are some athletes’ coping profiles more adaptive than others?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Pété</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Leprince</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Lienhart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2305,51 +2305,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Rouault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Jubeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Bernier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychology of Sport and Exercise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 47, pp.101638. </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2643,51 +2643,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Collective rituals in team sports: Implications for team resilience and communal coping</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Devin Bonk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Leprince</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katherine A Tamminen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2747,51 +2747,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development and preliminary validation of the Communal Coping Strategies Inventory for Competitive Team Sports</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Leprince</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne d'Arripe-Longueville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2876,51 +2876,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coping in Teams: Exploring Athletes’ Communal Coping Strategies to Deal With Shared Stressors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Leprince</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne d'Arripe-Longueville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4380,77 +4380,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruben Breniaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Haffner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bagot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Doron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Bernier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d’études de la Société Française de Psychologie du Sport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4730,51 +4730,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dugény</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Goisbault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Bernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20e congrès international de l’ACAPS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Reims, France</w:t>
@@ -4803,103 +4803,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Behind the fencing mask: attentional and emotional processes of elite level fencers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlle Bracco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maëlle Bracco</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Lucie Métral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Pété</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bagot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Bernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28th Annual ECSS Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Paris, France</w:t>
@@ -4928,51 +4928,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Visual search strategies of elite fencers : an exploratory study in ecological competitive situation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bagot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5295,51 +5295,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Profils de coping des athlètes compétiteurs en réponse à l’impact du premier confinement lié à la crise de la COVID-19.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Pété</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Leprince</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Lienhart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6367,51 +6367,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05459470v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Varenne" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Lienhart" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Doron" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2026.103064" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05434497v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Mahot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie P&#233;t&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2025.103059" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124368v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/tsp.2024-0017" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419360v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chanal" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prps.2025.03.001" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05080470v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Varesco" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Staiano" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Bracco" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Pageaux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Soulas" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/ijspp.2024-0396" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795923v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Bernier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie M&#233;tral" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bagot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2024.102780" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970808v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Sondt" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Levillain" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vacher" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2025.1516760" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04772871v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Sarcher" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Jubeau" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejsc.12176" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848251v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bracco" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Sondt" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dugeny" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Goisbault" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bernier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10413200.2024.2437179" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04722094v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martinent" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Goisbault" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1612197X.2024.2407487" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606926v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Math&#233;o Maurin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Le Pape" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bossard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/tsp.2023-0056" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200880v2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cattagni" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sms.14466" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03905923v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2022.102367" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04349812v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meggy Hayotte" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne d'Arripe&#8208;longueville" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Leprince" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sms.14550" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101260v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/spy0000323" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03902444v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2022.102157" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03298320v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17461391.2021.1873422" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04993635v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02699931.2021.1960800" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512456v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Rouault" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2019.101638" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-02521508v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Mansec" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Perez" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/ijspp.2018-0697" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03298645v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Nedelec" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17461391.2020.1829716" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-02521006v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Devin Bonk" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine A Tamminen" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2019007" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-02558394v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne d'Arripe-Longueville" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2019.101569" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0C8607QB-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-02524658v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2018.01908" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01579196v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sms.12711" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01579163v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bourbousson" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sms.12796" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01989984v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Trouillet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Maneveau" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Ninot" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorine Neveu" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/heapro/dav017" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01579185v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02640414.2015.1075056" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063316v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Gana" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Boich&#233;" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00223891.2014.886255" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01579211v2" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/heapro/dau090" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01580162v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Stephan" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Le Scanff" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2013.04.003" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01579148v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Briki" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keith D. Markman" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruud J. R den Hartigh" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gernigon" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11031-013-9372-3" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01580327v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Riou" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed J&#233;r&#244;me Romain" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Corrion" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1027/1015-5759/a000112" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01579268v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Ma&#239;ano" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00224540903366768" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04921379v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04921398v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734053v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Breniaux" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Haffner" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04914121v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04913355v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313287v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bracco," TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dug&#233;ny" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313325v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316022v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fournier" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Kermarrec" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Kerivel" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04913642v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04043468v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04043478v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929616v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruud J.R. den Hartigh" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-02933660v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02887989v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Boiche" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04914192v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580000v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Le Sant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Br&#233;t&#233;ch&#233;" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579996v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04459141v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05459470v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Varenne" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Lienhart" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Doron" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2026.103064" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05434497v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Mahot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie P&#233;t&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2025.103059" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124368v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/tsp.2024-0017" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419360v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chanal" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prps.2025.03.001" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795923v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Bracco" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Bernier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie M&#233;tral" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bagot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2024.102780" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05080470v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Varesco" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Staiano" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Pageaux" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Soulas" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/ijspp.2024-0396" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970808v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Sondt" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Levillain" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vacher" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2025.1516760" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04772871v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Sarcher" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Jubeau" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejsc.12176" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848251v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bracco" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Sondt" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dugeny" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Goisbault" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bernier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10413200.2024.2437179" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04722094v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martinent" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Goisbault" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1612197X.2024.2407487" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606926v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Math&#233;o Maurin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Le Pape" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bossard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/tsp.2023-0056" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200880v2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cattagni" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sms.14466" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03905923v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2022.102367" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101260v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/spy0000323" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04349812v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meggy Hayotte" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne d'Arripe&#8208;longueville" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Leprince" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sms.14550" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03902444v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2022.102157" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03298320v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17461391.2021.1873422" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04993635v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02699931.2021.1960800" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512456v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Rouault" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2019.101638" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-02521508v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Mansec" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Perez" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/ijspp.2018-0697" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03298645v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Nedelec" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17461391.2020.1829716" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-02521006v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Devin Bonk" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine A Tamminen" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2019007" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-02558394v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne d'Arripe-Longueville" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2019.101569" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0C8607QB-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-02524658v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2018.01908" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01579196v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sms.12711" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01579163v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bourbousson" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sms.12796" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01989984v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Trouillet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Maneveau" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Ninot" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorine Neveu" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/heapro/dav017" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01579185v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02640414.2015.1075056" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063316v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Gana" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Boich&#233;" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00223891.2014.886255" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01579211v2" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/heapro/dau090" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01580162v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Stephan" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Le Scanff" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2013.04.003" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01579148v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Briki" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keith D. Markman" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruud J. R den Hartigh" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gernigon" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11031-013-9372-3" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01580327v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Riou" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed J&#233;r&#244;me Romain" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Corrion" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1027/1015-5759/a000112" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01579268v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Ma&#239;ano" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00224540903366768" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04921379v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04921398v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734053v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Breniaux" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Haffner" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04914121v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04913355v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313287v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bracco," TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dug&#233;ny" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313325v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316022v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fournier" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Kermarrec" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Kerivel" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04913642v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04043468v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04043478v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929616v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruud J.R. den Hartigh" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-02933660v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02887989v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Boiche" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04914192v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580000v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Le Sant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Br&#233;t&#233;ch&#233;" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579996v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04459141v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>