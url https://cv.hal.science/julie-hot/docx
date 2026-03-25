--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1075,278 +1075,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04175329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nano-Structuration of WO3 Nanoleaves by Localized Hydrolysis of an Organometallic Zn Precursor: Application to Photocatalytic NO2 Abatement</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">From hexafluorotitanate waste to TiO2 powder: Characterization and evaluation of the influence of synthesis parameters by the experimental design method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Hot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin Castello Lux</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Julie Hot</w:t>
+                <w:t xml:space="preserve">Jérôme Frayret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Sonois-Mazars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erick Ringot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanomaterials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/nano12244360⟩</w:t>
+              <w:t xml:space="preserve">Advanced Powder Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 33 (3), pp.103472. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apt.2022.103472⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03965121v2</w:t>
+                <w:t xml:space="preserve">hal-03697673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From hexafluorotitanate waste to TiO2 powder: Characterization and evaluation of the influence of synthesis parameters by the experimental design method</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nano-Structuration of WO3 Nanoleaves by Localized Hydrolysis of an Organometallic Zn Precursor: Application to Photocatalytic NO2 Abatement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Castello Lux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia Fajerwerg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Hot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erick Ringot</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Bertron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Powder Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 33 (3), pp.103472. </w:t>
+              <w:t xml:space="preserve">Nanomaterials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (24), pp.4360. </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.apt.2022.103472⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/nano12244360⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03697673v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03965121v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving circular economy by the valorization of non-conventional coal fly ashes in composite cement manufacturing</w:t>
               </w:r>
@@ -2672,285 +2672,285 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01755538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An investigation of CaSi silica fume characteristics and its possible utilization in cement-based and alkali-activated materials</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characterization of Spreader Stoker Coal Fly Ashes (SSCFA) for their use in cement-based applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moustapha Sow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Hot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Tribout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Cyr</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mikael Eekhout</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Construction and Building Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2015.10.051⟩</w:t>
+              <w:t xml:space="preserve">Fuel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 162, pp.224--233. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fuel.2015.09.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01755539v1</w:t>
+                <w:t xml:space="preserve">hal-01755540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of Spreader Stoker Coal Fly Ashes (SSCFA) for their use in cement-based applications</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">An investigation of CaSi silica fume characteristics and its possible utilization in cement-based and alkali-activated materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Hot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Cyr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Augeard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikael Eekhout</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fuel</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 162, pp.224--233. </w:t>
+              <w:t xml:space="preserve">Construction and Building Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 101, pp.456--465. </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.fuel.2015.09.017⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2015.10.051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01755540v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01755539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Consequences of competitive adsorption between polymers on the rheological behaviour of cement pastes</w:t>
               </w:r>
@@ -6207,51 +6207,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04911063v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Castell&#243; Lux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Hot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Colli&#232;re" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myrtil L Kahn" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bertron" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jece.2024.115110" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659095v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ons El Atti" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Fajerwerg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Lorber" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Lebeau" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/inorganics12070183" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963745v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment F&#233;riot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04723352v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lenard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Ringot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/environments11080166" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03965157v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2022.118377" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04614763v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/photochem3040028" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175329v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Al Hallak" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Verdier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/catal13071139" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03965121v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Castello Lux" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano12244360" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03697673v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Frayret" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Sonois-Mazars" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apt.2022.103472" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03346118v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moustapha Sow" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tribout Christelle" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Cyr" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2021.124053" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03463106v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Diaz Caselles" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Cassagnab&#232;re" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-021-01813-8" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963736v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Benavent" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Jainin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Lahalle" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Patapy" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02495816v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Dasque" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jivko Topalov" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Mazars" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2019.119344" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011175v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lounes Koufi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2020.127298" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02520099v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Roosz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2019.104494" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02319555v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bradley" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jayson Cooper" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barnab&#233; Wayser" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25082/HE.2019.01.003" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02001621v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11869-018-0644-7" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-01755535v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2017/6241615" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-01755537v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Martinez" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Wayser" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-016-7701-2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-01755538v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Tribout" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2016.02.018" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K2GSNP0Z-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-01755539v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Augeard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Eekhout" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2015.10.051" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TH8F2RDZ-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-01755540v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2015.09.017" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NSRZ01GC-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01214868v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hela Bessaies Bey" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Baumann" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Roussel" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconcomp.2014.05.002" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SLHJHK4S-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01516129v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Favier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Habert" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste d'Espinose" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3sm51889b" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01214856v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Brumaud" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Duc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Castella" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2014.04.005" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LWMPC81J-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-01755541v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757246v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Perrot" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Lecompte" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Khelifi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hot" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2012.03.015" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HXQB0R81-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785775v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Ryzhikov" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lebeau B&#233;n&#233;dicte" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Menini" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784631v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784707v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791567v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784646v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818334v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818322v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792649v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2495/EI-V3-N1-44-55" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04971096v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093728v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093699v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155474v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093737v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155451v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970745v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970004v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792578v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155321v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769690v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Cordeiro" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769646v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-01755542v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00962408v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013PEST1114" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04911063v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Castell&#243; Lux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Hot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Colli&#232;re" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myrtil L Kahn" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bertron" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jece.2024.115110" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659095v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ons El Atti" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Fajerwerg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Lorber" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Lebeau" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/inorganics12070183" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963745v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment F&#233;riot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04723352v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lenard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Ringot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/environments11080166" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03965157v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2022.118377" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04614763v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/photochem3040028" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175329v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Al Hallak" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Verdier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/catal13071139" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03697673v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Frayret" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Sonois-Mazars" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apt.2022.103472" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03965121v2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Castello Lux" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano12244360" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03346118v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moustapha Sow" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tribout Christelle" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Cyr" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2021.124053" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03463106v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Diaz Caselles" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Cassagnab&#232;re" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-021-01813-8" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963736v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Benavent" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Jainin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Lahalle" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Patapy" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02495816v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Dasque" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jivko Topalov" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Mazars" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2019.119344" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011175v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lounes Koufi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2020.127298" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02520099v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Roosz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2019.104494" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02319555v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bradley" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jayson Cooper" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barnab&#233; Wayser" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25082/HE.2019.01.003" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02001621v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11869-018-0644-7" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-01755535v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2017/6241615" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-01755537v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Martinez" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Wayser" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-016-7701-2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-01755538v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Tribout" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2016.02.018" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K2GSNP0Z-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-01755540v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2015.09.017" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NSRZ01GC-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-01755539v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Augeard" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Eekhout" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2015.10.051" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TH8F2RDZ-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01214868v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hela Bessaies Bey" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Baumann" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Roussel" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconcomp.2014.05.002" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SLHJHK4S-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01516129v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Favier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Habert" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste d'Espinose" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3sm51889b" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01214856v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Brumaud" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Duc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Castella" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2014.04.005" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LWMPC81J-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-01755541v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757246v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Perrot" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Lecompte" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Khelifi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hot" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2012.03.015" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HXQB0R81-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785775v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Ryzhikov" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lebeau B&#233;n&#233;dicte" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Menini" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784631v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784707v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791567v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784646v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818334v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818322v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792649v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2495/EI-V3-N1-44-55" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04971096v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093728v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093699v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155474v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093737v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155451v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970745v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970004v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792578v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155321v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769690v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Cordeiro" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769646v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-01755542v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00962408v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013PEST1114" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>