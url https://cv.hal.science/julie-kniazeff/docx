--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -100,295 +100,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanobody therapy rescues behavioural deficits of NMDA receptor hypofunction</w:t>
+                <w:t xml:space="preserve">G protein peptidomimetics reveal allosteric effects and stepwise interactions in ghrelin receptor–G protein coupling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Oosterlaken</w:t>
+                <w:t xml:space="preserve">Morgane Mannes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angelina Rogliardo</w:t>
+                <w:t xml:space="preserve">Charlotte Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tatiana Lipina</w:t>
+                <w:t xml:space="preserve">Marjorie Damian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-André Lafon</w:t>
+                <w:t xml:space="preserve">Sonia Cantel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mireille Elodie Tsitokana</w:t>
+                <w:t xml:space="preserve">Hélène Orcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, 645 (8079), pp.262-270. </w:t>
+              <w:t xml:space="preserve">Science Signaling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 18 (872), pp.eado7692. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41586-025-09265-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1126/scisignal.ado7692⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05213386v1</w:t>
+                <w:t xml:space="preserve">hal-04930078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G protein peptidomimetics reveal allosteric effects and stepwise interactions in ghrelin receptor–G protein coupling</w:t>
+                <w:t xml:space="preserve">Nanobody therapy rescues behavioural deficits of NMDA receptor hypofunction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgane Mannes</w:t>
+                <w:t xml:space="preserve">Mathieu Oosterlaken</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlotte Martin</w:t>
+                <w:t xml:space="preserve">Angelina Rogliardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marjorie Damian</w:t>
+                <w:t xml:space="preserve">Tatiana Lipina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonia Cantel</w:t>
+                <w:t xml:space="preserve">Pierre-André Lafon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Orcel</w:t>
+                <w:t xml:space="preserve">Mireille Elodie Tsitokana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Signaling</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 18 (872), pp.eado7692. </w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 645 (8079), pp.262-270. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1126/scisignal.ado7692⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41586-025-09265-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04930078v1</w:t>
+                <w:t xml:space="preserve">hal-05213386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TrkB receptor interacts with mGlu 2 receptor and mediates antipsychotic-like effects of mGlu 2 receptor activation in the mouse</w:t>
               </w:r>
@@ -400,77 +400,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémentine Eva Philibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Candice Disdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Lafon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bouyssou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Oosterlaken</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science Advances </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 10 (4), pp.eadg1679. </w:t>
@@ -1038,291 +1038,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02396289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Allosteric interactions between GABA B1 subunits control orthosteric binding sites occupancy within GABA B oligomers</w:t>
+                <w:t xml:space="preserve">Oligomerization of a G protein-coupled receptor in neurons controlled by its structural dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gregory D Stewart</w:t>
+                <w:t xml:space="preserve">Thor C Møller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laetitia Comps-Agrar</w:t>
+                <w:t xml:space="preserve">Jérôme Hottin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lenea Blanc Nørskov-Lauritsen</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Caroline Clerté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jurriaan M. Zwier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Durroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neuropharm.2017.12.042⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-018-28682-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02398132v1</w:t>
+                <w:t xml:space="preserve">hal-02398134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oligomerization of a G protein-coupled receptor in neurons controlled by its structural dynamics</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Allosteric interactions between GABA B1 subunits control orthosteric binding sites occupancy within GABA B oligomers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Clerté</w:t>
+                <w:t xml:space="preserve">Gregory D Stewart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jurriaan M. Zwier</w:t>
+                <w:t xml:space="preserve">Laetitia Comps-Agrar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Durroux</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lenea Blanc Nørskov-Lauritsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Pin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Kniazeff</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 8 (1), </w:t>
+              <w:t xml:space="preserve">Neuropharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 136, pp.92-101. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-018-28682-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.neuropharm.2017.12.042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02398134v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02398132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FRET-Based Sensors Unravel Activation and Allosteric Modulation of the GABA B Receptor</w:t>
               </w:r>
@@ -1576,51 +1576,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Class C G protein-coupled receptors: reviving old couples with new partners</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thor C Møller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Moreno-Delgado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1951,382 +1951,382 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00968719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stability of GABA B receptor oligomers revealed by dual TR‐FRET and drug‐induced cell surface targeting</w:t>
+                <w:t xml:space="preserve">Structure and functional interaction of the extracellular domain of human GABAB receptor GBR2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laëtitia Comps‐agrar</w:t>
+                <w:t xml:space="preserve">Yong Geng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dazhi Xiong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lidia Mosyak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Malito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Kniazeff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FASEB Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1096/fj.12-203646⟩</w:t>
+              <w:t xml:space="preserve">Nature Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 15 (7), pp.970-978. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nn.3133⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03363950v1</w:t>
+                <w:t xml:space="preserve">hal-03363943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des dimères et des oligomères de récepteurs couplés aux protéines G, oui mais pourquoi ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Stability of GABA B receptor oligomers revealed by dual TR‐FRET and drug‐induced cell surface targeting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laëtitia Comps‐agrar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Kniazeff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carsten Brock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Trinquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Pin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Médecine/Sciences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">FASEB Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 26 (8), pp.3430-3439. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1096/fj.12-203646⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/medsci/20122810014⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03363918v1</w:t>
+                <w:t xml:space="preserve">hal-03363950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure and functional interaction of the extracellular domain of human GABAB receptor GBR2</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Des dimères et des oligomères de récepteurs couplés aux protéines G, oui mais pourquoi ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Kniazeff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Pin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 15 (7), pp.970-978. </w:t>
+              <w:t xml:space="preserve">Médecine/Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 28 (10), pp.858-863. </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/nn.3133⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/medsci/20122810014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03363943v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03363918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling the binding and function of metabotropic glutamate receptors.</w:t>
               </w:r>
@@ -2842,563 +2842,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-00318925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heptahelical domain of metabotropic glutamate receptor 5 behaves like rhodopsin-like receptors.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cyril Goudet</w:t>
+                <w:t xml:space="preserve">Cell surface detection of membrane protein interaction with homogeneous time-resolved fluorescence resonance energy transfer technology.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Maurel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Kniazeff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Gaven</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jianfeng Liu</w:t>
+                <w:t xml:space="preserve">Gérard Mathis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Trinquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Pin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.0304699101⟩</w:t>
+              <w:t xml:space="preserve">Analytical Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 329 (2), pp.253-62. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ab.2004.02.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-00319003v1</w:t>
+                <w:t xml:space="preserve">hal-00318979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Closed state of both binding domains of homodimeric mGlu receptors is required for full activity.</w:t>
+                <w:t xml:space="preserve">Locking the dimeric GABA(B) G-protein-coupled receptor in its active state.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Kniazeff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Philippe Saintot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Goudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jianfeng Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Sophie Bessis</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Laurent Prézeau</w:t>
+                <w:t xml:space="preserve">Annie Charnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Structural and Molecular Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/nsmb794⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 24 (2), pp.370-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.3141-03.2004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00318999v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00319013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Locking the dimeric GABA(B) G-protein-coupled receptor in its active state.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Heptahelical domain of metabotropic glutamate receptor 5 behaves like rhodopsin-like receptors.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Goudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Gaven</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Kniazeff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Philippe Saintot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cyril Goudet</w:t>
+                <w:t xml:space="preserve">Claire Vol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jianfeng Liu</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Annie Charnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.3141-03.2004⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 101 (1), pp.378-83. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.0304699101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00319013v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00319003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cell surface detection of membrane protein interaction with homogeneous time-resolved fluorescence resonance energy transfer technology.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Closed state of both binding domains of homodimeric mGlu receptors is required for full activity.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Kniazeff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Bessis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Maurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gérard Mathis</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Pin</w:t>
+                <w:t xml:space="preserve">Hervé Ansanay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Prézeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytical Biochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 329 (2), pp.253-62. </w:t>
+              <w:t xml:space="preserve">Nature Structural and Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 11 (8), pp.706-13. </w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ab.2004.02.013⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/nsmb794⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00318979v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00318999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3429,51 +3429,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conformational Dynamics and Signaling Selectivity of the Ghrelin Receptor GHSR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline M’kadmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Damian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Baneres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3556,103 +3556,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gq protein peptidomimetics as allosteric modulators of the ghrelin receptor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Mannes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esaü Vangeloven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Damian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Cantel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">European Peptide Society. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">37th European Peptide Symposium (37th EPS) &amp; 14th International Peptide Symposium (14th IPS)</w:t>
@@ -3834,51 +3834,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Scholler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jurriaan Zwier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Trinquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Rondard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4026,51 +4026,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Prézeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Kniazeff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Oosterlaken</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, N° de brevet: WO2024003390A1. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
@@ -4144,51 +4144,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Chames</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Kniazeff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Oosterlaken</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, N° de brevet: WO2024003389A1. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
@@ -4379,51 +4379,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213386v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Oosterlaken" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Rogliardo" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Lipina" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Andr&#233; Lafon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Elodie Tsitokana" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-025-09265-8" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04930078v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Mannes" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Martin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Damian" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Cantel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Orcel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/scisignal.ado7692" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429823v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Eva Philibert" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candice Disdier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bouyssou" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adg1679" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04003751v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Ban&#232;res" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Botzanowski" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean A Boutin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Calamini" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Castel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/receptors2010004" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03647444v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Derieux" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey L&#233;aut&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Brugoux" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Jaccaz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Terrier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41386-022-01317-1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340751v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chady Nasrallah" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Cannone" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Briot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Rottier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Berizzi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2021.109648" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02396289v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Pin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Kniazeff" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pr&#233;zeau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiang-Feng Liu" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rondard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mce.2019.02.019" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398132v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory D Stewart" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Comps-Agrar" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenea Blanc N&#248;rskov-Lauritsen" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropharm.2017.12.042" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398134v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thor C M&#248;ller" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Hottin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Clert&#233;" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jurriaan M. Zwier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Durroux" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-28682-6" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02072973v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lecat-Guillet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Monnier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Rovira" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lamarque" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chembiol.2017.02.011" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363884v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean Christensen" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arik Hone" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Roux" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fncel.2017.00219" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02073162v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Moreno-Delgado" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41048-017-0036-9" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363898v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Billesb&#248;lle" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mie Kr&#252;ger" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Shi" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Quick" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zheng Li" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M115.677658" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00968719v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Bjordal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Arquier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre L&#233;opold" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2013.12.024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363950v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Comps&#8208;agrar" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten Brock" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Trinquet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.12-203646" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363918v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/20122810014" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363943v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong Geng" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dazhi Xiong" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lidia Mosyak" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Malito" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nn.3133" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00319020v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Roche" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Serra" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1124/jpet.107.133967" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00318934v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronika Hlavackova" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Goudet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Zikova" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Maurel" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.emboj.7600557" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00094959v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianfeng Liu" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Binet" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1742-4658.2005.04728.x" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00318925v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Malhaire" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M502642200" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00319003v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gaven" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Vol" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0304699101" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00318999v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Bessis" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Ansanay" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nsmb794" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00319013v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Philippe Saintot" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Charnet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.3141-03.2004" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00318979v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Mathis" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ab.2004.02.013" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509465v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line M&#8217;kadmi" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Baneres" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811585v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esa&#252; Vangeloven" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/toc/10991387/2024/30/S2" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863829v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.apha.2020.02.003" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363917v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Scholler" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jurriaan Zwier" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-386932-6.00007-7" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875755v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875743v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chames" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04930078v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Mannes" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Martin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Damian" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Cantel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Orcel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/scisignal.ado7692" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213386v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Oosterlaken" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Rogliardo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Lipina" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Andr&#233; Lafon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Elodie Tsitokana" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-025-09265-8" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429823v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Eva Philibert" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candice Disdier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bouyssou" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adg1679" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04003751v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Ban&#232;res" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Botzanowski" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean A Boutin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Calamini" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Castel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/receptors2010004" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03647444v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Derieux" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey L&#233;aut&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Brugoux" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Jaccaz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Terrier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41386-022-01317-1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340751v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chady Nasrallah" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Cannone" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Briot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Rottier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Berizzi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2021.109648" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02396289v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Pin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Kniazeff" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pr&#233;zeau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiang-Feng Liu" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rondard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mce.2019.02.019" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398134v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thor C M&#248;ller" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Hottin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Clert&#233;" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jurriaan M. Zwier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Durroux" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-28682-6" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398132v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory D Stewart" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Comps-Agrar" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenea Blanc N&#248;rskov-Lauritsen" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropharm.2017.12.042" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02072973v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lecat-Guillet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Monnier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Rovira" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lamarque" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chembiol.2017.02.011" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363884v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean Christensen" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arik Hone" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Roux" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fncel.2017.00219" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02073162v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Moreno-Delgado" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41048-017-0036-9" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363898v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Billesb&#248;lle" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mie Kr&#252;ger" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Shi" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Quick" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zheng Li" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M115.677658" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00968719v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Bjordal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Arquier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre L&#233;opold" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2013.12.024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363943v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong Geng" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dazhi Xiong" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lidia Mosyak" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Malito" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nn.3133" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363950v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Comps&#8208;agrar" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten Brock" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Trinquet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.12-203646" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363918v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/20122810014" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00319020v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Roche" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Serra" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1124/jpet.107.133967" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00318934v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronika Hlavackova" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Goudet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Zikova" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Maurel" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.emboj.7600557" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00094959v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianfeng Liu" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Binet" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1742-4658.2005.04728.x" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00318925v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Malhaire" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M502642200" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00318979v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Mathis" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ab.2004.02.013" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00319013v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Philippe Saintot" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Charnet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.3141-03.2004" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00319003v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gaven" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Vol" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0304699101" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00318999v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Bessis" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Ansanay" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nsmb794" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509465v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line M&#8217;kadmi" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Baneres" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811585v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esa&#252; Vangeloven" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/toc/10991387/2024/30/S2" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863829v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.apha.2020.02.003" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363917v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Scholler" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jurriaan Zwier" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-386932-6.00007-7" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875755v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875743v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chames" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>