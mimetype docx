--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -803,1532 +803,1532 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01317166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (12)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La RSE, outil de lutte contre la discrimination au travail ?</w:t>
+                <w:t xml:space="preserve">Les dispositifs disciplinant l’extraction de matériaux en milieu sensible</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Malet-Vigneaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Juristourisme : le mensuel des acteurs du tourisme &amp; des loisirs [Juris tourisme]</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Article dans une revue</w:t>
+              <w:t xml:space="preserve">Loi Climat et Résilience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Douteaud, Stéphanie; Roche, Catherine; Laboratoire de Recherche Juridique - LARJ; Laboratoire Territoires, Villes, Environnement &amp; Société - TVES, Jan 2022, Boulogne sur mer (FR), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04354344v1</w:t>
+                <w:t xml:space="preserve">hal-04564151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environmental collective actions in France : liberalism of the courts, hesitations of the legislator », avec S. Jolivet, in « Les actions collectives et la protection de l’environnement</w:t>
+                <w:t xml:space="preserve">Les sûretés réelles conférant une préférence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Malet-Vigneaux</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Simon Jolivet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rivista quadrimestrale di diritto dell’ambiente</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Article dans une revue</w:t>
+              <w:t xml:space="preserve">La réforme du droit des sûretés : le bilan, un an après</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Moreil, sophie; Malet-Vigneaux, Julie; Laboratoire de Recherche juridique - LARJ; Ordre des avocats du barreau de Boulogne-sur-Mer, Dec 2022, Boulogne sur mer (FR), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04354351v1</w:t>
+                <w:t xml:space="preserve">hal-04564154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Charte de l’environnement devant les juges administratifs et judiciaires</w:t>
+                <w:t xml:space="preserve">Les responsabilités environnementales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Malet-Vigneaux</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Simon Jolivet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue juridique de l'environnement</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Article dans une revue</w:t>
+              <w:t xml:space="preserve">Université d'été de Poitiers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Poitiers (Université de Poitiers), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04360643v1</w:t>
-[...672 lines deleted...]
-                <w:t xml:space="preserve">hal-04360665v1</w:t>
+                <w:t xml:space="preserve">hal-04360657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'intégration du droit de l'environnement dans le droit de la concurrence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Malet-Vigneaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mare &amp; Martin, 2023, Droit privé &amp; sciences criminelles, 978-2-84934-700-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04354254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carnets de droit - La responsabilité civile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Malet-Vigneaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Lextenso. Guallino, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04354262v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (12)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La RSE, outil de lutte contre la discrimination au travail ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Malet-Vigneaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Juristourisme : le mensuel des acteurs du tourisme &amp; des loisirs [Juris tourisme]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 259, pp.36</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04354344v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Environmental collective actions in France : liberalism of the courts, hesitations of the legislator », avec S. Jolivet, in « Les actions collectives et la protection de l’environnement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Malet-Vigneaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Jolivet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rivista quadrimestrale di diritto dell’ambiente</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04354351v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Charte de l’environnement devant les juges administratifs et judiciaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Malet-Vigneaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Jolivet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue juridique de l'environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 47, pp.841-855</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04360643v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Charte de l’environnement devant les juges administratifs et judiciaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Malet-Vigneaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Jolivet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue juridique de l'environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 46, pp.777-790</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04360644v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Charte de l’environnement devant les juges administratifs et judiciaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Malet-Vigneaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Jolivet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue juridique de l'environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04360645v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Charte de l’environnement devant les juges administratifs et judiciaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Malet-Vigneaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Jolivet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue juridique de l'environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04360646v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Charte de l’environnement devant les juges administratifs et judiciaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Malet-Vigneaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Jolivet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue juridique de l'environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04360651v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’indemnisation des préjudices concurrentiels : l’apport de la Directive européenne 2014/104</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Malet-Vigneaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue européenne de droit de la consommation / European Consumer Law Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04360659v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...2 lines deleted...]
-                <w:t xml:space="preserve">hal-04354262v1</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le préjudice écologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Malet-Vigneaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue juridique de l'environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04360658v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la conclusion du contrat de cautionnement à l’appel en paiement de la caution : la question de la charge de la preuve d’une disproportion manifeste</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Malet-Vigneaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04360662v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la conclusion du contrat de cautionnement à l'appel en paiement de la caution : la question de la charge de la preuve d'une disproportion manifeste</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Malet-Vigneaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 39, pp.2283</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02214400v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’écran de la personnalité morale de la SEL unipersonnelle face à la procédure collective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Malet-Vigneaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin Joly Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 11, pp.449</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04360665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Certification environnementale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Malet-Vigneaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire juridique du changement climatique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, pp.95-96</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04354287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acteurs privés - Rôle institutionnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Malet-Vigneaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire juridique du changement climatique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, pp.31-32</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04354290v1</w:t>
-              </w:r>
-[...237 lines deleted...]
-                <w:t xml:space="preserve">hal-04360657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2841,51 +2841,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230282v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Jolivet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Malet-Vigneaux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/livre/les-vingt-ans-de-la-charte-de-lenvironnement/79665?srsltid=AfmBOoo1CeG_nlOdO7vL3qDzQMr5_tnT9RPL2vzANPXYUtl4nryojrkt" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354270v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354279v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354300v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360649v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354321v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360652v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360666v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01317166v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles J. Martin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354344v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354351v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360643v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360644v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360645v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360646v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360651v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360659v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360658v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360662v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02214400v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360665v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354254v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354262v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354287v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354290v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564154v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564151v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360657v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03023464v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bertrand" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tina Rambonilaza" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Blazy" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Doussan" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Gueringer" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354311v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04354342v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230282v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Jolivet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Malet-Vigneaux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/livre/les-vingt-ans-de-la-charte-de-lenvironnement/79665?srsltid=AfmBOoo1CeG_nlOdO7vL3qDzQMr5_tnT9RPL2vzANPXYUtl4nryojrkt" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354270v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354279v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354300v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360649v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354321v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360652v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360666v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01317166v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles J. Martin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564151v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564154v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360657v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354254v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354262v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354344v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354351v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360643v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360644v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360645v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360646v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360651v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360659v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360658v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360662v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02214400v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360665v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354287v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354290v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03023464v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bertrand" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tina Rambonilaza" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Blazy" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Doussan" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Gueringer" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354311v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04354342v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>