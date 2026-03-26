--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -580,341 +580,341 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04019714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelques réflexions sur la périodisation en histoire. Le cas de l’État savoyard, 1559- 1663</w:t>
+                <w:t xml:space="preserve">Modane, une communauté alpine fourrier des armées européennes à l’époque moderne.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Alerini</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Stéphane Lamassé; Gaétan Bonnot. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Philippe Bourdin; Bernard Gainot. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dans les dédales du Web. Historiens en territoires numériques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">La montagne comme terrain d’affrontements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions du Comité des travaux historiques et scientifiques, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.cths.5850⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04019742v1</w:t>
+                <w:t xml:space="preserve">hal-04019922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modane, une communauté alpine fourrier des armées européennes à l’époque moderne.</w:t>
+                <w:t xml:space="preserve">Forteresses et insécurité publique : mise en ordre et désordres des Etats piémonto-savoyards (1559-1610)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Alerini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Philippe Bourdin; Bernard Gainot. </w:t>
+              <w:t xml:space="preserve">Horst Carl; Rainer Babel; Christoph Kampmann. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La montagne comme terrain d’affrontements</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Sicherheitsprobleme Im 16. Und 17. Jahrhundert - Bedrohungen, Konzepte, Ambivalenzen - Problèmes de sécurité aux XVIe et XVIIe siècles – menaces, concepts, ambivalences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nomos, pp.443-465, 2019, Politiken der Sicherheit | Politics of Security</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/books.cths.5850⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04019922v1</w:t>
+                <w:t xml:space="preserve">hal-04019977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Forteresses et insécurité publique : mise en ordre et désordres des Etats piémonto-savoyards (1559-1610)</w:t>
+                <w:t xml:space="preserve">L’argument de la guerre dans la négociation fiscale, le cas valdôtain au XVIIe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Alerini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Horst Carl; Rainer Babel; Christoph Kampmann. </w:t>
+              <w:t xml:space="preserve">Benjamin Deruelle. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sicherheitsprobleme Im 16. Und 17. Jahrhundert - Bedrohungen, Konzepte, Ambivalenzen - Problèmes de sécurité aux XVIe et XVIIe siècles – menaces, concepts, ambivalences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nomos, pp.443-465, 2019, Politiken der Sicherheit | Politics of Security</w:t>
+              <w:t xml:space="preserve">Argumenter en guerre. Approches pluridisciplinaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses du Septentrion, pp.133-151, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04019977v1</w:t>
+                <w:t xml:space="preserve">hal-04020011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’argument de la guerre dans la négociation fiscale, le cas valdôtain au XVIIe siècle</w:t>
+                <w:t xml:space="preserve">Quelques réflexions sur la périodisation en histoire. Le cas de l’État savoyard, 1559- 1663</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Alerini</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Benjamin Deruelle. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Madalina Olteanu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Stéphane Lamassé; Gaétan Bonnot. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Argumenter en guerre. Approches pluridisciplinaires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses du Septentrion, pp.133-151, 2019</w:t>
+              <w:t xml:space="preserve">Dans les dédales du Web. Historiens en territoires numériques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions de la Sorbonne, pp.57-85, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04020011v1</w:t>
+                <w:t xml:space="preserve">hal-04019742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La mobilisation de la noblesse savoyarde lors de la guerre de trente ans</w:t>
               </w:r>
@@ -1361,191 +1361,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04021963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Itinéraire d’un enfant gâté, Thomas de Savoie-Carignan 1596-1655</w:t>
+                <w:t xml:space="preserve">Hidden-Markov models for time series of continuous proportions with excess zeros</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Alerini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Cottrell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Madalina Olteanu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mobilités et itinéraires rebelles européens de l’époque moderne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Gregorio Salinero; Bertrand Haan; Radu Paun; Bertrand Van Ruymbeke, Nov 2017, Florence, Italie</w:t>
+              <w:t xml:space="preserve">14th International Work-Conference on Artificial Neural Networks (IWANN 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Cadix, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04021973v1</w:t>
+                <w:t xml:space="preserve">hal-01519713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hidden-Markov models for time series of continuous proportions with excess zeros</w:t>
+                <w:t xml:space="preserve">Itinéraire d’un enfant gâté, Thomas de Savoie-Carignan 1596-1655</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Alerini</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Madalina Olteanu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th International Work-Conference on Artificial Neural Networks (IWANN 2017)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Cadix, Spain</w:t>
+              <w:t xml:space="preserve">Mobilités et itinéraires rebelles européens de l’époque moderne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Gregorio Salinero; Bertrand Haan; Radu Paun; Bertrand Van Ruymbeke, Nov 2017, Florence, Italie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01519713v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04021973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Décime et Due per cento : entre vivres militaires et annone.</w:t>
               </w:r>
@@ -2163,51 +2163,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hidden-Markov Models for Time Series of Continuous Proportions with Excess Zeros</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Alerini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Cottrell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Madalina Olteanu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2761,51 +2761,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04022012v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Alerini" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01442314v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madalina Olteanu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Ridgway" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020072v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020093v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019672v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019714v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019742v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019922v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cths.5850" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019977v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020011v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020028v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020078v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lamass&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04033015v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019596v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019648v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021963v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021973v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519713v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cottrell" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01252601v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021980v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021989v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Brando" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04022004v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00707143v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00717493v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00707136v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04032988v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04033006v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Deruelle" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rygiel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01236472v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Perrillat" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Becchia" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Laly" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Meyer" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04021951v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04022012v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Alerini" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01442314v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madalina Olteanu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Ridgway" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020072v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020093v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019672v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019714v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019922v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cths.5850" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019977v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020011v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019742v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020028v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020078v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lamass&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04033015v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019596v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019648v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021963v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519713v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cottrell" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021973v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01252601v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021980v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021989v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Brando" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04022004v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00707143v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00717493v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00707136v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04032988v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04033006v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Deruelle" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rygiel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01236472v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Perrillat" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Becchia" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Laly" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Meyer" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04021951v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>