--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -1036,278 +1036,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-04734094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gyres, jets and waves in the Earth’s core</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">State and evolution of the geodynamo from numerical models reaching the physical conditions of Earth’s core</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Aubert</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Dominique Jault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Reviews Earth &amp; Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s43017-023-00425-w⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 235 (1), pp.468-487. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggad229⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04105603v1</w:t>
+                <w:t xml:space="preserve">hal-04152303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">State and evolution of the geodynamo from numerical models reaching the physical conditions of Earth’s core</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Gyres, jets and waves in the Earth’s core</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Finlay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip Livermore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Jault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Journal International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 235 (1), pp.468-487. </w:t>
+              <w:t xml:space="preserve">Nature Reviews Earth &amp; Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 4, pp.377-392. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/gji/ggad229⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s43017-023-00425-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04152303v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04105603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radial shear in the flow at the Earth’s core surface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I Firsov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Jault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1406,51 +1406,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Felix Gerick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Jault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tobias Schwaiger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1863,516 +1863,516 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-03590027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A secular variation candidate model for IGRF-13 based on Swarm data and ensemble inverse geodynamo modelling</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Relating force balances and flow length scales in geodynamo simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Lesur</w:t>
+                <w:t xml:space="preserve">T Schwaiger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Ropp</w:t>
+                <w:t xml:space="preserve">T Gastine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Aubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth Planets and Space</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 73 (1), pp.43. </w:t>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 224 (3), pp.1890-1904. </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s40623-020-01309-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggaa545⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03142036v1</w:t>
+                <w:t xml:space="preserve">hal-03357310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relating force balances and flow length scales in geodynamo simulations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A secular variation candidate model for IGRF-13 based on Swarm data and ensemble inverse geodynamo modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T Schwaiger</w:t>
+                <w:t xml:space="preserve">Vincent Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T Gastine</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J Aubert</w:t>
+                <w:t xml:space="preserve">Guillaume Ropp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Journal International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 224 (3), pp.1890-1904. </w:t>
+              <w:t xml:space="preserve">Earth Planets and Space</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 73 (1), pp.43. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/gji/ggaa545⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s40623-020-01309-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03357310v1</w:t>
+                <w:t xml:space="preserve">hal-03142036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">International geomagnetic reference field: the thirteenth generation</w:t>
+                <w:t xml:space="preserve">Evaluation of candidate models for the 13th generation International Geomagnetic Reference Field</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P Alken</w:t>
+                <w:t xml:space="preserve">P. Alken</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Thébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C D Beggan</w:t>
+                <w:t xml:space="preserve">C. D. Beggan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hagay Amit</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J Aubert</w:t>
+                <w:t xml:space="preserve">J. Baerenzung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Earth Planets and Space</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 73, pp.49. </w:t>
+              <w:t xml:space="preserve">, 2021, 73, pp.1281-1293. </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s40623-020-01288-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s40623-020-01281-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-03141089v1</w:t>
+                <w:t xml:space="preserve">insu-04033776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of candidate models for the 13th generation International Geomagnetic Reference Field</w:t>
+                <w:t xml:space="preserve">International geomagnetic reference field: the thirteenth generation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Alken</w:t>
+                <w:t xml:space="preserve">P Alken</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Thébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. D. Beggan</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J. Aubert</w:t>
+                <w:t xml:space="preserve">C D Beggan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Baerenzung</w:t>
+                <w:t xml:space="preserve">Hagay Amit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Earth Planets and Space</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 73, pp.1281-1293. </w:t>
+              <w:t xml:space="preserve">, 2021, 73, pp.49. </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s40623-020-01281-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s40623-020-01288-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-04033776v1</w:t>
+                <w:t xml:space="preserve">cea-03141089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Physics-based secular variation candidate models for the IGRF</w:t>
               </w:r>
@@ -2384,51 +2384,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Thébault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2651,447 +2651,447 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-02878730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A reduced stochastic model of core surface dynamics based on geodynamo simulations</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Approaching Earth's core conditions in high-resolution geodynamo simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Aubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geophysical Journal International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 219 (1), pp.522-539. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/gji/ggz313⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 219, pp.S137-S151. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggz232⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02191420v1</w:t>
+                <w:t xml:space="preserve">insu-03586610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Force balance in numerical geodynamo simulations: a systematic study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">T Schwaiger</w:t>
+                <w:t xml:space="preserve">Impact of the Earth’s magnetic field secular drift on the low altitude proton radiation belt from years 1900 to 2050</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Bourdarie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Gastine</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A. Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Sicard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Hulot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Journal International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/gji/ggz192⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Nuclear Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, pp.1-1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TNS.2019.2897378⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02278469v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02129936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approaching Earth's core conditions in high-resolution geodynamo simulations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A reduced stochastic model of core surface dynamics based on geodynamo simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Huder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Aubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geophysical Journal International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 219, pp.S137-S151. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/gji/ggz232⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 219 (1), pp.522-539. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggz313⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03586610v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02191420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of the Earth’s magnetic field secular drift on the low altitude proton radiation belt from years 1900 to 2050</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">A. Sicard</w:t>
+                <w:t xml:space="preserve">Force balance in numerical geodynamo simulations: a systematic study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T Schwaiger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Hulot</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">T. Gastine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Nuclear Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, pp.1-1. </w:t>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 219 (Supplement_1), pp.S101-S114. </w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TNS.2019.2897378⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggz192⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02129936v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02278469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geomagnetic jerks and rapid hydromagnetic waves focusing at Earth's core surface</w:t>
               </w:r>
@@ -3820,399 +3820,399 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02329268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frequency spectrum of the geomagnetic field harmonic coefficients from dynamo simulations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claire Bouligand</w:t>
+                <w:t xml:space="preserve">Gyre-driven decay of the Earth's magnetic dipole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher C Finlay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Journal International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/gji/ggw326⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 7, pp.10422. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/ncomms10422⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01451189v1</w:t>
+                <w:t xml:space="preserve">insu-01308357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance benchmarks for a next generation numerical dynamo model</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Margaret Avery</w:t>
+                <w:t xml:space="preserve">Frequency spectrum of the geomagnetic field harmonic coefficients from dynamo simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Bouligand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Jault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Schaeffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochemistry, Geophysics, Geosystems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/2015GC006159⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 207, pp.1142 - 1157. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggw326⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-01857606v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01451189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gyre-driven decay of the Earth's magnetic dipole</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christopher C Finlay</w:t>
+                <w:t xml:space="preserve">Performance benchmarks for a next generation numerical dynamo model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hiroaki Matsui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric M. Heien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Aurnou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaret Avery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 7, pp.10422. </w:t>
+              <w:t xml:space="preserve">Geochemistry, Geophysics, Geosystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 17 (5), pp.1586-1607. </w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/ncomms10422⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/2015GC006159⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-01308357v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01857606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coupled dynamics of Earth's geomagnetic westward drift and inner core super-rotation</w:t>
               </w:r>
@@ -4884,447 +4884,447 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01308284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erratum to: Earth's core internal dynamics 1840-2010 imaged by inverse geodynamo modelling</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Full sphere hydrodynamic and dynamo benchmarks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Marti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Schaeffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Hollerbach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Cébron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Nore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geophysical Journal International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, pp.1683-1683. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/gji/ggu235⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 197, pp.119-134. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggt518⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03581104v1</w:t>
+                <w:t xml:space="preserve">insu-03581136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Full sphere hydrodynamic and dynamo benchmarks</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Erratum to: Earth's core internal dynamics 1840-2010 imaged by inverse geodynamo modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geophysical Journal International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 197, pp.119-134. </w:t>
+              <w:t xml:space="preserve">, 2014, pp.1683-1683. </w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/gji/ggt518⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggu235⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03581136v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03581104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bottom-up control of geomagnetic secular variation by the Earth’s inner core</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">THE PREDICTABILITY OF ADVECTION-DOMINATED FLUX-TRANSPORT SOLAR DYNAMO MODELS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Aubert</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Fournier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/nature12574⟩</w:t>
+              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 781 (1), pp.8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0004-637X/781/1/8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-02918976v1</w:t>
+                <w:t xml:space="preserve">insu-01411576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">THE PREDICTABILITY OF ADVECTION-DOMINATED FLUX-TRANSPORT SOLAR DYNAMO MODELS</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sabrina Sanchez</w:t>
+                <w:t xml:space="preserve">Bottom-up control of geomagnetic secular variation by the Earth’s inner core</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher C Finlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fournier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julien Aubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 781 (1), pp.8. </w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 502 (7470), pp.219-223. </w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0004-637X/781/1/8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/nature12574⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-01411576v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-02918976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An ensemble Kalman filter for the time-dependent analysis of the geomagnetic field</w:t>
               </w:r>
@@ -5426,51 +5426,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A mean-field Babcock-Leighton solar dynamo model with long-term variability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5840,291 +5840,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-03583337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Earth's dynamo limit of predictability controlled by magnetic dissipation</w:t>
+                <w:t xml:space="preserve">The geomagnetic secular-variation timescale in observations and numerical dynamo models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Lhuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Hulot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Aubert</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gauthier Hulot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Journal International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 186 (2), pp.492-508. </w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 38 (9), pp.L09306. </w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1365-246X.2011.05081.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2011GL047356⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-01410155v1</w:t>
+                <w:t xml:space="preserve">insu-01410184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The geomagnetic secular-variation timescale in observations and numerical dynamo models</w:t>
+                <w:t xml:space="preserve">Earth's dynamo limit of predictability controlled by magnetic dissipation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Lhuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Fournier</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gauthier Hulot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julien Aubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 38 (9), pp.L09306. </w:t>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 186 (2), pp.492-508. </w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2011GL047356⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-246X.2011.05081.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-01410184v1</w:t>
+                <w:t xml:space="preserve">insu-01410155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inferring internal properties of Earth's core dynamics and their evolution from surface observations and a numerical geodynamo model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Fournier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nonlinear Processes in Geophysics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 18, pp.657-674. </w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6256,278 +6256,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01308359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The time‐dependence of intense archeomagnetic flux patches</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Monika Korte</w:t>
+                <w:t xml:space="preserve">Equatorially asymmetric convection inducing a hemispherical magnetic _eld in rotating spheres and implications for the past martian dynamo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maylis Landeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Aubert</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gauthier Hulot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2011JB008538⟩</w:t>
+              <w:t xml:space="preserve">Physics of the Earth and Planetary Interiors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 185 (3-4), pp.61. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pepi.2011.01.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-01308272v1</w:t>
+                <w:t xml:space="preserve">hal-00735849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Equatorially asymmetric convection inducing a hemispherical magnetic _eld in rotating spheres and implications for the past martian dynamo</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maylis Landeau</w:t>
+                <w:t xml:space="preserve">The time‐dependence of intense archeomagnetic flux patches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hagay Amit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monika Korte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Constable</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Hulot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of the Earth and Planetary Interiors</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 185 (3-4), pp.61. </w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, </w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.pepi.2011.01.004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2011JB008538⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00735849v1</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01308272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">End-member models of boundary-modulated convective dynamos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Aurnou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Aubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6568,338 +6568,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-02919160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stationary, oscillating or drifting mantle‐driven geomagnetic flux patches?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Observations and Models of the Long-Term Evolution of Earth’s Magnetic Field</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gauthier Hulot</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Tarduno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Johnson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2009JB006542⟩</w:t>
+              <w:t xml:space="preserve">Space Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 155 (1-4), pp.337-370. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11214-010-9684-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-01288690v1</w:t>
+                <w:t xml:space="preserve">insu-02919174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Steady and fluctuating inner core rotation in numerical geodynamo models</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Stationary, oscillating or drifting mantle‐driven geomagnetic flux patches?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hagay Amit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Dumberry</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Hulot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Journal International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1365-246X.2010.04842.x⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2009JB006542⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-01308309v1</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01288690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Observations and Models of the Long-Term Evolution of Earth’s Magnetic Field</w:t>
+                <w:t xml:space="preserve">Steady and fluctuating inner core rotation in numerical geodynamo models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Catherine Johnson</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Dumberry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Space Science Reviews</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11214-010-9684-5⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 184 (1), pp.162-170. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-246X.2010.04842.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">insu-02919174v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01308309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conditions for Earth-like geodynamo models</w:t>
               </w:r>
@@ -7131,51 +7131,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gauthier Hulot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Jault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Weijia Kuang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7501,51 +7501,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A simple model for mantle-driven flow at the top of Earth’s core</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hagay Amit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7760,51 +7760,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The magnetic structure of convection-driven numerical dynamos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Aurnou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johannes Wicht</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7864,51 +7864,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detecting thermal boundary control in surface flows from numerical dynamos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hagay Amit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gauthier Hulot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8238,315 +8238,315 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00107942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A numerical dynamo benchmark</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A systematic experimental study of rapidly rotating spherical convection in water and liquid gallium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">U. R. Christensen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J. Aubert</w:t>
+                <w:t xml:space="preserve">Daniel Brito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Cardin</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Henri-Claude Nataf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Cardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Masson</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics of the Earth and Planetary Interiors</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2001, 128, pp.25-34. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S0031-9201(01)00275-8⟩</w:t>
+              <w:t xml:space="preserve">, 2001, 128, pp.51-74. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0031-9201(01)00277-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03606657v1</w:t>
+                <w:t xml:space="preserve">insu-03606656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A systematic experimental study of rapidly rotating spherical convection in water and liquid gallium</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A numerical dynamo benchmark</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Henri-Claude Nataf</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Cardin</w:t>
+                <w:t xml:space="preserve">U. R. Christensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Paul Masson</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">P. Cardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Dormy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Gibbons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics of the Earth and Planetary Interiors</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2001, 128, pp.51-74. </w:t>
+              <w:t xml:space="preserve">, 2001, 128, pp.25-34. </w:t>
             </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S0031-9201(01)00277-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/S0031-9201(01)00275-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03606656v1</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03606657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -8689,211 +8689,211 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stationary, oscillating or drifting mantle-driven geomagnetic flux patches?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hagay Amit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Hulot.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AGU Fall Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2009, San Francisco, United States</w:t>
+              <w:t xml:space="preserve">Natural Dynamos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Slovakia, Slovakia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00502025v1</w:t>
+                <w:t xml:space="preserve">hal-00502029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stationary, oscillating or drifting mantle-driven geomagnetic flux patches?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hagay Amit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Hulot.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Natural Dynamos</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2009, Slovakia, Slovakia</w:t>
+              <w:t xml:space="preserve">AGU Fall Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2009, San Francisco, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00502029v1</w:t>
+                <w:t xml:space="preserve">hal-00502025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -9187,177 +9187,271 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-03586655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geodynamo simulations spanning millennia in the physical conditions of Earth's core</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05560846v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Rapport (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport de conjoncture 2024 - Section 18 du CoNRS (mandat 2021-2025)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elia d'Acremont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Arnould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Audin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Bazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">rapport préliminaire à valider par le CNRS, CNRS. 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId296" w:history="1">
-              <w:r>
-[...84 lines deleted...]
-            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04630442v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9367,114 +9461,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modèles expérimentaux et numériques de la convection dans le noyau de la Terre.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Aubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Géophysique [physics.geo-ph]. Université Joseph-Fourier - Grenoble I, 2001. Français. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId301" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00683861v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId302"/>
+      <w:footerReference w:type="default" r:id="rId303"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -9621,51 +9715,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997794v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Aubert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pepi.2025.107335" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060600v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maylis Landeau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Fournier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gastine" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pepi.2025.107365" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05081554v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Thomas" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Samuel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. G. Farnetani" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Aubert" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chauvel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024GC011891" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04462202v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggad452" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938185v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gillet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dall'Asta" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Amblard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Claveau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pepi.2024.107284" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737219v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Thomas" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Samuel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C G Farnetani" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Aubert" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Chauvel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751618v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Barrois" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspa.2024.0067" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04734094v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Samuel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Farnetani" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105603v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Finlay" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Livermore" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Jault" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43017-023-00425-w" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152303v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggad229" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249853v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Firsov" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Gillet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Mandea" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggad376" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718911v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Gerick" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Schwaiger" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2115258119" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03719369v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip W Livermore" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher C Finlay" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggac212" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140102v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggab054" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03590027v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher J. Davies" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard K. Bono" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico G. Meduri" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Greenwood" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggab342" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03142036v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lesur" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ropp" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40623-020-01309-9" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357310v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Schwaiger" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Gastine" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggaa545" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03141089v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Alken" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Th&#233;bault" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C D Beggan" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hagay Amit" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40623-020-01288-x" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04033776v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Alken" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. D. Beggan" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Baerenzung" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40623-020-01281-4" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03385990v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40623-021-01507-z" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491735v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggaa007" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02878730v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggaa250" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02191420v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Huder" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggz313" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278469v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gastine" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggz192" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03586610v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggz232" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129936v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bourdarie" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fournier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sicard" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Hulot" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNS.2019.2897378" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129842v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41561-019-0355-1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129830v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Badro" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kei Hirose" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryuichi Nomura" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Blanchard" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018GL080405" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02918321v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggy161" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03748837v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Barrois" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gillet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggx280" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02918346v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Olson" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2017.02.004" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02918361v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2016.789" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02329268v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bouffard" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Labrosse" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Choblet" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2017.06.028" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451189v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bouligand" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathana&#235;l Schaeffer" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggw326" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01857606v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroaki Matsui" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric M. Heien" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Aurnou" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret Avery" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015GC006159" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01308357v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms10422" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03581676v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Pichon" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2016.01.004" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02125137v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Wicht" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2016.659" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01308305v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggv394" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02918871v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aac6224" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02134305v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40623-015-0245-8" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054548v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Laneuville" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Breuer" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Morard" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. R&#252;ckriemen" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2014.05.057" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8SGH31T2-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01308284v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggu064" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03581104v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggu235" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03581136v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Marti" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Schaeffer" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hollerbach" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. C&#233;bron" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Nore" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggt518" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02918976v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature12574" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01411576v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Sanchez" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/781/1/8" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02919123v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Nerger" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ggge.20252" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-F0F4WL5Z-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02134326v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia J Pinheiro" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/0001-37652014111212" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02919156v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pepi.2012.12.001" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02134588v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggs051" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03583337v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. J. Biggin" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Steinberger" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Suttie" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Holme" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ngeo1521" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01410155v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Lhuillier" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Hulot" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2011.05081.x" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01410184v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2011GL047356" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03606442v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/npg-18-657-2011" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01308359v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2011.05037.x" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01308272v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Korte" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Constable" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2011JB008538" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00735849v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pepi.2011.01.004" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02919160v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pepi.2011.05.011" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01288690v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2009JB006542" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01308309v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Dumberry" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2010.04842.x" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02919174v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Tarduno" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Johnson" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11214-010-9684-5" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/FD7294E02F90EBA5E04AA932DEE355EFD3905C9F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00540375v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich R. Christensen" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Auber" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2010.06.009" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JQW3DLM5-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01409020v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Hulot" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Lhuillier" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2009GL041869" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00565056v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weijia Kuang" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Tangborn" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/S11214-010-9669-4" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-0P9DKFFP-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01308294v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Poitou" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2009.04361.x" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00447063v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U.R. Christensen" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cardin" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dormy" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gibbons" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pepi.2008.09.014" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9N40SX3V-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01308259v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/BF03352836" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00365045v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aubert Julien" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amit Hagay" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hulot Gauthier" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olson Peter" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature07109" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-N536KBNH-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00365069v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2007.03693.x" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00144095v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00149194v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2006.03009.x" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00204634v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannnes Wicht" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0012-821X(04)00102-5" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CP5ZH98X-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107942v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2002GC000456" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03606657v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. R. Christensen" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cardin" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0031-9201(01)00275-8" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-260W6H6W-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03606656v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Brito" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Claude Nataf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Masson" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0031-9201(01)00277-1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L83N3HZM-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01982982v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Bourdarie" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lica Sicard" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00502025v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Hulot." TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00502029v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03776087v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Alken" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Duch&#234;ne" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Brown" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03586655v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. D. Hammer" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. C. Finlay" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Martin" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggy471" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630442v2" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elia d'Acremont" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Arnould" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Audin" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Bazin" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00683861v2" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997794v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Aubert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pepi.2025.107335" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060600v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maylis Landeau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Fournier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gastine" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pepi.2025.107365" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05081554v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Thomas" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Samuel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. G. Farnetani" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Aubert" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chauvel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024GC011891" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04462202v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggad452" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938185v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gillet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dall'Asta" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Amblard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Claveau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pepi.2024.107284" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737219v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Thomas" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Samuel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C G Farnetani" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Aubert" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Chauvel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751618v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Barrois" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspa.2024.0067" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04734094v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Samuel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Farnetani" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152303v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggad229" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105603v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Finlay" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Livermore" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Jault" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43017-023-00425-w" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249853v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Firsov" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Gillet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Mandea" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggad376" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718911v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Gerick" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Schwaiger" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2115258119" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03719369v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip W Livermore" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher C Finlay" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggac212" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140102v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggab054" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03590027v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher J. Davies" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard K. Bono" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico G. Meduri" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Greenwood" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggab342" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357310v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Schwaiger" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Gastine" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggaa545" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03142036v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lesur" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ropp" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40623-020-01309-9" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04033776v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Alken" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Th&#233;bault" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. D. Beggan" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Baerenzung" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40623-020-01281-4" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03141089v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Alken" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C D Beggan" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hagay Amit" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40623-020-01288-x" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03385990v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40623-021-01507-z" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491735v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggaa007" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02878730v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggaa250" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03586610v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggz232" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129936v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bourdarie" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fournier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sicard" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Hulot" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNS.2019.2897378" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02191420v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Huder" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggz313" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278469v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gastine" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggz192" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129842v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41561-019-0355-1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129830v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Badro" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kei Hirose" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryuichi Nomura" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Blanchard" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018GL080405" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02918321v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggy161" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03748837v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Barrois" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gillet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggx280" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02918346v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Olson" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2017.02.004" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02918361v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2016.789" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02329268v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bouffard" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Labrosse" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Choblet" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2017.06.028" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01308357v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms10422" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451189v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bouligand" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathana&#235;l Schaeffer" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggw326" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01857606v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroaki Matsui" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric M. Heien" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Aurnou" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret Avery" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015GC006159" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03581676v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Pichon" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2016.01.004" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02125137v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Wicht" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2016.659" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01308305v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggv394" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02918871v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aac6224" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02134305v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40623-015-0245-8" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054548v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Laneuville" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Breuer" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Morard" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. R&#252;ckriemen" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2014.05.057" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8SGH31T2-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01308284v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggu064" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03581136v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Marti" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Schaeffer" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hollerbach" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. C&#233;bron" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Nore" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggt518" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03581104v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggu235" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01411576v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Sanchez" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/781/1/8" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02918976v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature12574" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02919123v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Nerger" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ggge.20252" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-F0F4WL5Z-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02134326v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia J Pinheiro" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/0001-37652014111212" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02919156v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pepi.2012.12.001" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02134588v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggs051" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03583337v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. J. Biggin" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Steinberger" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Suttie" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Holme" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ngeo1521" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01410184v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Lhuillier" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Hulot" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2011GL047356" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01410155v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2011.05081.x" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03606442v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/npg-18-657-2011" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01308359v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2011.05037.x" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00735849v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pepi.2011.01.004" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01308272v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Korte" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Constable" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2011JB008538" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02919160v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pepi.2011.05.011" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02919174v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Tarduno" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Johnson" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11214-010-9684-5" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/FD7294E02F90EBA5E04AA932DEE355EFD3905C9F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01288690v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2009JB006542" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01308309v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Dumberry" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2010.04842.x" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00540375v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich R. Christensen" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Auber" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2010.06.009" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JQW3DLM5-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01409020v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Hulot" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Lhuillier" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2009GL041869" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00565056v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weijia Kuang" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Tangborn" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/S11214-010-9669-4" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-0P9DKFFP-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01308294v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Poitou" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2009.04361.x" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00447063v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U.R. Christensen" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cardin" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dormy" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gibbons" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pepi.2008.09.014" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9N40SX3V-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01308259v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/BF03352836" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00365045v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aubert Julien" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amit Hagay" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hulot Gauthier" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olson Peter" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature07109" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-N536KBNH-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00365069v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2007.03693.x" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00144095v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00149194v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2006.03009.x" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00204634v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannnes Wicht" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0012-821X(04)00102-5" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CP5ZH98X-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107942v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2002GC000456" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03606656v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Brito" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Claude Nataf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Masson" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0031-9201(01)00277-1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L83N3HZM-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03606657v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. R. Christensen" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cardin" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0031-9201(01)00275-8" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-260W6H6W-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01982982v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Bourdarie" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lica Sicard" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00502029v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Hulot." TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00502025v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03776087v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Alken" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Duch&#234;ne" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Brown" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03586655v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. D. Hammer" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. C. Finlay" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Martin" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggy471" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05560846v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630442v2" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elia d'Acremont" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Arnould" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Audin" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Bazin" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00683861v2" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>