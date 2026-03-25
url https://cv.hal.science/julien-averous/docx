--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -106,338 +106,338 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of a specific set of genes predicting obesity before phenotype appearance</w:t>
+                <w:t xml:space="preserve">Pre-cachectic changes in amino acid homeostasis precede activation of eIF2α signaling in the liver at the onset of C26 cancer-induced cachexia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Ghita Chaouki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Parry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrielle Vituret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Céline Jousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémy Tournayre</w:t>
+                <w:t xml:space="preserve">Martin Leremboure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">iScience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 28 (5), pp.112377. </w:t>
+              <w:t xml:space="preserve">, 2025, 28 (3), pp.112030. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.isci.2025.112377⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.isci.2025.112030⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05065107v2</w:t>
+                <w:t xml:space="preserve">hal-04987695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pre-cachectic changes in amino acid homeostasis precede activation of eIF2α signaling in the liver at the onset of C26 cancer-induced cachexia</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Identification of a specific set of genes predicting obesity before phenotype appearance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Jousse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Parry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ghita Chaouki</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurent Parry</w:t>
+                <w:t xml:space="preserve">Gwendal Cueff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyrielle Vituret</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Céline Jousse</w:t>
+                <w:t xml:space="preserve">Marion Brandolini-Bunlon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Leremboure</w:t>
+                <w:t xml:space="preserve">Jérémy Tournayre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">iScience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 28 (3), pp.112030. </w:t>
+              <w:t xml:space="preserve">, 2025, 28 (5), pp.112377. </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.isci.2025.112030⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.isci.2025.112377⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04987695v1</w:t>
+                <w:t xml:space="preserve">hal-05065107v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temporal regulation of transgene expression controlled by amino acid availability in human T cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Dougé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Vituret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Carraro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -508,1017 +508,1017 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04214017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Induction of ATF4-Regulated Atrogenes Is Uncoupled from Muscle Atrophy during Disuse in Halofuginone-Treated Mice and in Hibernating Brown Bears</w:t>
+                <w:t xml:space="preserve">Role of liver AMPK and GCN2 kinases in the control of postprandial protein metabolism in response to mid-term high or low protein intake in mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Cussonneau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cécile Coudy-Gandilhon</w:t>
+                <w:t xml:space="preserve">Tristan Chalvon-Demersay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christiane Deval</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ghita Chaouki</w:t>
+                <w:t xml:space="preserve">Claire C. Gaudichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mehdi M. Djelloul-Mazouz</w:t>
+                <w:t xml:space="preserve">Joanna Moro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Even</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadezda Khodorova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijms24010621⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 62 (1), pp.407-417. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00394-022-02983-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04178468v1</w:t>
+                <w:t xml:space="preserve">hal-04157343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of liver AMPK and GCN2 kinases in the control of postprandial protein metabolism in response to mid-term high or low protein intake in mice</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Induction of ATF4-Regulated Atrogenes Is Uncoupled from Muscle Atrophy during Disuse in Halofuginone-Treated Mice and in Hibernating Brown Bears</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joanna Moro</w:t>
+                <w:t xml:space="preserve">Laura Cussonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Coudy-Gandilhon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Even</w:t>
+                <w:t xml:space="preserve">Christiane Deval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghita Chaouki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadezda Khodorova</w:t>
+                <w:t xml:space="preserve">Mehdi M. Djelloul-Mazouz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Nutrition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 62 (1), pp.407-417. </w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 24 (1), pp.621. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00394-022-02983-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/ijms24010621⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04157343v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04178468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">When idiopathic male infertility is rooted in maternal malnutrition during the perinatal period in mice</w:t>
+                <w:t xml:space="preserve">GCN2 upregulates autophagy in response to short-term deprivation of a single essential amino acid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yuki Muranishi</w:t>
+                <w:t xml:space="preserve">Anne-Catherine Maurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Parry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélanie Vachette-Dit-Martin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Saez</w:t>
+                <w:t xml:space="preserve">Wafa B’chir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Carraro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coudy-Gandilhon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology of Reproduction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/biolre/ioab222⟩</w:t>
+              <w:t xml:space="preserve">Autophagy Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 1 (1), pp.119-142. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/27694127.2022.2049045⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03474813v1</w:t>
+                <w:t xml:space="preserve">hal-03749953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Activation of the eIF2α-ATF4 Pathway by Chronic Paracetamol Treatment Is Prevented by Dietary Supplementation with Cysteine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Carraro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Combaret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Coudy-Gandilhon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Parry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Averous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 23 (13), pp.7196. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/ijms23137196⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03741978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GCN2 upregulates autophagy in response to short-term deprivation of a single essential amino acid</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">When idiopathic male infertility is rooted in maternal malnutrition during the perinatal period in mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuki Muranishi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Parry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Catherine Maurin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurent Parry</w:t>
+                <w:t xml:space="preserve">Mélanie Vachette-Dit-Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wafa B’chir</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Valérie Carraro</w:t>
+                <w:t xml:space="preserve">Fabrice Saez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coudy-Gandilhon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Autophagy Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 1 (1), pp.119-142. </w:t>
+              <w:t xml:space="preserve">Biology of Reproduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 106 (3), pp.463-476. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/27694127.2022.2049045⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/biolre/ioab222⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03749953v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03474813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AIMTOR, a BRET biosensor for live imaging, reveals subcellular mTOR signaling and dysfunctions</w:t>
+                <w:t xml:space="preserve">Cyclosporin A but not FK506 activates the integrated stress response in human cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Bouquier</w:t>
+                <w:t xml:space="preserve">Anthony Fedele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Carraro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enora Moutin</w:t>
+                <w:t xml:space="preserve">Jianling Xie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Averous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel J. Tintignac</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Christopher Proud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12915-020-00790-8⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 295 (44), pp.15134-15143. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1074/jbc.RA120.014531⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02889781v1</w:t>
+                <w:t xml:space="preserve">hal-02957868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyclosporin A but not FK506 activates the integrated stress response in human cells</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">AIMTOR, a BRET biosensor for live imaging, reveals subcellular mTOR signaling and dysfunctions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bouquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enora Moutin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony Fedele</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Valérie Carraro</w:t>
+                <w:t xml:space="preserve">Lionel J. Tintignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jianling Xie</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Julien Averous</w:t>
+                <w:t xml:space="preserve">Amandine Reverbel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christopher Proud</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Elodie Jublanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 295 (44), pp.15134-15143. </w:t>
+              <w:t xml:space="preserve">BMC Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 18 (1), pp.81. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1074/jbc.RA120.014531⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12915-020-00790-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02957868v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02889781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liver GCN2 controls hepatic FGF21 secretion and modulates whole-body postprandial oxidation profile under a low-protein diet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Chalvon Demersay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joanna Moro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Even</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Chaumontet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1755,64 +1755,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Chaveroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Carraro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Jousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Averous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Médecine/Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 33 (2), pp.136-139. </w:t>
@@ -1854,51 +1854,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">GCN2 contributes to mTORC1 inhibition by leucine deprivation through an ATF4 independent mechanism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Averous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Lambert-Langlais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2027,64 +2027,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bruhat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Carraro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Jousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Averous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Biotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 34, pp.746-751. </w:t>
@@ -2122,103 +2122,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Method for collecting mouse milk without exogenous oxytocin stimulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuki Muranishi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Parry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Averous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Terrisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Catherine Maurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biotechniques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 60 (1), pp.47-49. </w:t>
@@ -2295,64 +2295,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Carraro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Canaple</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Averous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Catherine Maurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science Signaling</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 8 (374), pp.rs5-rs5. </w:t>
@@ -2403,90 +2403,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mécanismes d’adaptation à la disponibilité en acides aminés indispensables : rôles de la voie GCN2/eIF2/ATF4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Fafournoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Averous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bruhat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Carraro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Jousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biologie Aujourd'hui</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015</w:t>
@@ -2528,90 +2528,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptation to the availability of essential amino-acids: role of GCN2/eIF2α/ATF4 pathway</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Fafournoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Averous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bruhat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Carraro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Jousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biologie Aujourd'hui</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 209 (4), pp.317-23. </w:t>
@@ -2674,77 +2674,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’activation de la voie eIF2α-ATF4, une réponse adaptative au stress cellulaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bruhat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Jousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Carraro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Catherine Maurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Chaveroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2789,791 +2789,791 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01595102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hypothalamic eIF2 alpha signaling regulates food intake</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne-Catherine Maurin</w:t>
+                <w:t xml:space="preserve">Perinatal Protein Malnutrition Affects Mitochondrial Function in Adult and Results in a Resistance to High Fat Diet-Induced Obesity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Jousse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuki Muranishi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Parry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Benani</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Laurent Parry</w:t>
+                <w:t xml:space="preserve">Christophe Montaurier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Even</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.celrep.2014.01.006⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 9 (8), pp.e104896. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0104896⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02635326v1</w:t>
+                <w:t xml:space="preserve">hal-01365546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perinatal Protein Malnutrition Affects Mitochondrial Function in Adult and Results in a Resistance to High Fat Diet-Induced Obesity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Céline Jousse</w:t>
+                <w:t xml:space="preserve">Dual role for CHOP in the crosstalk between autophagy and apoptosis to determine cell fate in response to amino acid deprivation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wafa B'Chir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Chaveroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Carraro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Averous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yuki Muranishi</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Patrick Even</w:t>
+                <w:t xml:space="preserve">Anne-Catherine Maurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0104896⟩</w:t>
+              <w:t xml:space="preserve">Cellular Signalling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 26 (7), pp.1385 - 1391. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cellsig.2014.03.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01365546v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02638190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dual role for CHOP in the crosstalk between autophagy and apoptosis to determine cell fate in response to amino acid deprivation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cedric Chaveroux</w:t>
+                <w:t xml:space="preserve">Requirement for lysosomal localization of mTOR for its activation differs between leucine and other amino acids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Averous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Lambert-Langlais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Carraro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Anne-Catherine Maurin</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ophélie Gourbeyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Parry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cellular Signalling</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 26 (7), pp.1385 - 1391. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cellsig.2014.03.009⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 26 (9), pp.1918-1927. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cellsig.2014.04.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02638190v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02631139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Requirement for lysosomal localization of mTOR for its activation differs between leucine and other amino acids</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">Impairing the production of ribosomal RNA activates mammalian target of rapamycin complex 1 signalling and downstream translation factors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rui Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Iadevaia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Averous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Laurent Parry</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter M. Taylor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ze Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cellular Signalling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cellsig.2014.04.019⟩</w:t>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 42 (8), pp.5083-5096. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/nar/gku130⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02631139v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02631277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impairing the production of ribosomal RNA activates mammalian target of rapamycin complex 1 signalling and downstream translation factors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rui Liu</w:t>
+                <w:t xml:space="preserve">Hypothalamic eIF2 alpha signaling regulates food intake</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Catherine Maurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentina Iadevaia</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Julien Averous</w:t>
+                <w:t xml:space="preserve">Alexandre Benani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peter M. Taylor</w:t>
+                <w:t xml:space="preserve">Anne Lorsignol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ze Zhang</w:t>
+                <w:t xml:space="preserve">Xavier Brenachot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Parry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 42 (8), pp.5083-5096. </w:t>
+              <w:t xml:space="preserve">Cell Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 6 (3), pp.438-444. </w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/nar/gku130⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.celrep.2014.01.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02631277v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02635326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The eIF2 alpha/ATF4 pathway is essential for stress-induced autophagy gene expression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wafa B'Chir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Catherine Maurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Carraro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Averous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Jousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nucleic Acids Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 41 (16), pp.7683 - 7699. </w:t>
@@ -3605,1130 +3605,1130 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01056786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leucine limitation regulates myf5 and myoD expression and inibits myoblast differentiation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Amino acids downregulate the expression of several autophagy-related genes in rainbow trout myoblasts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Iban Seiliez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Gabillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Dardevet</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marine Riflade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Sadoul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Dias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Cell Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.yexcr.2011.10.015⟩</w:t>
+              <w:t xml:space="preserve">Autophagy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 8 (3), pp.1-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4161/auto.18863⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01205044v1</w:t>
+                <w:t xml:space="preserve">hal-01205048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amino acids downregulate the expression of several autophagy-related genes in rainbow trout myoblasts</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marine Riflade</w:t>
+                <w:t xml:space="preserve">The amino acid sensor GCN2 biases macronutrient selection during aging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Catherine Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Chaveroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bastien Sadoul</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Karine Dias</w:t>
+                <w:t xml:space="preserve">Sarah Langlais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Carraro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Jousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Autophagy</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 51 (1), pp.119 - 126. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00394-011-0205-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4161/auto.18863⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01205048v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02645818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The amino acid sensor GCN2 biases macronutrient selection during aging</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cedric Chaveroux</w:t>
+                <w:t xml:space="preserve">Leucine limitation regulates myf5 and myoD expression and inibits myoblast differentiation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Averous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Gabillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iban Seiliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Langlais</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dominique Dardevet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Nutrition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 51 (1), pp.119 - 126. </w:t>
+              <w:t xml:space="preserve">Experimental Cell Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 318, pp.217-227. </w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00394-011-0205-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.yexcr.2011.10.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02645818v1</w:t>
+                <w:t xml:space="preserve">hal-01205044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of GCN2 as new redox regulator for oxidative stress prevention in vivo</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sarah Lambert-Langlais</w:t>
+                <w:t xml:space="preserve">Perinatal undernutrition affects the methylation and expression of the leptin gene in adults: implication for the understanding of metabolic syndrome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Jousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Parry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Céline Jousse</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Lambert‐langlais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Catherine Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Averous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bbrc.2011.10.027⟩</w:t>
+              <w:t xml:space="preserve">FASEB Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 25 (9), pp.3271-3278. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1096/fj.11-181792⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02645943v1</w:t>
+                <w:t xml:space="preserve">hal-02460410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perinatal undernutrition affects the methylation and expression of the leptin gene in adults: implication for the understanding of metabolic syndrome</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Céline Jousse</w:t>
+                <w:t xml:space="preserve">Amino acid deprivation regulates the stress-inducible gene p8 via the GCN2/ATF4 pathway</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Averous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Lambert-Langlais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Cherasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Carraro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Parry</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Julien Averous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FASEB Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1096/fj.11-181792⟩</w:t>
+              <w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 413 (1), pp.24 - 29. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbrc.2011.08.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02460410v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02650318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amino acid deprivation regulates the stress-inducible gene p8 via the GCN2/ATF4 pathway</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Y. Cherasse</w:t>
+                <w:t xml:space="preserve">Identification of GCN2 as new redox regulator for oxidative stress prevention in vivo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Chaveroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Lambert-Langlais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Parry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Carraro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laurent Parry</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Jousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 413 (1), pp.24 - 29. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2011, 415 (1), pp.120 - 124. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbrc.2011.10.027⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.bbrc.2011.08.028⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02650318v1</w:t>
+                <w:t xml:space="preserve">hal-02645943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Presence of low-grade inflammation impaired postprandial stimulation of muscle protein synthesis in old rats</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">Amino Acid Availability Controls TRB3 Transcription in Liver through the GCN2/eIF2 alpha/ATF4 Pathway</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Carraro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Catherine Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Lambert-Langlais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Averous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Estelle Pujos-Guillot</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Chaveroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nutritional Biochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jnutbio.2009.01.005⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 5 (12), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0015716⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01173409v1</w:t>
+                <w:t xml:space="preserve">hal-02660079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amino Acid Availability Controls TRB3 Transcription in Liver through the GCN2/eIF2 alpha/ATF4 Pathway</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">Presence of low-grade inflammation impaired postprandial stimulation of muscle protein synthesis in old rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle Balage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Averous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cedric Chaveroux</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Remond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Bos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Pujos-Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Nutritional Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 21 (4), pp.325-31. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jnutbio.2009.01.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0015716⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02660079v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01173409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular mechanisms involved in the adaptation to amino acid limitation in mammals</w:t>
               </w:r>
@@ -4753,51 +4753,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Lambert-Langlais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoan Cherasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Averous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Parry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4887,51 +4887,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues Magne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Savary-Auzeloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Averous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Bos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4982,77 +4982,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regulation of cyclin D1 expression by mTORC1 signaling requires eukaryotic initiation factor 4E-binding protein 1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Averous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Fonseca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher Proud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Oncogene</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 27 (8), pp.1106-1113. </w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5125,51 +5125,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Codran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes Claustre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Averous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Listrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5220,64 +5220,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">When translation meets transformation : The mTOR story</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Averous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher Proud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Oncogene</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 25 (48), pp.6423-6435. </w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5311,77 +5311,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The GCN2 kinase biases feeding behavior to maintain amino acid homeostasis in omnivores</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Catherine Maurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Jousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Averous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Parry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5445,90 +5445,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La kinase GCN2 régule le comportement alimentaire des omnivores afin de maintenir l’homéostasie des acides aminés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Catherine Maurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Jousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelle M. Balage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Averous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Parry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5570,90 +5570,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Induction of IGFBP-1 expression by amino acid deprivation of HepG2 human hepatoma cells involves both a transcriptional activation and an mRNA stabilization due to its 3'UTR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Averous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Catherine Maurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bruhat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Jousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Arliguie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5698,342 +5698,342 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02682908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amino acids as regulators of gene expression : Molecular mechanisms</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Induction of CHOP expression by amino acid limitation requires both ATF4 expression and ATF2 phosphorylation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Averous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bruhat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Carraro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Jousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Mordier</w:t>
+                <w:t xml:space="preserve">Gerald Thiel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 279 (7), pp.5288-5297. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1074/jbc.M311862200⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02679439v1</w:t>
+                <w:t xml:space="preserve">hal-02683570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Induction of CHOP expression by amino acid limitation requires both ATF4 expression and ATF2 phosphorylation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">Amino acids as regulators of gene expression : Molecular mechanisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Jousse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Averous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bruhat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Gerald Thiel</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Carraro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Mordier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 313 (2), pp.447-452</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02683570v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02679439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recent advances in the understanding of amino acid regulation of gene expression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Averous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bruhat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Mordier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Fafournoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6084,51 +6084,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Differences in the molecular mechanisms involved in the transcriptional activation of the CHOP and asparagine synthetase genes in response to amino acid deprivation or activation of the unfolded protein response</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bruhat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Averous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Carraro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6237,51 +6237,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Protéines végétales et santé, la restriction intermittente en méthionine comme stratégie de nutrition préventive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Averous</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Assises Régionales de Nutrition et Santé Auvergne Rhône Alpes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6306,51 +6306,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Protéines Végétales et prévention de la santé : la restriction intermittente en acides aminés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Averous</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nutrevent</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6375,51 +6375,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Protéines végétales et prévention de la santé : la Restriction Intermittente en acides aminés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Averous</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire interne du Carnot Qualiment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Nantes (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6444,77 +6444,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New insights into the role of GCN2-eIF2alpha signaling in the regulation of autophagy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Catherine Maurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Parry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wafa B’chir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Carraro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6563,320 +6563,320 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04040983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification de marques épigénétiques marqueurs de prédisposition aux maladies métaboliques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jérémy Tournayre</w:t>
+                <w:t xml:space="preserve">The GCN2 kinase activates early events of autophagy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Catherine Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wafa B'Chir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Parry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Alain Bruhat</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Carraro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Mesclon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JOBIM 2018 Journées Ouvertes Biologie, Informatique et Mathématiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Marseille, France</w:t>
+              <w:t xml:space="preserve">8. Proteasome &amp; Autophagy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UMR Unité de Nutrition Humaine (1019).; Centre de Recherche en Nutrition Humaine (CRNH). FRA., Apr 2018, Clermont-Ferrand, France. 90 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01930383v1</w:t>
+                <w:t xml:space="preserve">hal-01786043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The GCN2 kinase activates early events of autophagy</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
+                <w:t xml:space="preserve">Identification de marques épigénétiques marqueurs de prédisposition aux maladies métaboliques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Tournayre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Parry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Catherine Maurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Florent Mesclon</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Averous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bruhat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8. Proteasome &amp; Autophagy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UMR Unité de Nutrition Humaine (1019).; Centre de Recherche en Nutrition Humaine (CRNH). FRA., Apr 2018, Clermont-Ferrand, France. 90 p</w:t>
+              <w:t xml:space="preserve">JOBIM 2018 Journées Ouvertes Biologie, Informatique et Mathématiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01786043v1</w:t>
+                <w:t xml:space="preserve">hal-01930383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification des mécanismes moléculaires impliqués dans la résistance des cellules à une carence en acides aminés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Mesclon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Langlais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Carraro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6957,90 +6957,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amino acid sensig: The EIF2A signaling in health and disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Fafournoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Averous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bruhat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Carraro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Jousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Congress of Physiology and Integrative Biologie and 84. Congress of French Physiological Society (SFP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société de Physiologie. Vieillevigne, FRA., May 2015, Strasbourg, France. 92 p., </w:t>
@@ -7078,90 +7078,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hypothalamic eIF2 alpha signaling regulates food intake</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Catherine Maurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Benani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Lorsignol-Desmet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Brenachot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Parry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7203,103 +7203,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Primary culture of rainbow trout myoblasts as a tool to study the nutritional control of the autophagy-lysosomal pathway</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iban Seiliez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iban Seiliez</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Gabillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Riflade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Sadoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Dias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. International Congress on the Biology of Fish</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, American Fisheries Society (AFS). USA., Jul 2012, Madison, Wisconsin, United States</w:t>
@@ -7328,103 +7328,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amino acids downregulate the expression of several autophagy related genes in rainbow trout (Oncorhynchus mykiss) myoblasts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iban Seiliez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iban Seiliez</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Gabillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Riflade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Sadoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Dias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15. International Symposium on Fish Nutrition and Feeding</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Labo/service de l'auteur, Ville service., Jun 2012, Molde, Norway. 345 p</w:t>
@@ -7453,103 +7453,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régulation de l'expression des gènes par les acides aminés, aspects in vitro et in vivo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Jousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Averous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Catherine Maurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoan Cherasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Deval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Scientifique du CNRH D'Auvergne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2004, Theix, France</w:t>
@@ -7578,90 +7578,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les facteurs de transcription ATF2 et ATF4 sont impliqués dans la régulation du gène chop par la carence en acides aminés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Averous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bruhat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Carraro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Jousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Fafournoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7699,77 +7699,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recent advances in the understanding of amino acid regulation of gene expression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Averous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bruhat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Mordier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Fafournoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7839,51 +7839,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regulating the expression of therapeutic transgenes by controlled intake of dietary essential amino acids: the Nutrireg technology platform</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Vituret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fida Azar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7891,51 +7891,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Carraro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Jousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Society of Gene &amp; Cell Therapy 30th Annual Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Brussel, Belgium</w:t>
@@ -7964,90 +7964,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of IL-6 and GDF15 expression during the transition from pre-anorexia to anorexia in the C26 tumor-bearing mouse model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghita Chaouki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Parry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Bindels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Jousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Papet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8089,90 +8089,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pretreatment with halofuginone attenuates adverse effects of acute inflammatory stress on mitochondrial alterations and mitophagy/biogenesis markers in liver</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghita Chaouki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Parry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Papet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Jousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Lefai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8214,51 +8214,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">GCN2 contributes to mTORC1 inhibition by leucine deprivation through an ATF4 independent mechanism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Averous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Lambert-Langlais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8339,64 +8339,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The GCN2 kinase is required for activating autophagy in response to indispensable amino acid deficiencies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Catherine Maurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wafa B'Chir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Reinhardt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8477,51 +8477,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of molecular mechanisms involved in cancer cell resistance to amino acid deprivation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Mesclon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Langlais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Carraro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8583,359 +8583,359 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02739369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Génération d’un modèle de souris transgénique pour visualiser en temps réel l’activation de la voie eIF2α/ATF4 lors d’un stress nutritionnel</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Development and optimization of a new gene regulation system controlled by nutrition applicable for gene therapy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Chaveroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bruhat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Carraro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Averous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Jousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Assises du Département Alimh</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2014, Arêches, France. , 2014, Assises du Département Alimh</w:t>
+              <w:t xml:space="preserve">Congrès de la Société Française de Thérapie Cellulaire et Génique (SFTCG)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2014, Toulouse, France. , 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01190022v1</w:t>
+                <w:t xml:space="preserve">hal-02740006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development and optimization of a new gene regulation system controlled by nutrition applicable for gene therapy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Génération d’un modèle de souris transgénique pour visualiser en temps réel l’activation de la voie eIF2α/ATF4 lors d’un stress nutritionnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bruhat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Chaveroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Carraro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Averous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Jousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de la Société Française de Thérapie Cellulaire et Génique (SFTCG)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2014, Toulouse, France. , 2014</w:t>
+              <w:t xml:space="preserve">Assises du Département Alimh</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2014, Arêches, France. , 2014, Assises du Département Alimh</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02740006v1</w:t>
+                <w:t xml:space="preserve">hal-01190022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The eIF2α/ATF4 pathway is essential for stress-induced autophagy gene expression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wafa B'Chir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Catherine Maurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Averous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Jousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuki Muranishi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMBO Conference, Autophagy: Molecular Mechanisms, Physiology and Pathology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2013, Hurtigruten, Norway. 2013</w:t>
@@ -8996,77 +8996,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptation to Amino Acid Availability: Role of GCN2 in the Regulation of Physiological Functions and in Pathological Disorders</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Averous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Jousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Catherine Maurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bruhat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9117,64 +9117,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cellular adaptation to amino acid availability: mechanisms involved in the regulation of gene expression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Averous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Langlais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Chaveroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9242,77 +9242,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cellular adaptation to amino acid availability : Mechanisms involved in the regulation of gene expression and protein metabolism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Mordier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bruhat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Averous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Fafournoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9408,77 +9408,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Fafournoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bruhat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Jousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Catherine Maurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Averous</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Patent n° : US 2014/0322184 A1. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9522,77 +9522,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Fafournoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bruhat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Jousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Catherine Maurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Averous</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N° de brevet: EP2776568 A1. 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9760,90 +9760,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maternal nutritional stress alters sperm competence in male mice offspring leading to reduced fertility</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuki Muranishi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Parry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Vachette-Dit-Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Saez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coudy-Gandilhon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9910,51 +9910,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mécanismes moléculaires impliqués dans la régulation de l'expression des gènes par les acides aminés chez les mammifères. Exemples de chop et d'IGFBP1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Averous</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences du Vivant [q-bio]. Université Blaise Pascal (Clermont Ferrand 2), 2004. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -10013,51 +10013,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MECANISMES D’ADAPTATION A LA DISPONIBILITE EN ACIDES AMINES: ROLE DES KINASES GCN2 ET mTOR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Averous</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences du Vivant [q-bio]. Université Clermont Auvergne (UCA), 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10244,51 +10244,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05065107v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Jousse" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Parry" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal Cueff" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Brandolini-Bunlon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Tournayre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2025.112377" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04987695v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghita Chaouki" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Vituret" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Leremboure" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2025.112030" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04214017v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Doug&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Carraro" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Coudy-Gandilhon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tan.15252" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04178468v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Cussonneau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Deval" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi M. Djelloul-Mazouz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms24010621" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04157343v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Chalvon-Demersay" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire C. Gaudichon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Moro" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Even" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadezda Khodorova" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00394-022-02983-z" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03474813v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuki Muranishi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Vachette-Dit-Martin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Saez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biolre/ioab222" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03741978v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Combaret" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Averous" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23137196" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03749953v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine Maurin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa B&#8217;chir" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/27694127.2022.2049045" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889781v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bouquier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enora Moutin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel J. Tintignac" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Reverbel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Jublanc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-020-00790-8" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02957868v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Fedele" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianling Xie" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Proud" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.RA120.014531" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308960v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Chalvon Demersay" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Chaumontet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Tom&#233;" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpendo.00022.2019" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594828v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Mesclon" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Lambert-Langlais" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Carraro" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hainault" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18632/oncotarget.15828" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595228v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bruhat" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Chaveroux" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/20173302007" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438154v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep27698" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594469v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nbt.3582" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01274509v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Terrisse" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2144/000114373" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02459218v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chaveroux" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Carraro" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Canaple" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/scisignal.aaa0549" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796515v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fafournoux" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519158v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jbio/2016005" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/946DC98B9A4B150B87C5D8D5FDB23FF8452C8E63/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595102v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/20153112002" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635326v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Benani" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lorsignol" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Brenachot" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2014.01.006" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01365546v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Montaurier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0104896" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638190v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa B'Chir" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cellsig.2014.03.009" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631139v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Gourbeyre" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cellsig.2014.04.019" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LCMHRVRK-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631277v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Liu" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Iadevaia" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter M. Taylor" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ze Zhang" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gku130" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056786v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkt563" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205044v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Gabillard" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iban Seiliez" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Dardevet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yexcr.2011.10.015" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S83F8HGH-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205048v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Riflade" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Sadoul" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Dias" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/auto.18863" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645818v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Langlais" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00394-011-0205-4" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/360324234E5DDDE7D23B354BAE394F144E72885B/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645943v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2011.10.027" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02460410v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Lambert&#8208;langlais" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.11-181792" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650318v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lambert-Langlais" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Cherasse" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2011.08.028" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8MQ8JB85-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173409v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Balage" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Remond" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bos" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Pujos-Guillot" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnutbio.2009.01.005" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6VKQMFNP-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660079v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0015716" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05081358v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Chaveroux" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Cherasse" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2010.02.020" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01867976v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rieu" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Magne" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Savary-Auzeloux" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Bos" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/jphysiol.2009.178319" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667468v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fonseca" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.onc.1210715" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660018v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Vazeille" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Codran" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Claustre" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Listrat" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpendo.90532.2008" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658876v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.onc.1209887" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02454718v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Jousse" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmet.2005.03.004" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681321v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle M. Balage" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682908v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Arliguie" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.febslet.2005.03.077" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679439v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Mordier" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683570v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Thiel" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M311862200" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673076v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683499v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Can Zhong" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas M. Reimold" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M206149200" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04718951v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04718933v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04694718v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04040983v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01930383v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01786043v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237880v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742614v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apha.12520" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065490v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lorsignol-Desmet" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746468v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744744v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760814v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763975v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828538v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04214142v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fida Azar" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Faure" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04041599v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bindels" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Papet" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04845987v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Lefai" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01811435v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01305347v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Reinhardt" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739369v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190022v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740006v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748854v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799663v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805890v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02826696v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792534v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809468v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04738591v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soizig Le Garrec" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Pinel" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Heraud" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akintha Ganot" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Veron" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434028v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02829860v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-04815220v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04987695v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghita Chaouki" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Parry" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Vituret" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Jousse" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Leremboure" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2025.112030" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05065107v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal Cueff" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Brandolini-Bunlon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Tournayre" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2025.112377" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04214017v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Doug&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Carraro" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Coudy-Gandilhon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tan.15252" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04157343v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Chalvon-Demersay" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire C. Gaudichon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Moro" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Even" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadezda Khodorova" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00394-022-02983-z" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04178468v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Cussonneau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Deval" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi M. Djelloul-Mazouz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms24010621" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03749953v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine Maurin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa B&#8217;chir" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/27694127.2022.2049045" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03741978v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Combaret" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Averous" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23137196" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03474813v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuki Muranishi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Vachette-Dit-Martin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Saez" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biolre/ioab222" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02957868v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Fedele" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianling Xie" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Proud" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.RA120.014531" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889781v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bouquier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enora Moutin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel J. Tintignac" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Reverbel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Jublanc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-020-00790-8" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308960v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Chalvon Demersay" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Chaumontet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Tom&#233;" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpendo.00022.2019" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594828v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Mesclon" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Lambert-Langlais" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Carraro" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hainault" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18632/oncotarget.15828" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595228v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bruhat" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Chaveroux" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/20173302007" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438154v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep27698" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594469v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nbt.3582" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01274509v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Terrisse" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2144/000114373" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02459218v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chaveroux" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Carraro" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Canaple" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/scisignal.aaa0549" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796515v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fafournoux" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519158v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jbio/2016005" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/946DC98B9A4B150B87C5D8D5FDB23FF8452C8E63/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595102v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/20153112002" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01365546v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Montaurier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0104896" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638190v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa B'Chir" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cellsig.2014.03.009" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631139v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Gourbeyre" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cellsig.2014.04.019" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LCMHRVRK-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631277v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Liu" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Iadevaia" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter M. Taylor" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ze Zhang" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gku130" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635326v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Benani" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lorsignol" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Brenachot" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2014.01.006" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056786v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkt563" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205048v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iban Seiliez" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Gabillard" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Riflade" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Sadoul" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Dias" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/auto.18863" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645818v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Langlais" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00394-011-0205-4" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/360324234E5DDDE7D23B354BAE394F144E72885B/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205044v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Dardevet" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yexcr.2011.10.015" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S83F8HGH-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02460410v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Lambert&#8208;langlais" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.11-181792" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650318v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lambert-Langlais" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Cherasse" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2011.08.028" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8MQ8JB85-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645943v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2011.10.027" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660079v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0015716" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173409v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Balage" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Remond" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bos" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Pujos-Guillot" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnutbio.2009.01.005" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6VKQMFNP-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05081358v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Chaveroux" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Cherasse" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2010.02.020" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01867976v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rieu" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Magne" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Savary-Auzeloux" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Bos" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/jphysiol.2009.178319" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667468v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fonseca" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.onc.1210715" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660018v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Vazeille" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Codran" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Claustre" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Listrat" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpendo.90532.2008" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658876v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.onc.1209887" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02454718v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Jousse" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmet.2005.03.004" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681321v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle M. Balage" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682908v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Arliguie" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.febslet.2005.03.077" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683570v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Thiel" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M311862200" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679439v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Mordier" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673076v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683499v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Can Zhong" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas M. Reimold" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M206149200" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04718951v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04718933v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04694718v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04040983v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01786043v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01930383v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237880v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742614v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apha.12520" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065490v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lorsignol-Desmet" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746468v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744744v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760814v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763975v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828538v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04214142v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fida Azar" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Faure" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04041599v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bindels" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Papet" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04845987v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Lefai" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01811435v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01305347v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Reinhardt" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739369v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740006v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190022v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748854v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799663v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805890v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02826696v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792534v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809468v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04738591v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soizig Le Garrec" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Pinel" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Heraud" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akintha Ganot" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Veron" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434028v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02829860v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-04815220v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>