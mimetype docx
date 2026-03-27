--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Julien Barde </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Science ouverte, infrastructures de données marines</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">julien-barde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-3519-6141</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">I am working for IRD (French National Research Institute for Sustainable Development, </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://en.ird.fr/ird.fr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">) since 2008 as an IT research engineer. I am located in Sète, hosted by and working with Ifremer marine laboratory in the wider context of MARBEC mixed research unit (which also includes CNRS and Montpellier University), also involved in ODATIS Ocean Cluster.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">The focus of my work is the interoperability of information systems to improve (spatial) data management on marine ecosystems (biodiversity or ecological observations and related environmental parameters). I am working on methods to implement FAIR Data Management Plans by using R programming language to comply with widely used standards for data interoperability. I am a representative of IRD (member of the board) as a partner in the framework of ongoing AQUARIUS and Blue Cloud 2026 HORIZON projects and was also during previous G2OI (ERDF INTERREG), Blue-Cloud (H2020), iMarine (FP7), BlueBRIDGE (H2020) European research projects , OpenAIRE-Connect H2020 projects, and a grant from RDA EU 4.0 H2020 project (&amp;quot;ambassador&amp;quot; for marine domain).</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (17)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From underwater to drone: A novel multi-scale knowledge distillation approach for coral reef monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Contini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Illien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Poulain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 89, 103149 (16p.). </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecoinf.2025.103149⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05105687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seatizen Atlas: a collaborative dataset of underwater and aerial marine imagery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Contini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Illien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohan Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mervyn Ravitchandirane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Russias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Data </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 12 (1), pp.67. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41597-024-04267-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04918784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predicting species distributions in the open ocean with convolutional neural networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaétan Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Rouyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Titouan Lorieul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peer Community Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 4, pp.e93. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24072/pcjournal.471⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04754491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GeoAI for Marine Ecosystem Monitoring: a Complete Workflow to Generate Maps from AI Model Predictions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Talpaert Daudon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Contini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Urbina-Barreto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brianna Elliott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Guilhaumon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISPRS International Archives of the Photogrammetry, Remote Sensing and Spatial Information Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, XLVIII-4/W7-2023, pp.223-230. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/isprs-archives-XLVIII-4-W7-2023-223-2023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04204101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tunabio: biological traits of tropical tuna and bycatch species caught by purse seine fisheries in the Western Indian and Eastern Central Atlantic Oceans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Guillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bodin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Chassot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Duparc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théotime Fily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biodiversity Data Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10, </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3897/BDJ.10.e85938⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03736612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A user-centric metadata model to foster sharing and reuse of multidisciplinary datasets in environmental and life sciences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentina Beretta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Desconnets</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Mougenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muhammad Arslan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers &amp; Geosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 154, 104807 [10 p.]. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cageo.2021.104807⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03230565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecological data for western Indian Ocean tuna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bodin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Chassot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fany Sardenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iker Zudaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maitane Grande</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 99 (5), pp.1245. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ecy.2218⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01835447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SICP : système d’information collaboratif pour l’environnement et la gestion durable des pêches en Mauritanie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ely Beibou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Guitton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue ouverte d'ingénierie des systèmes d'information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 20 (3), pp.11-35. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/isi.20.3.11-35⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05298843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des indicateurs et des métadonnées pour les décrire : intégration au sein d’atlas géomatique en ligne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ely Beibou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Guitton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Libourel Rouge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CEUR Workshop Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01837233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reply to Roopnarine: What is an apex predator?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Elise Nieblas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Bonhommeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Le Pape</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Chassot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dubroca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 111 (9), pp.E797-E797. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.1324146111⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01210221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reply to Feeley and Machovina: Trophic ecology complements estimates of land use change due to food production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Bonhommeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Elise Nieblas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Chassot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David M. Kaplan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dubroca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 111 (9), pp.E795-E795. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.1324144111⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01210220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eating up the world's food web and the human trophic level</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Bonhommeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dubroca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Le Pape</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David M. Kaplan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 110 (51), pp.20617-20620. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.1305827110⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01210199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-standards metadata cataloguing tools for Ocean Observatories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Desconnets</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Egdington</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Heurteaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mediterranean Marine Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 12 (3), pp.53. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.12681/mms.70⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05298690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safeguarding, Integrating and Disseminating Knowledge on Exploited Marine Ecosystems: the Ecoscope</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Cauquil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Chavance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Cury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mediterranean Marine Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 12 (3), pp.45. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.12681/mms.69⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05298732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Metadata Service for Integrated Management of Knowledges Related to Coastal Areas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Libourel Rouge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Maurel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multimedia Tools and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 25 (3), pp.419-429. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11042-005-6544-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00105344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Building Spatial data Infrastructures Based on Spatial Cognition: an Example for Integrated Coastal Zone Management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Maurel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Libourel Rouge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environment and Planning B: Planning and Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00105345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ontologies and Metadata for Sharing use of Geographical Information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Libourel Rouge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Maurel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale de Géomatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 14 (2), pp.199-217. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/rig.14.199-216⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00108576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The point is the mask: scaling coral reef segmentation with weak supervision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Contini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Illien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Poulain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICCV 2025 - Joint Workshop on Marine Vision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Honolulu, Hawaii, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05457113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FAO partnerships and Virtual Research Environments to support global monitoring of state of fishery stocks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Taconet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rishi Sharma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aureliano Gentile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Elise Nieblas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kiran Viparthi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">One Ocean Science Congress 2025 - UNOC3</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, United Nations Decade of Ocean Science for Sustainable Development, Jun 2025, Nice, France. pp.OOS2025-790, </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/oos2025-790⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05459379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Centipède: Un réseau collaboratif de bases GNSS RTK favorisant une géolocalisation de haute précision gratuite à La Réunion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Poulain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Brial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Mouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Devillers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pennober Gwenaelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres Géomatiques de La Réunion et de l'océan Indien</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Saint-Denis, Réunion. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.10256254⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04900398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoflow : un workflow pour une gestion simple, FAIR et durable des données</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilfried Heintz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diffuser ses (méta)données spatiales avec R geoflow</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Webinaire, France. pp.1-70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03420835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoflow : un workflow pour une gestion simple, FAIR et durable des données</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilfried Heintz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Blondel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-envir : Les données ouvertes en sciences environnementales : exploration, cas d'études et applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Strasbourg, France. pp.1-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03420809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Global database and common toolbox for tuna fisheries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Taconet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Chassot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Guitton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Palma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Fiorellato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Standing Committee on Research and Statistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Commission for the Conservation of Atlantic Tunas, Sep 2016, Madrid, Spain. pp.3327-3337</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04613425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Généricité pour la gestion et la valorisation des données scientifiques l'apport des métadonnées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilfried Heintz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23. Systèmes complexes naturels et artificiels. "Qu'est ce que la donnée ?".</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2016, Rochebrune, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en place d'un SPARQL EndPoint. Servir du RDF via HTTP avec Jena & Fuseki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilfried Heintz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées RBDD « Conduire et construire un plan de gestion des données : De la base de données à la pérennisation »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Sète, France. 35 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01954711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Metadata Service for Managing Spatial Resources of Coastal Areas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Libourel Rouge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Maurel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Desconnets</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabila Gaertner-Mazouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CoastGIS: Defining and Building a Marine and Coastal Spatial Data Infrastructure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2005, Aberdeen, British Virgin Islands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00106095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Système d'Information pour la Gestion Intégrée des Zones Côtières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Divol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Libourel Rouge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Maurel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SAGEO: Spatial Analysis and GEOmatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00106094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Définition et Caractérisation des Composantes de la Zone Côtière : Proposition de Typologies en Région Languedoc-Roussillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prospective du Littoral - Prospective pour le Littoral</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2005, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00106092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Définition et caractérisation de composantes de la zone côtière : proposition de typologies en région Languedoc-Roussillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">. Ministère de L'Ecologie, Du Développement Et de L'Aménagement Durables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international : Prospective du littoral – Prospective pour le littoral</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2005, Paris, France. n.p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02834113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interface adaptable de requêtes pour un service de métadonnées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Divol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Libourel Rouge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Maurel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AEGC: Extraction et Gestion des Connaissances (Etat et perspectives)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2005, Paris, France. pp.133-140</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02587780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Système d'information pour la gestion intégrée des zones côtières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Libourel Rouge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Maurel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence "SAGEO'2005, Conference on Spatial Analysis and GEOmatics", Session : Risques, environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Avignon, France. pp.12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02587777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Métadonnées et Information spatiale. Application à la gestion intégrée de la zone côtière.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Libourel Rouge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Maurel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SDN: Semaine du Document Numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2004, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">sic_00001239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Let's be FAIR: Data managament plans managed with R programming language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilfried Heintz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RDA's 12. Plenary Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Gaborone, Botswana. 1 p., 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02786431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blue-Cloud Virtual Labs in Support of Sustainable Development Goals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrielle Delvenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Barth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Dechenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steven Pint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OCEANS 2025 Brest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, BREST, France. IEEE, pp.1-6, 2025, </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/OCEANS58557.2025.11104725⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05299576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Workflows for marine metadata and data management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Grasset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IMDIS 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Bergen (NO), Norway. Istituto Nazionale di Geofisica e Vulcanologia (INGV), 2024, </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13127/MISC/80/7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05298929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Online collaborative environment to run stock assessment workflow : an option for IOTC ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Chassot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rouyer Tristan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Bonhommeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lawrence Kell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-01679571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seychelles VMS/logbook comparison for tuna fisheries (FAO Area 51)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.E. Nieblas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Louys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Assan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Taconet, M. (ed.); Kroodsma, D. (ed.); Fernandes, J.A. (ed). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global atlas of AIS-based fishing activity : challenges and opportunities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, FAO, p. 79-108, 2019, 978-92-5-131964-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02887162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A metadata service for managing spatial resources of coastal areas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Libourel Rouge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Maurel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Desconnets</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabila Gaertner-Mazouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Coastal and Marine Geospatial Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Coastal Systems and Continental Margins (CSCM) (13), pp.3-16, 2010, 978-1-4020-9719-5. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-4020-9720-1_1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02587776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orthophoto et DEM (MNE) issues d'images drone, UAV, Ermitage, Saint-Gilles, Réunion - 20230524 - 02_1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Poulain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Mouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.10039113⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04901254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orthophoto et DEM (MNE) issues d'images drone, UAV, Ermitage, Saint-Gilles, Réunion - 20230524 - 02_3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Poulain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Mouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.10039111⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04901219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orthophoto et DEM (MNE) issues d'images drone, UAV, Ermitage, Saint-Gilles, Réunion - 20230801 - 02_1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Poulain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Mouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.10039112⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04901242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orthophoto et DEM (MNE) issues d'images drone, UAV, Ermitage, Saint-Gilles, Réunion - 20230524 - 02_2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Poulain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Mouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.10038464⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04901232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orthophoto et DEM (MNE) issus d'images drone, UAV, Ermitage, Saint-Gilles, Réunion - 20230722 - 02_1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Poulain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Mouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.10039108⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04901194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orthophoto et DEM (MNE) issues d'images drone, UAV, Ermitage, Saint-Gilles, Réunion - 20230524 - 02_4</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Poulain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Mouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.10038383⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04901259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interface Adaptable de Requêtes pour un Service de Métadonnées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Divol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Libourel Rouge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Maurel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005, pp.133-140</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00106093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predicting species distributions in the open oceans with convolutional neural networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaétan Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Rouyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Titouan Lorieul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04204332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">France-territoires : Rapport national destiné au Comité scientifique de la Commission des thons de l’océan Indien, 2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lebranchu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe S. Sabarros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Floch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Cauquil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Depetris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] France-territoires. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-05015510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UE–France: Rapport national destiné au Comité scientifique de la Commission des thons de l’océan Indien, 2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lebranchu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe S. Sabarros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Floch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Cauquil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Depetris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] UE-France. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-05015509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UE–France: Rapport national destiné au Comité scientifique de la Commission des thons de l’océan Indien, 2020</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe S. Sabarros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Floch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Cauquil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Depetris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Duparc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] UE-France. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05015835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UE–France: Rapport national destiné au Comité scientifique de la Commission des thons de l’océan Indien, 2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe S. Sabarros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Floch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Cauquil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Depetris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] UE-France. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-05015508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Report of workshop on the harmonization of fisheries information systems in the south west Indian Ocean region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] FAO. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-01679568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mutualisation de données et de connaissances pour la Gestion Intégrée des Zones Côtières. Application au projet SYSCOLAG.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'environnement. Thèse de doctorat en informatique, Université Montpellier II, 2005. Français. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02587766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mutualisation de données et de connaissances pour la Gestion Intégrée des Zones Côtières. Application au projet SYSCOLAG.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mathématiques [math]. Université Montpellier II - Sciences et Techniques du Languedoc, 2005. Français. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00112661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId171"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Julien Barde </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Science ouverte, infrastructures de données marines</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">julien-barde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-3519-6141</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">I am working for IRD (French National Research Institute for Sustainable Development, </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://en.ird.fr/ird.fr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">) since 2008 as an IT research engineer. I am located in Sète, hosted by and working with Ifremer marine laboratory in the wider context of MARBEC mixed research unit (which also includes CNRS and Montpellier University), also involved in ODATIS Ocean Cluster.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">The focus of my work is the interoperability of information systems to improve (spatial) data management on marine ecosystems (biodiversity or ecological observations and related environmental parameters). I am working on methods to implement FAIR Data Management Plans by using R programming language to comply with widely used standards for data interoperability. I am a representative of IRD (member of the board) as a partner in the framework of ongoing AQUARIUS and Blue Cloud 2026 HORIZON projects and was also during previous G2OI (ERDF INTERREG), Blue-Cloud (H2020), iMarine (FP7), BlueBRIDGE (H2020) European research projects , OpenAIRE-Connect H2020 projects, and a grant from RDA EU 4.0 H2020 project (&amp;quot;ambassador&amp;quot; for marine domain).</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (17)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From underwater to drone: A novel multi-scale knowledge distillation approach for coral reef monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Contini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Illien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Poulain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 89, 103149 (16p.). </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecoinf.2025.103149⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05105687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seatizen Atlas: a collaborative dataset of underwater and aerial marine imagery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Contini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Illien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohan Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mervyn Ravitchandirane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Russias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Data </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 12 (1), pp.67. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41597-024-04267-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04918784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predicting species distributions in the open ocean with convolutional neural networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaétan Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Rouyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Titouan Lorieul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peer Community Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 4, pp.e93. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24072/pcjournal.471⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04754491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GeoAI for Marine Ecosystem Monitoring: a Complete Workflow to Generate Maps from AI Model Predictions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Talpaert Daudon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Contini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Urbina-Barreto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brianna Elliott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Guilhaumon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISPRS International Archives of the Photogrammetry, Remote Sensing and Spatial Information Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, XLVIII-4/W7-2023, pp.223-230. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/isprs-archives-XLVIII-4-W7-2023-223-2023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04204101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tunabio: biological traits of tropical tuna and bycatch species caught by purse seine fisheries in the Western Indian and Eastern Central Atlantic Oceans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Guillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bodin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Chassot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Duparc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théotime Fily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biodiversity Data Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10, </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3897/BDJ.10.e85938⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03736612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A user-centric metadata model to foster sharing and reuse of multidisciplinary datasets in environmental and life sciences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentina Beretta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Desconnets</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Mougenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muhammad Arslan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers &amp; Geosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 154, 104807 [10 p.]. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cageo.2021.104807⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03230565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecological data for western Indian Ocean tuna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bodin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Chassot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fany Sardenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iker Zudaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maitane Grande</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 99 (5), pp.1245. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ecy.2218⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01835447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SICP : système d’information collaboratif pour l’environnement et la gestion durable des pêches en Mauritanie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ely Beibou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Guitton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue ouverte d'ingénierie des systèmes d'information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 20 (3), pp.11-35. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/isi.20.3.11-35⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05298843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des indicateurs et des métadonnées pour les décrire : intégration au sein d’atlas géomatique en ligne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ely Beibou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Guitton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Libourel Rouge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CEUR Workshop Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01837233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reply to Roopnarine: What is an apex predator?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Elise Nieblas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Bonhommeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Le Pape</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Chassot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dubroca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 111 (9), pp.E797-E797. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.1324146111⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01210221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reply to Feeley and Machovina: Trophic ecology complements estimates of land use change due to food production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Bonhommeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Elise Nieblas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Chassot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David M. Kaplan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dubroca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 111 (9), pp.E795-E795. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.1324144111⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01210220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eating up the world's food web and the human trophic level</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Bonhommeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dubroca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Le Pape</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David M. Kaplan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 110 (51), pp.20617-20620. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.1305827110⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01210199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-standards metadata cataloguing tools for Ocean Observatories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Desconnets</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Egdington</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Heurteaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mediterranean Marine Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 12 (3), pp.53. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.12681/mms.70⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05298690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safeguarding, Integrating and Disseminating Knowledge on Exploited Marine Ecosystems: the Ecoscope</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Cauquil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Chavance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Cury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mediterranean Marine Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 12 (3), pp.45. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.12681/mms.69⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05298732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Metadata Service for Integrated Management of Knowledges Related to Coastal Areas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Libourel Rouge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Maurel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multimedia Tools and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 25 (3), pp.419-429. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11042-005-6544-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00105344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Building Spatial data Infrastructures Based on Spatial Cognition: an Example for Integrated Coastal Zone Management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Maurel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Libourel Rouge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environment and Planning B: Planning and Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00105345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ontologies and Metadata for Sharing use of Geographical Information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Libourel Rouge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Maurel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale de Géomatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 14 (2), pp.199-217. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/rig.14.199-216⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00108576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The point is the mask: scaling coral reef segmentation with weak supervision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Contini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Illien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Poulain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICCV 2025 - Joint Workshop on Marine Vision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Honolulu, Hawaii, United States. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICCVW69036.2025.00217⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05457113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FAO partnerships and Virtual Research Environments to support global monitoring of state of fishery stocks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Taconet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rishi Sharma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aureliano Gentile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Elise Nieblas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kiran Viparthi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">One Ocean Science Congress 2025 - UNOC3</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, United Nations Decade of Ocean Science for Sustainable Development, Jun 2025, Nice, France. pp.OOS2025-790, </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/oos2025-790⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05459379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Centipède: Un réseau collaboratif de bases GNSS RTK favorisant une géolocalisation de haute précision gratuite à La Réunion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Poulain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Brial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Mouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Devillers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pennober Gwenaelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres Géomatiques de La Réunion et de l'océan Indien</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Saint-Denis, Réunion. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.10256254⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04900398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoflow : un workflow pour une gestion simple, FAIR et durable des données</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilfried Heintz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diffuser ses (méta)données spatiales avec R geoflow</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Webinaire, France. pp.1-70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03420835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoflow : un workflow pour une gestion simple, FAIR et durable des données</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilfried Heintz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Blondel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-envir : Les données ouvertes en sciences environnementales : exploration, cas d'études et applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Strasbourg, France. pp.1-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03420809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Global database and common toolbox for tuna fisheries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Taconet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Chassot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Guitton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Palma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Fiorellato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Standing Committee on Research and Statistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Commission for the Conservation of Atlantic Tunas, Sep 2016, Madrid, Spain. pp.3327-3337</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04613425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Généricité pour la gestion et la valorisation des données scientifiques l'apport des métadonnées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilfried Heintz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23. Systèmes complexes naturels et artificiels. "Qu'est ce que la donnée ?".</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2016, Rochebrune, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en place d'un SPARQL EndPoint. Servir du RDF via HTTP avec Jena & Fuseki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilfried Heintz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées RBDD « Conduire et construire un plan de gestion des données : De la base de données à la pérennisation »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Sète, France. 35 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01954711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Metadata Service for Managing Spatial Resources of Coastal Areas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Libourel Rouge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Maurel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Desconnets</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabila Gaertner-Mazouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CoastGIS: Defining and Building a Marine and Coastal Spatial Data Infrastructure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2005, Aberdeen, British Virgin Islands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00106095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Système d'Information pour la Gestion Intégrée des Zones Côtières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Divol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Libourel Rouge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Maurel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SAGEO: Spatial Analysis and GEOmatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00106094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Définition et caractérisation de composantes de la zone côtière : proposition de typologies en région Languedoc-Roussillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">. Ministère de L'Ecologie, Du Développement Et de L'Aménagement Durables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international : Prospective du littoral – Prospective pour le littoral</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2005, Paris, France. n.p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02834113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Définition et Caractérisation des Composantes de la Zone Côtière : Proposition de Typologies en Région Languedoc-Roussillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prospective du Littoral - Prospective pour le Littoral</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2005, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00106092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interface adaptable de requêtes pour un service de métadonnées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Divol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Libourel Rouge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Maurel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AEGC: Extraction et Gestion des Connaissances (Etat et perspectives)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2005, Paris, France. pp.133-140</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02587780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Système d'information pour la gestion intégrée des zones côtières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Libourel Rouge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Maurel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence "SAGEO'2005, Conference on Spatial Analysis and GEOmatics", Session : Risques, environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Avignon, France. pp.12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02587777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Métadonnées et Information spatiale. Application à la gestion intégrée de la zone côtière.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Libourel Rouge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Maurel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SDN: Semaine du Document Numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2004, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">sic_00001239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Let's be FAIR: Data managament plans managed with R programming language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilfried Heintz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RDA's 12. Plenary Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Gaborone, Botswana. 1 p., 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02786431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blue-Cloud Virtual Labs in Support of Sustainable Development Goals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrielle Delvenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Barth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Dechenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steven Pint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OCEANS 2025 Brest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, BREST, France. IEEE, pp.1-6, 2025, </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/OCEANS58557.2025.11104725⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05299576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Workflows for marine metadata and data management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Grasset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IMDIS 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Bergen (NO), Norway. Istituto Nazionale di Geofisica e Vulcanologia (INGV), 2024, </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13127/MISC/80/7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05298929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Online collaborative environment to run stock assessment workflow : an option for IOTC ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Chassot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rouyer Tristan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Bonhommeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lawrence Kell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-01679571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seychelles VMS/logbook comparison for tuna fisheries (FAO Area 51)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.E. Nieblas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Louys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Assan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Taconet, M. (ed.); Kroodsma, D. (ed.); Fernandes, J.A. (ed). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global atlas of AIS-based fishing activity : challenges and opportunities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, FAO, p. 79-108, 2019, 978-92-5-131964-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02887162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A metadata service for managing spatial resources of coastal areas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Libourel Rouge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Maurel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Desconnets</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabila Gaertner-Mazouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Coastal and Marine Geospatial Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Coastal Systems and Continental Margins (CSCM) (13), pp.3-16, 2010, 978-1-4020-9719-5. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-4020-9720-1_1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02587776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FAIR Management of marine data in the Western Indian Ocean Remote areas and in Areas Beyond National Jurisdiction (ABNJs) to inform multilateral strategies and actions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.13819928⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05563522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orthophoto et DEM (MNE) issues d'images drone, UAV, Ermitage, Saint-Gilles, Réunion - 20230524 - 02_3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Poulain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Mouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.10039111⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04901219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orthophoto et DEM (MNE) issues d'images drone, UAV, Ermitage, Saint-Gilles, Réunion - 20230524 - 02_1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Poulain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Mouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.10039113⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04901254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orthophoto et DEM (MNE) issues d'images drone, UAV, Ermitage, Saint-Gilles, Réunion - 20230801 - 02_1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Poulain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Mouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.10039112⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04901242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orthophoto et DEM (MNE) issues d'images drone, UAV, Ermitage, Saint-Gilles, Réunion - 20230524 - 02_2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Poulain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Mouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.10038464⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04901232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orthophoto et DEM (MNE) issus d'images drone, UAV, Ermitage, Saint-Gilles, Réunion - 20230722 - 02_1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Poulain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Mouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.10039108⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04901194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orthophoto et DEM (MNE) issues d'images drone, UAV, Ermitage, Saint-Gilles, Réunion - 20230524 - 02_4</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Poulain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Mouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.10038383⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04901259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interface Adaptable de Requêtes pour un Service de Métadonnées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Divol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Libourel Rouge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Maurel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005, pp.133-140</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00106093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predicting species distributions in the open oceans with convolutional neural networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaétan Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Rouyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Titouan Lorieul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04204332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">France-territoires : Rapport national destiné au Comité scientifique de la Commission des thons de l’océan Indien, 2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lebranchu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe S. Sabarros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Floch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Cauquil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Depetris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] France-territoires. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-05015510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UE–France: Rapport national destiné au Comité scientifique de la Commission des thons de l’océan Indien, 2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lebranchu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe S. Sabarros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Floch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Cauquil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Depetris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] UE-France. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-05015509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UE–France: Rapport national destiné au Comité scientifique de la Commission des thons de l’océan Indien, 2020</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe S. Sabarros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Floch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Cauquil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Depetris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Duparc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] UE-France. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05015835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UE–France: Rapport national destiné au Comité scientifique de la Commission des thons de l’océan Indien, 2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe S. Sabarros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Floch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Cauquil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Depetris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] UE-France. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-05015508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Report of workshop on the harmonization of fisheries information systems in the south west Indian Ocean region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] FAO. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-01679568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mutualisation de données et de connaissances pour la Gestion Intégrée des Zones Côtières. Application au projet SYSCOLAG.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'environnement. Thèse de doctorat en informatique, Université Montpellier II, 2005. Français. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02587766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mutualisation de données et de connaissances pour la Gestion Intégrée des Zones Côtières. Application au projet SYSCOLAG.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mathématiques [math]. Université Montpellier II - Sciences et Techniques du Languedoc, 2005. Français. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00112661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId174"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E463EDC9"/>
+    <w:nsid w:val="6730A1E4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/julien-barde" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3519-6141" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://en.ird.fr/ird.fr" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05105687v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Contini" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Illien" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Barde" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Poulain" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Bernard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoinf.2025.103149" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04918784v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohan Julien" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mervyn Ravitchandirane" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Russias" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-024-04267-z" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04754491v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tan Morand" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Joly" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Rouyer" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Lorieul" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.471" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204101v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Talpaert Daudon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Urbina-Barreto" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brianna Elliott" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guilhaumon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLVIII-4-W7-2023-223-2023" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736612v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Guillou" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bodin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Chassot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Duparc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;otime Fily" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/BDJ.10.e85938" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230565v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Beretta" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Desconnets" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Mougenot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Arslan" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cageo.2021.104807" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01835447v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fany Sardenne" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iker Zudaire" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maitane Grande" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecy.2218" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298843v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ely Beibou" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Guitton" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/isi.20.3.11-35" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837233v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Libourel Rouge" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210221v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Elise Nieblas" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bonhommeau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Pape" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dubroca" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1324146111" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210220v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David M. Kaplan" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1324144111" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210199v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1305827110" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298690v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Desconnets" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Egdington" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Heurteaux" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12681/mms.70" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298732v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cauquil" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chavance" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cury" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12681/mms.69" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00105344v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Maurel" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11042-005-6544-5" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-ZH7VJTMQ-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00105345v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00108576v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rig.14.199-216" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-P8BJCW1W-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05457113v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05459379v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Taconet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rishi Sharma" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aureliano Gentile" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kiran Viparthi" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/oos2025-790" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04900398v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Brial" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mouquet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Devillers" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pennober Gwenaelle" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.10256254" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03420835v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Heintz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Blondel" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03420809v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613425v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Taconet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Palma" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Fiorellato" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793117v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954711v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00106095v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabila Gaertner-Mazouni" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00106094v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Divol" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00106092v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Roussel" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834113v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Roussel" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Minist&#232;re de L'Ecologie, Du D&#233;veloppement Et de L'Am&#233;nagement Durables" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587780v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587777v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Maurel" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_00001239v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786431v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299576v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Delvenne" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Barth" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abel Dechenne" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Pint" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OCEANS58557.2025.11104725" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298929v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Grasset" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13127/MISC/80/7" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-01679571v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rouyer Tristan" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lawrence Kell" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02887162v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.E. Nieblas" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Louys" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lucas" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Assan" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587776v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4020-9720-1_1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901254v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.10039113" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901219v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.10039111" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901242v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.10039112" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901232v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.10038464" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901194v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.10039108" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901259v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.10038383" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00106093v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04204332v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-05015510v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lebranchu" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe S. Sabarros" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Floch" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Cauquil" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Depetris" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-05015509v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015835v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-05015508v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bach" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-01679568v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02587766v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00112661v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/julien-barde" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3519-6141" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://en.ird.fr/ird.fr" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05105687v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Contini" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Illien" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Barde" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Poulain" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Bernard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoinf.2025.103149" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04918784v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohan Julien" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mervyn Ravitchandirane" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Russias" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-024-04267-z" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04754491v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tan Morand" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Joly" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Rouyer" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Lorieul" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.471" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204101v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Talpaert Daudon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Urbina-Barreto" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brianna Elliott" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guilhaumon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLVIII-4-W7-2023-223-2023" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736612v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Guillou" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bodin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Chassot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Duparc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;otime Fily" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/BDJ.10.e85938" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230565v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Beretta" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Desconnets" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Mougenot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Arslan" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cageo.2021.104807" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01835447v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fany Sardenne" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iker Zudaire" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maitane Grande" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecy.2218" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298843v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ely Beibou" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Guitton" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/isi.20.3.11-35" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837233v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Libourel Rouge" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210221v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Elise Nieblas" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bonhommeau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Pape" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dubroca" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1324146111" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210220v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David M. Kaplan" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1324144111" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210199v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1305827110" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298690v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Desconnets" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Egdington" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Heurteaux" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12681/mms.70" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298732v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cauquil" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chavance" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cury" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12681/mms.69" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00105344v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Maurel" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11042-005-6544-5" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-ZH7VJTMQ-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00105345v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00108576v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rig.14.199-216" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-P8BJCW1W-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05457113v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCVW69036.2025.00217" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05459379v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Taconet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rishi Sharma" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aureliano Gentile" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kiran Viparthi" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/oos2025-790" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04900398v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Brial" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mouquet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Devillers" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pennober Gwenaelle" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.10256254" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03420835v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Heintz" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Blondel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03420809v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613425v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Taconet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Palma" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Fiorellato" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793117v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954711v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00106095v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabila Gaertner-Mazouni" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00106094v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Divol" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834113v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Roussel" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Minist&#232;re de L'Ecologie, Du D&#233;veloppement Et de L'Am&#233;nagement Durables" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00106092v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Roussel" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587780v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587777v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Maurel" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_00001239v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786431v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299576v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Delvenne" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Barth" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abel Dechenne" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Pint" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OCEANS58557.2025.11104725" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298929v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Grasset" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13127/MISC/80/7" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-01679571v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rouyer Tristan" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lawrence Kell" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02887162v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.E. Nieblas" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Louys" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lucas" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Assan" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587776v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4020-9720-1_1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563522v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.13819928" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901219v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.10039111" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901254v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.10039113" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901242v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.10039112" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901232v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.10038464" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901194v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.10039108" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901259v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.10038383" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00106093v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04204332v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-05015510v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lebranchu" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe S. Sabarros" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Floch" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Cauquil" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Depetris" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-05015509v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015835v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-05015508v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bach" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-01679568v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02587766v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00112661v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>