--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Julien Berthe </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Head of the research Unit Design & Dynamic Resistance in the Materials and Structures Department at ONERA</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Main research activities: characterisation and modelling of composite materials under extreme loadings</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of strain rate effects on the irreversible and damageable behavior of carbon fiber reinforced polymers under dynamic loading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordan Berton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Coussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Deletombe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Brieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Damage Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/10567895251324655⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05000461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental characterization of material strain-rate dependence based on full-field Data-Driven Identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Vinel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rian Seghir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Portemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Réthoré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Impact Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 194, pp.105083. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijimpeng.2024.105083⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04048778v5</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-speed infrared thermography for in-situ damage monitoring during impact test</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salim Chaibi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Portemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Paulmier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Laurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Composite Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 314, pp.116934. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compstruct.2023.116934⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04053467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing methods to detect the formation of damage in composite materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Couty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Deletombe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Lecomte-Grosbras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Witz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s40799-022-00574-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03980151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Divergence Mechanisms Analysis of a Vibrating Blade Subjected to Repetitive Rubs With an Abradable Coating</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Goldspiegel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Portemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Turbomachinery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 144 (5), </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.4053018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03833825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rate dependency and ply thickness influence on transverse cracking evolution in cross-ply laminates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Coussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Ragonet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Theoretical, Computational and Applied Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.1-14. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46298/jtcam.7062⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03101377v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Passive infrared thermography measurement of transverse cracking evolution in cross-ply laminates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Ragonet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Strain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/str.12293⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02267352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a mixed mode double cantilever beam specimen for the fracture characterization of adhesives under high displacement rate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noëlig Dagorn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Portemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rasselet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bourel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Engineering Fracture Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 242, pp.107467. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.engfracmech.2020.107467⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03446864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Static and dynamic bearing failure of carbon/epoxy composite joints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Portemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Deudon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Xavier Irisarri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Composite Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 204, pp.131-141. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compstruct.2018.07.069⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02317997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermo-viscoelastic modelling of organic matrix composite behaviour – Application to T700GC/M21</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Brieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Deletombe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanics of Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 81, pp.18-24. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mechmat.2014.10.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01204886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temperature effects on the time dependent viscoelastic behaviour of carbon/epoxy composite materials: Application to T700GC/M21</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Brieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Deletombe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Portemont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials &amp; Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 62, pp.241-246. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matdes.2014.05.025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01009606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Characterization of CFRP Composite Materials – Toward a Pre-normative Testing Protocol – Application to T700GC/M21 Material ☆</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Deletombe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Brieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Portemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Paulmier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 80, pp.165-182. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.proeng.2014.09.072⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01076979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improved viscoelastic model for laminate composite under static and dynamic loadings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Brieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Deletombe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Composite Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 47 (14), pp.1717-1727. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0021998312451294⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00832602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consistent Identification of CFRP Viscoelastic Models from Creep to Dynamic Loadings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Brieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Deletombe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Portemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Lecomte-Grosbras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Strain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 49 (3), pp.257-266. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/str.12033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00829358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification inverse de champs de température en pointe de fissure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Crusson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Lammens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Portemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rian Seghir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26e Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire d'Etude des Microstructures et de Mécanique des Matériaux (LEM3 - UMR CNRS 7239), Aug 2025, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05313019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suivi de l'évolution de la fissuration matricielle dans un stratifié à plis croisés sous chargements dynamiques: comparaison des résultats entre la thermographie infrarouge et l'imagerie aux rayons X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Fourest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Portemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Lammens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jesus Pernas-Sánchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales sur les Composites 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LMPS, Jun 2025, Gif-sur-Yvette, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05360176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the non-singular terms and the crack velocity on KIC of an epoxy resin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Lammens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Portemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rian Seghir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Réthoré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crack Paths 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Rimini, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04798744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of the dynamic toughness of composite materials by a microscopic approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Lammens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Portemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rian Seghir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Réthoré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICCM23</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Belfast, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04219514v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Protocol for Nonlinear Behavior Characterization of CFRP Materials under Dynamic Loadings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordan Berton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Coussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Deletombe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Brieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Experimental Mechanics (ICEM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Cracovie, Poland. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/psf2022004006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03824291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterisation of the dynamic toughness of composite materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Lammens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Portemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rian Seghir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Réthoré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFM 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03932297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and Numerical Study of Damages Induced by Low-Velocity Impact on 4th Generation Composite Laminates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salim Chaibi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bouvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Laurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann Rannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Society for Composites 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Online, United States. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.12783/asc35/34883⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Infrared Thermography for Damage Monitoring at intermediate Strain Rates: application to transverse cracking evolution in cross-ply laminates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECCM18 – 18th European Conference on Composite Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Athènes, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03189068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'utilisation de l'émission acoustique pour le suivi d'essais dynamiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Foulon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Proust</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21ème Journées Nationales sur les Composites</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, École Nationale Supérieure d'Arts et Métiers (ENSAM) - Bordeaux, Jul 2019, Bordeaux, Talence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02420717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de la vitesse sur la densité de fissuration mesurée par thermographie infrarouge : de la statique vers la dynamique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Coussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Ragonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Vinel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNC21</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesure par thermographie infrarouge de l'influence de la vitesse sur l'endommagement diffus dans les matériaux composites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Coussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Ragonet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MECADYMAT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02344371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de la vitesse sur la densité de fissuration mesurée par thermographie infrarouge : de la statique vers la dynamique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Coussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Ragonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Vinel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21ème Journées Nationales sur les Composites</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, École Nationale Supérieure d'Arts et Métiers (ENSAM) - Bordeaux, Jul 2019, Bordeaux, Talence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02423154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development and validation of a composite material law for crash simulations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Fourest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Coussa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASIDIC 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02344511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation de la corrélation d'images en temps réel pour le pilotage d'essais mécaniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Couty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Witz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Lecomte-Grosbras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Deletombe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14ème Colloque National en Calcul de Structures (CSMA 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CSMA, LEM3, MSME, Université de Lorraine, Arts et Métiers, CNRS, May 2019, Hyères, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04824583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation et modélisation de la limite élastique des composites renforcés fibres de carbone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Castres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Deletombe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Brieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales sur les Composites 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, École des Ponts ParisTech (ENPC), Jun 2017, 77455 Champs-sur-Marne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01621559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of “Rate dependency and ply thickness influence on transverse cracking evolution in cross-ply laminates”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Coussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Ragonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Réthoré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03566740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comportement thermo-visco-élastique des composites CMO – De la statique à la dynamique grande vitesse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre. Ecole Centrale de Lille, 2013. Français. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2013ECLI0016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00934876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId92"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Julien Berthe </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Head of the research Unit Design & Dynamic Resistance in the Materials and Structures Department at ONERA</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Main research activities: characterisation and modelling of composite materials under extreme loadings</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of strain rate effects on the irreversible and damageable behavior of carbon fiber reinforced polymers under dynamic loading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordan Berton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Coussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Deletombe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Brieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Damage Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/10567895251324655⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05000461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental characterization of material strain-rate dependence based on full-field Data-Driven Identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Vinel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rian Seghir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Portemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Réthoré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Impact Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 194, pp.105083. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijimpeng.2024.105083⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04048778v5</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-speed infrared thermography for in-situ damage monitoring during impact test</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salim Chaibi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Portemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Paulmier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Laurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Composite Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 314, pp.116934. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compstruct.2023.116934⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04053467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing methods to detect the formation of damage in composite materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Couty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Deletombe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Lecomte-Grosbras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Witz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s40799-022-00574-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03980151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rate dependency and ply thickness influence on transverse cracking evolution in cross-ply laminates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Coussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Ragonet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Theoretical, Computational and Applied Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.1-14. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46298/jtcam.7062⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03101377v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Divergence Mechanisms Analysis of a Vibrating Blade Subjected to Repetitive Rubs With an Abradable Coating</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Goldspiegel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Portemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Turbomachinery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 144 (5), </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.4053018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03833825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a mixed mode double cantilever beam specimen for the fracture characterization of adhesives under high displacement rate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noëlig Dagorn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Portemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rasselet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bourel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Engineering Fracture Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 242, pp.107467. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.engfracmech.2020.107467⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03446864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Passive infrared thermography measurement of transverse cracking evolution in cross-ply laminates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Ragonet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Strain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/str.12293⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02267352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Static and dynamic bearing failure of carbon/epoxy composite joints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Portemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Deudon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Xavier Irisarri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Composite Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 204, pp.131-141. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compstruct.2018.07.069⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02317997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermo-viscoelastic modelling of organic matrix composite behaviour – Application to T700GC/M21</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Brieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Deletombe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanics of Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 81, pp.18-24. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mechmat.2014.10.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01204886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Characterization of CFRP Composite Materials – Toward a Pre-normative Testing Protocol – Application to T700GC/M21 Material ☆</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Deletombe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Brieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Portemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Paulmier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 80, pp.165-182. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.proeng.2014.09.072⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01076979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temperature effects on the time dependent viscoelastic behaviour of carbon/epoxy composite materials: Application to T700GC/M21</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Brieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Deletombe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Portemont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials &amp; Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 62, pp.241-246. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matdes.2014.05.025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01009606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improved viscoelastic model for laminate composite under static and dynamic loadings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Brieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Deletombe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Composite Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 47 (14), pp.1717-1727. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0021998312451294⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00832602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consistent Identification of CFRP Viscoelastic Models from Creep to Dynamic Loadings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Brieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Deletombe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Portemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Lecomte-Grosbras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Strain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 49 (3), pp.257-266. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/str.12033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00829358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effect of strain rate on crack growth and fracture toughness in sheet moulding compound composites using in-situ synchrotron x-ray phase contrast imaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Manuel Rodriguez-Sereno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Cimadevilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jesus Pernas-Sánchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Alfonso Artero-Guerrero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Naya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Conference on Composites Testing and Model Identification</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Riga, Latvia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05555849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suivi de l'évolution de la fissuration matricielle dans un stratifié à plis croisés sous chargements dynamiques: comparaison des résultats entre la thermographie infrarouge et l'imagerie aux rayons X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Fourest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Portemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Lammens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jesus Pernas-Sánchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales sur les Composites 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LMPS, Jun 2025, Gif-sur-Yvette, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05360176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification inverse de champs de température en pointe de fissure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Crusson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Lammens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Portemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rian Seghir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26e Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire d'Etude des Microstructures et de Mécanique des Matériaux (LEM3 - UMR CNRS 7239), Aug 2025, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05313019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the non-singular terms and the crack velocity on KIC of an epoxy resin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Lammens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Portemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rian Seghir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Réthoré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crack Paths 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Rimini, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04798744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of the dynamic toughness of composite materials by a microscopic approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Lammens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Portemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rian Seghir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Réthoré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICCM23</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Belfast, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04219514v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Protocol for Nonlinear Behavior Characterization of CFRP Materials under Dynamic Loadings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordan Berton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Coussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Deletombe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Brieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Experimental Mechanics (ICEM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Cracovie, Poland. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/psf2022004006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03824291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterisation of the dynamic toughness of composite materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Lammens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Portemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rian Seghir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Réthoré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFM 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03932297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and Numerical Study of Damages Induced by Low-Velocity Impact on 4th Generation Composite Laminates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salim Chaibi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bouvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Laurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann Rannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Society for Composites 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Online, United States. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.12783/asc35/34883⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Infrared Thermography for Damage Monitoring at intermediate Strain Rates: application to transverse cracking evolution in cross-ply laminates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECCM18 – 18th European Conference on Composite Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Athènes, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03189068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'utilisation de l'émission acoustique pour le suivi d'essais dynamiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Foulon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Proust</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21ème Journées Nationales sur les Composites</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, École Nationale Supérieure d'Arts et Métiers (ENSAM) - Bordeaux, Jul 2019, Bordeaux, Talence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02420717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de la vitesse sur la densité de fissuration mesurée par thermographie infrarouge : de la statique vers la dynamique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Coussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Ragonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Vinel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNC21</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesure par thermographie infrarouge de l'influence de la vitesse sur l'endommagement diffus dans les matériaux composites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Coussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Ragonet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MECADYMAT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02344371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development and validation of a composite material law for crash simulations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Fourest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Coussa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASIDIC 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02344511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de la vitesse sur la densité de fissuration mesurée par thermographie infrarouge : de la statique vers la dynamique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Coussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Ragonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Vinel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21ème Journées Nationales sur les Composites</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, École Nationale Supérieure d'Arts et Métiers (ENSAM) - Bordeaux, Jul 2019, Bordeaux, Talence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02423154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation de la corrélation d'images en temps réel pour le pilotage d'essais mécaniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Couty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Witz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Lecomte-Grosbras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Deletombe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14ème Colloque National en Calcul de Structures (CSMA 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CSMA, LEM3, MSME, Université de Lorraine, Arts et Métiers, CNRS, May 2019, Hyères, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04824583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation et modélisation de la limite élastique des composites renforcés fibres de carbone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Castres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Deletombe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Brieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales sur les Composites 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, École des Ponts ParisTech (ENPC), Jun 2017, 77455 Champs-sur-Marne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01621559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of “Rate dependency and ply thickness influence on transverse cracking evolution in cross-ply laminates”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Coussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Ragonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Réthoré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03566740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comportement thermo-visco-élastique des composites CMO – De la statique à la dynamique grande vitesse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Berthe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre. Ecole Centrale de Lille, 2013. Français. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2013ECLI0016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00934876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId97"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05000461v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Berton" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Coussa" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Berthe" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Deletombe" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Brieu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10567895251324655" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048778v5" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Vinel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rian Seghir" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Portemont" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien R&#233;thor&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijimpeng.2024.105083" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04053467v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Chaibi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Portemont" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Paulmier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Laurin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2023.116934" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03980151v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Couty" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Lecomte-Grosbras" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Witz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40799-022-00574-5" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03833825v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Goldspiegel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4053018" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101377v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Ragonet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jtcam.7062" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267352v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/str.12293" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03446864v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lig Dagorn" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rasselet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bourel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2020.107467" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02317997v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Deudon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Irisarri" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2018.07.069" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204886v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2014.10.005" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01009606v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matdes.2014.05.025" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HBGFBHP3-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076979v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2014.09.072" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00832602v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Deletombe" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0021998312451294" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00829358v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Portemont" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/str.12033" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LBS46CMZ-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313019v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Crusson" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Lammens" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360176v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fourest" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus Pernas-S&#225;nchez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798744v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219514v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824291v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/psf2022004006" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03932297v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188532v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bouvet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Rannou" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12783/asc35/34883" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03189068v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420717v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Foulon" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Proust" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393205v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344371v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423154v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344511v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824583v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Witz" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01621559v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Castres" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03566740v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00934876v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013ECLI0016" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05000461v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Berton" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Coussa" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Berthe" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Deletombe" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Brieu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10567895251324655" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048778v5" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Vinel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rian Seghir" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Portemont" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien R&#233;thor&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijimpeng.2024.105083" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04053467v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Chaibi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Portemont" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Paulmier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Laurin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2023.116934" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03980151v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Couty" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Lecomte-Grosbras" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Witz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40799-022-00574-5" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101377v2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Ragonet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jtcam.7062" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03833825v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Goldspiegel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4053018" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03446864v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lig Dagorn" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rasselet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bourel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2020.107467" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267352v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/str.12293" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02317997v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Deudon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Irisarri" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2018.07.069" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204886v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2014.10.005" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076979v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2014.09.072" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01009606v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matdes.2014.05.025" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HBGFBHP3-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00832602v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Deletombe" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0021998312451294" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00829358v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Portemont" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/str.12033" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LBS46CMZ-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05555849v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Manuel Rodriguez-Sereno" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Cimadevilla" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus Pernas-S&#225;nchez" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Alfonso Artero-Guerrero" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Naya" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360176v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fourest" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Lammens" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313019v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Crusson" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798744v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219514v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824291v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/psf2022004006" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03932297v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188532v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bouvet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Rannou" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12783/asc35/34883" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03189068v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420717v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Foulon" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Proust" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393205v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344371v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344511v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423154v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824583v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Witz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01621559v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Castres" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03566740v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00934876v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013ECLI0016" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>