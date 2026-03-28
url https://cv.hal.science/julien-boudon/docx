--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -381,51 +381,51 @@
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaële Herbst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Chassagnon</w:t>
+                <w:t xml:space="preserve">R. Chassagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloids and Surfaces A: Physicochemical and Engineering Aspects</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2026, 735, pp.139481. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
@@ -6204,51 +6204,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E5E8A04E"/>
+    <w:nsid w:val="279C5FFD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6352,51 +6352,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="5EAB0E35"/>
+    <w:nsid w:val="FD195AD2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6586,51 +6586,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/julien-boudon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2500-5030" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/181268833" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/D-4684-2011" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ube.fr/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icb.cnrs.fr/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.u-bourgogne.fr/master-cac/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://new.societechimiquedefrance.fr/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452278v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahran Bechetnia" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumaima Hajlaoui" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boudon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;le Herbst" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Chassagnon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2026.139481" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05296064v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nimisha Singh" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Nury" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leya Liu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Maurizi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfb.2025.115170" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564763v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Szczerba" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Do" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davin Tan" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatem Titi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Geoffroy" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4MR00008K" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800026v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adem Dahi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Rogemont" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Br&#251;l&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Labbez" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Chassagnon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.3c08272" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03782926v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Bellat" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Moreau" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel de Maistre" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2RA04753E" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321414v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Mahmoud" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mosaab Echabaane" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Omri" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Saviot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules26040929" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793181v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Loiseau" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Mirjolet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Morgand" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Millot" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano11102733" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321473v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Mitteaux" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Lejault" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filip Wojciechowski" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Joubert" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.1c04426" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03132542v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Marets" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0NA00863J" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163534v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadoua Sallem" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rihab Haji" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Vervandier-Fasseur" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano9020287" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163532v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Heintz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harender Bisht" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/jnn.2019.16796" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02342085v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Leterme" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Guigou" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Oudot" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Collin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1553350619867217" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02068644v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Thomas" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Walker" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.8b03283" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02735286v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Boidot" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers11121962" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163529v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sruthi" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Loiseau" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Boudon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sallem" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.taap.2018.06.013" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163524v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Nury" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfb.2018.06.041" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01553114v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Cr&#233;hange" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adhm.201700245" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01625668v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle S&#233;verin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Megriche" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7dt03029k" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01614449v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Chevrier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/IJN.S139167" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01698664v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Demoisson" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6DT01050D" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01427995v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pape Diaba Diabate" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Laguerre" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pirrotta" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Desbois" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6nj01012a" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793096v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Crehange" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Dalban" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1200/jco.2015.33.7_suppl.41" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228125v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233;e Jacobin-Valat" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanny Laroche-Traineau" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lusine Larivi&#232;re" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mornet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Sanchez" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nano.2014.12.006" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793107v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Papa" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4DT02552K" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03677692v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Avril" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bourgeois" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. C. Marco de Lucas" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Domenichini" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pardis Simon" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.VACUUM.2015.06.018" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3WN5C6P5-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793079v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gautier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0959-8049(14)70333-8" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-58DJDJCN-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03263264v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Paris" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bernhard" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4ra13988g" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793018v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Avril" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria del Carmen Marco de Lucas" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Imhoff" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vacuum.2014.02.020" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03262936v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Popova" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Decr&#233;au" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3cc41898g" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792958v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Raguin" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0167-8140(15)34565-5" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G5425154-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792887v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Knoppe" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Dolamic" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amala Dass" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas B&#252;rgi" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ac200789v" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792872v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg S&#252;ss-Fink" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farooq-Ahmad Khan" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladislav Spassov" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10876-009-0246-5" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792852v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satyabrata Si" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Gautier" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossana Taras" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serafino Gladiali" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp9044385" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792839v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Frein" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Vonlanthen" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toralf Scharf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaqu&#237;n Barber&#225;" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hlca.200890253" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792789v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natallia Shalkevich" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp711442m" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00460836v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Cyrille Hierso" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Picquet" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Meunier" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.200600976" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-536PCXCB-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792784v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Bieri" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Angeloni" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2533/chimia.2006.777" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792775v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Fihri" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Amardeil" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600536805032034" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04109452v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve G&#233;san-Guiziou" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Voglhuber-Slavinsky" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baerbel Husing" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin &#214;stregren" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pegah Amani" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01986190v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Luce" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Saibi" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276177v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-57456-7_8" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163546v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sruthi Sudhakaran" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoist Pruvot" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/intechopen.71833" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793057v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/2.1.2892.7045" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/julien-boudon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2500-5030" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/181268833" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/D-4684-2011" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ube.fr/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icb.cnrs.fr/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.u-bourgogne.fr/master-cac/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://new.societechimiquedefrance.fr/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452278v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahran Bechetnia" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumaima Hajlaoui" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boudon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;le Herbst" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Chassagnon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2026.139481" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05296064v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nimisha Singh" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Nury" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leya Liu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Maurizi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfb.2025.115170" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564763v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Szczerba" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Do" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davin Tan" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatem Titi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Geoffroy" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4MR00008K" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800026v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adem Dahi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Rogemont" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Br&#251;l&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Labbez" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Chassagnon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.3c08272" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03782926v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Bellat" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Moreau" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel de Maistre" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2RA04753E" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321414v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Mahmoud" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mosaab Echabaane" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Omri" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Saviot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules26040929" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793181v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Loiseau" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Mirjolet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Morgand" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Millot" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano11102733" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321473v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Mitteaux" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Lejault" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filip Wojciechowski" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Joubert" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.1c04426" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03132542v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Marets" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0NA00863J" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163534v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadoua Sallem" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rihab Haji" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Vervandier-Fasseur" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano9020287" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163532v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Heintz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harender Bisht" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/jnn.2019.16796" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02342085v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Leterme" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Guigou" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Oudot" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Collin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1553350619867217" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02068644v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Thomas" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Walker" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.8b03283" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02735286v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Boidot" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers11121962" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163529v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sruthi" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Loiseau" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Boudon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sallem" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.taap.2018.06.013" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163524v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Nury" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfb.2018.06.041" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01553114v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Cr&#233;hange" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adhm.201700245" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01625668v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle S&#233;verin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Megriche" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7dt03029k" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01614449v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Chevrier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/IJN.S139167" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01698664v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Demoisson" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6DT01050D" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01427995v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pape Diaba Diabate" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Laguerre" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pirrotta" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Desbois" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6nj01012a" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793096v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Crehange" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Dalban" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1200/jco.2015.33.7_suppl.41" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228125v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233;e Jacobin-Valat" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanny Laroche-Traineau" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lusine Larivi&#232;re" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mornet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Sanchez" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nano.2014.12.006" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793107v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Papa" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4DT02552K" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03677692v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Avril" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bourgeois" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. C. Marco de Lucas" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Domenichini" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pardis Simon" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.VACUUM.2015.06.018" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3WN5C6P5-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793079v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gautier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0959-8049(14)70333-8" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-58DJDJCN-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03263264v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Paris" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bernhard" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4ra13988g" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793018v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Avril" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria del Carmen Marco de Lucas" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Imhoff" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vacuum.2014.02.020" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03262936v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Popova" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Decr&#233;au" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3cc41898g" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792958v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Raguin" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0167-8140(15)34565-5" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G5425154-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792887v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Knoppe" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Dolamic" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amala Dass" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas B&#252;rgi" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ac200789v" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792872v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg S&#252;ss-Fink" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farooq-Ahmad Khan" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladislav Spassov" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10876-009-0246-5" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792852v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satyabrata Si" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Gautier" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossana Taras" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serafino Gladiali" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp9044385" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792839v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Frein" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Vonlanthen" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toralf Scharf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaqu&#237;n Barber&#225;" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hlca.200890253" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792789v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natallia Shalkevich" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp711442m" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00460836v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Cyrille Hierso" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Picquet" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Meunier" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.200600976" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-536PCXCB-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792784v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Bieri" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Angeloni" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2533/chimia.2006.777" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792775v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Fihri" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Amardeil" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600536805032034" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04109452v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve G&#233;san-Guiziou" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Voglhuber-Slavinsky" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baerbel Husing" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin &#214;stregren" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pegah Amani" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01986190v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Luce" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Saibi" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276177v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-57456-7_8" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163546v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sruthi Sudhakaran" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoist Pruvot" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/intechopen.71833" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793057v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/2.1.2892.7045" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>