--- v0 (2026-03-05)
+++ v1 (2026-03-29)
@@ -4061,286 +4061,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04980446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Porous top layer optimization of cement concrete slabs for tyre/road noise reduction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Draining removable urban pavement: a modular solution for versatile urban streets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Sedran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Gennesseaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Waligora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Klein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Thierry Sedran</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mai Lan Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Internoise 2022, 51st International Congress and Exposition on Noise Control Engineering</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">XXVIIe PIARC World Road Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Prague (CZ), Czech Republic</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04355646v1</w:t>
+                <w:t xml:space="preserve">hal-04416491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Draining removable urban pavement: a modular solution for versatile urban streets</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Porous top layer optimization of cement concrete slabs for tyre/road noise reduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Klein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Cesbron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Bianchetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Gennesseaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Sedran</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Mai Lan Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXVIIe PIARC World Road Congress</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Internoise 2022, 51st International Congress and Exposition on Noise Control Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Glasgow, United Kingdom. pp.1206-1213, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3397/IN_2022_0166⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04416491v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04355646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mise au point d’une chaussée urbaine démontable poreuse</w:t>
               </w:r>
@@ -4834,580 +4834,580 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04487359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Single-level Fast Multipole Method for frictionless rough contact problem</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Influence du revêtement routier sur l’émission acoustique des véhicules électriques en milieu urbain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Cesbron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Honoré P. Yin</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Agnès Pallas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Bianchetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Le Bellec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Gary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25ème Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Française de Mécanique (AFM), Aug 2022, Nantes, France</w:t>
+              <w:t xml:space="preserve">16ème Congrès Français d'Acoustique, CFA2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d'Acoustique; Laboratoire de Mécanique et d'Acoustique, Apr 2022, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05210912v1</w:t>
+                <w:t xml:space="preserve">hal-03848303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of electric vehicle noise sources on low-noise road surfaces</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Einfluss von Reifen- und Betriebsparametern auf das Reifen-/Fahrbahngeräusch unter Drehmoment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carsten Hoever</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Achillefs Tsotras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Agnès Pallas</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Adrien Le Bellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Cesbron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inter-Noise 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2022, GLASGOW, France. 12 p</w:t>
+              <w:t xml:space="preserve">DAGA 2022 - 48. Jahrestagung für Akustik, 21. - 24. März 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, STUTTGART, Germany. 4 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03772183v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03656957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In-tire load estimation for autonomous vehicle safe driving strategies</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Martin Fontaine</w:t>
+                <w:t xml:space="preserve">Investigation of electric vehicle noise sources on low-noise road surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Agnès Pallas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Bianchetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Le Bellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Cesbron</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">David Bétaille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIIT 3rd International Conference on Transport Infrastructure and Systems (TIS ROMA 2022)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AIIT, Sep 2022, Rome, Italy</w:t>
+              <w:t xml:space="preserve">Inter-Noise 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, GLASGOW, France. 12 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04441772v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03772183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence du revêtement routier sur l’émission acoustique des véhicules électriques en milieu urbain</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">In-tire load estimation for autonomous vehicle safe driving strategies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Coiret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Cesbron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Vincent Gary</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bétaille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16ème Congrès Français d'Acoustique, CFA2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française d'Acoustique; Laboratoire de Mécanique et d'Acoustique, Apr 2022, Marseille, France</w:t>
+              <w:t xml:space="preserve">AIIT 3rd International Conference on Transport Infrastructure and Systems (TIS ROMA 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AIIT, Sep 2022, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03848303v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04441772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Einfluss von Reifen- und Betriebsparametern auf das Reifen-/Fahrbahngeräusch unter Drehmoment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Carsten Hoever</w:t>
+                <w:t xml:space="preserve">Single-level Fast Multipole Method for frictionless rough contact problem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Stiebritz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Cesbron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Achillefs Tsotras</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Julien Cesbron</w:t>
+                <w:t xml:space="preserve">Rajasekar Gopalsamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Honoré P. Yin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DAGA 2022 - 48. Jahrestagung für Akustik, 21. - 24. März 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2022, STUTTGART, Germany. 4 p</w:t>
+              <w:t xml:space="preserve">25ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Française de Mécanique (AFM), Aug 2022, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03656957v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05210912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution environnementale des signaux d’alerte (AVAS) des véhicules électriques : confrontation aux modèles de prévision sonore aux vitesses urbaines</w:t>
               </w:r>
@@ -5501,64 +5501,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Factors influencing tyre/road noise under torque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carsten Hoever</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Achillefs Tsotras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Pallas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5603,277 +5603,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03774044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acoustical characterization of low-noise prototype asphalt concretes for electric vehicles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Vehicle wheel load estimation with fiber optical contact patch elongation measurement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Coiret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Cesbron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Rosario Fedele</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Baltazart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Betaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Euronoise 2021 (e-Congress)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, MADERE, Portugal. 10 p</w:t>
+              <w:t xml:space="preserve">CETRA 2020, 6th International Conference on Road and Rail Infrastructure - Online</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Pula, France. 8p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03423303v1</w:t>
+                <w:t xml:space="preserve">hal-03262595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vehicle wheel load estimation with fiber optical contact patch elongation measurement</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Acoustical characterization of low-noise prototype asphalt concretes for electric vehicles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Cesbron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">David Betaille</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Bianchetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Agnès Pallas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filippo G. Pratico</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosario Fedele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CETRA 2020, 6th International Conference on Road and Rail Infrastructure - Online</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2021, Pula, France. 8p</w:t>
+              <w:t xml:space="preserve">Euronoise 2021 (e-Congress)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, MADERE, Portugal. 10 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03262595v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03423303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acoustical assessment of road surfaces at urban and peri-urban speeds by simultaneous Coast-By and Close-ProXimity measurements</w:t>
               </w:r>
@@ -6510,109 +6510,109 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02303301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 3D envelopment procedure for tyre belt radiated noise level prediction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Une nouvelle base de données texture/bruit pour la prévision du bruit de contact pneumatique/chaussée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Cesbron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Klein</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julien Cesbron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INTERNOISE 2016, 45th International Congress and Exposition on Noise Control Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2016, HAMBOURG, Germany. 12p</w:t>
+              <w:t xml:space="preserve">CFA 2016, 13e Congrès Français d'Acoustique, 20e colloque VIbrations, SHocks and NOise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, LE MANS, France. 7p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01467433v1</w:t>
+                <w:t xml:space="preserve">hal-01358993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ODSURF project: modelling and experimental optimization of low noise pavements</w:t>
               </w:r>
@@ -6687,286 +6687,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01358970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une nouvelle base de données texture/bruit pour la prévision du bruit de contact pneumatique/chaussée</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A 3D envelopment procedure for tyre belt radiated noise level prediction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Klein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Cesbron</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Klein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFA 2016, 13e Congrès Français d'Acoustique, 20e colloque VIbrations, SHocks and NOise</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2016, LE MANS, France. 7p</w:t>
+              <w:t xml:space="preserve">INTERNOISE 2016, 45th International Congress and Exposition on Noise Control Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, HAMBOURG, Germany. 12p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01358993v1</w:t>
+                <w:t xml:space="preserve">hal-01467433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ODSURF Project: modelling and experimental optimization of low noise pavements</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">In Situ Characterization of a Full Scale Poroelastic Test Section in Belgium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Cesbron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peter Johann Gusia</w:t>
+                <w:t xml:space="preserve">Anneleen Bergiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INTERNOISE 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2016, Hambourg, Germany. 12p</w:t>
+              <w:t xml:space="preserve">INTER-NOISE 2016, 45th International Congress and Exposition on Noise Control Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, HAMBOURG, Germany. 12p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01357685v1</w:t>
+                <w:t xml:space="preserve">hal-01358885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In Situ Characterization of a Full Scale Poroelastic Test Section in Belgium</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">ODSURF Project: modelling and experimental optimization of low noise pavements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Berengier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Cesbron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anneleen Bergiers</w:t>
+                <w:t xml:space="preserve">Peter Johann Gusia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INTER-NOISE 2016, 45th International Congress and Exposition on Noise Control Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2016, HAMBOURG, Germany. 12p</w:t>
+              <w:t xml:space="preserve">INTERNOISE 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Hambourg, Germany. 12p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01358885v1</w:t>
+                <w:t xml:space="preserve">hal-01357685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamic contact law between a rolling pneumatic tyre and a single asperity</w:t>
               </w:r>
@@ -8026,459 +8026,459 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00810621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low frequency statistical estimation of rolling noise from numerical tyre/road contact pressures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Dubois</w:t>
+                <w:t xml:space="preserve">A fast algorithm for computing dynamic tyre road contact forces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Duhamel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabie Meftah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Cesbron</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabienne Anfosso-Lédée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yin Hai-Ping</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acoustics 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Apr 2012, France. pp 4123-4128</w:t>
+              <w:t xml:space="preserve">, Apr 2012, Nantes, France. pp.4111-4116</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00850638v1</w:t>
+                <w:t xml:space="preserve">hal-00782242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A fast algorithm for computing dynamic tyre road contact forces</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Rabie Meftah</w:t>
+                <w:t xml:space="preserve">Low frequency statistical estimation of rolling noise from numerical tyre/road contact pressures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Cesbron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Anfosso-Lédée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yin Hai-Ping</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acoustics 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Apr 2012, Nantes, France. pp.4111-4116</w:t>
+              <w:t xml:space="preserve">, Apr 2012, France. pp 4123-4128</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00782242v1</w:t>
+                <w:t xml:space="preserve">hal-00850638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une méthode rapide pour calculer un produit de convolution avec une fonction de Green : application au problème de contact dynamique</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Relations between contact model quantities and tyre/road noise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Cesbron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yin Hai-Ping</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Anfosso-Lédée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CSMA 2011, 10e Colloque National en Calcul des Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2011, Presqu'île de Giens, France. pp.1-8</w:t>
+              <w:t xml:space="preserve">Forum Acusticum 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00668511v1</w:t>
+                <w:t xml:space="preserve">hal-00636950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relations between contact model quantities and tyre/road noise</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Une méthode rapide pour calculer un produit de convolution avec une fonction de Green : application au problème de contact dynamique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabie Meftah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Duhamel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Cesbron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yin Hai-Ping</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabienne Anfosso-Lédée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forum Acusticum 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2011, France</w:t>
+              <w:t xml:space="preserve">CSMA 2011, 10e Colloque National en Calcul des Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Presqu'île de Giens, France. pp.1-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00636950v1</w:t>
+                <w:t xml:space="preserve">hal-00668511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A multi-asperity tyre/road contact model for rolling noise prediction</w:t>
               </w:r>
@@ -8632,73 +8632,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yin Hai-Ping</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVIIth Symposium Vibrations, Chocs et Bruit, Ecole Centrale de Lyon</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2010, France</w:t>
+              <w:t xml:space="preserve">Vibrations Chocs et Bruit (VCB)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, France. 18p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00527575v1</w:t>
+                <w:t xml:space="preserve">hal-00636947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient computation of tire/road contact forces using an ARMA model of the Green function</w:t>
               </w:r>
@@ -8757,73 +8757,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yin Hai-Ping</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vibrations Chocs et Bruit (VCB)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2010, France. 18p</w:t>
+              <w:t xml:space="preserve">XVIIth Symposium Vibrations, Chocs et Bruit, Ecole Centrale de Lyon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00636947v1</w:t>
+                <w:t xml:space="preserve">hal-00527575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relation entre les paramètres de contact pneumatique/chaussée et le bruit de roulement</w:t>
               </w:r>
@@ -10182,51 +10182,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurements on the small scale Sterrebeek and full scale Herzele test sections in Belgium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anneleen Bergiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Goubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10364,51 +10364,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="951E1745"/>
+    <w:nsid w:val="92E94226"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10595,51 +10595,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/julien-cesbron" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7182-909X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/121411176" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/212072240" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000358779056" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/F-5651-2015" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05012160v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Quezada" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Hammoud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dexin Liu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferhat Hammoum" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Chazallon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14680629.2025.2482882" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023958v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Baclet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cesbron" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Aumond" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Can" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Rumpler" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apacoust.2025.110713" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-05210230v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Stiebritz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai-Ping Yin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2024.109810" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-05210342v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Muresan" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lumiere" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gary" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X.T. Truong" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.170578" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441814v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Coiret" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Fontaine" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David B&#233;taille" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trpro.2023.02.154" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04273593v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Treyss&#232;de" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2022.117361" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04040913v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Agn&#232;s Pallas" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Bianchetti" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Klein" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Cerezo" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2478/rjti-2022-0013" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04273279v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gonzalo de Le&#243;n" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Leandri" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Losa" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22176603" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255051v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Le Bellec" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/noise-2021-0017" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03385826v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Baltazart" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Betaille" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s21206874" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04273437v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Larsen" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Anfosso L&#233;d&#233;e" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Ropert" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dyre" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S1758825121501167" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134856v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Bou Leba Bassil" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2019.115140" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416166v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Anfosso Ledee" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01621417v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuan-Fang Zhang" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel B&#233;rengier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S1758825117500818" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01522678v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apacoust.2017.05.005" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01332415v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Houanoh" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qichang He" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yin Hai-Ping" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0954406216646603" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01470386v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai Ping Yin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q H Bui" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechrescom.2014.12.006" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914418v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dubois" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Anfosso-L&#233;d&#233;e" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Duhamel" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apacoust.2013.03.011" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X1HBDPS2-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914413v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3397/1/3761034" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00949276v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabie Meftah" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17797179.2013.849483" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00776524v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillame Dubois" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2011.09.010" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638047v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wear.2011.07.011" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V2M2SD39-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00489299v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791920v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donatien Le Houedec" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2008.07.018" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1C6R1Q18-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01007123v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Honor&#233; P. Yin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2008.11.003" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00309050v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Kozhevnikov" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2008.04.003" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01006977v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14680629.2008.9690145" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-05210822v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Hussein" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-05210817v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gennesseaux" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Sedran" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-05210306v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3397/IN_2024_3146" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04723878v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Waligora" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mai Lan Nguyen" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33593/wbzwb418" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04980446v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Lelong" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3397/IN_2024_3269" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04355646v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3397/IN_2022_0166" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416491v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414443v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354455v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04355542v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Rouy" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3397/IN_2023_0135" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487359v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Pallas" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Capatina" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.61782/fa.2023.0613" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-05210912v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajasekar Gopalsamy" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03772183v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441772v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848303v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03656957v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten Hoever" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achillefs Tsotras" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848393v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774044v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03423303v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo G. Pratico" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosario Fedele" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262595v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03139477v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0192" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03242431v2" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0490" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03139479v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0119" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04486233v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Chapeleau" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Gu&#233;guen" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Marie Cottineau" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02873394v2" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303301v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01467433v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358970v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Berengier" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Gusia" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358993v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01357685v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Johann Gusia" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358885v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anneleen Bergiers" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358925v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207036v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jm Clairet" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207035v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rasmus Skov" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Bendtsen" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471765v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207034v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qi-Chang He" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01470461v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bent Andersen" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01470465v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919973v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quoc Huong Bui" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915780v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Bendtsen" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Andersen" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bj&#246;rn Kalman" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00810621v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00850638v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00782242v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668511v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00636950v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00637487v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00527575v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00636947v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00537197v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tian Wei" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00636939v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00387386v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong Hai Nguyen" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cesbron" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvano Erlicher" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008196v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01007803v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008670v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682833v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Honor&#233; Yin" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donatien Le Hou&#233;dec" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914461v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487342v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Cerezo" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02940105v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Luzzi" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Busa" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianfrancesco Colucci" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134331v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281369v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Beguere" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Conte" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Coquelle" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207032v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Goubert" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/julien-cesbron" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7182-909X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/121411176" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/212072240" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000358779056" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/F-5651-2015" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05012160v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Quezada" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Hammoud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dexin Liu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferhat Hammoum" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Chazallon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14680629.2025.2482882" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023958v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Baclet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cesbron" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Aumond" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Can" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Rumpler" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apacoust.2025.110713" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-05210230v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Stiebritz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai-Ping Yin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2024.109810" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-05210342v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Muresan" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lumiere" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gary" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X.T. Truong" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.170578" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441814v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Coiret" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Fontaine" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David B&#233;taille" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trpro.2023.02.154" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04273593v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Treyss&#232;de" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2022.117361" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04040913v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Agn&#232;s Pallas" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Bianchetti" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Klein" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Cerezo" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2478/rjti-2022-0013" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04273279v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gonzalo de Le&#243;n" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Leandri" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Losa" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22176603" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255051v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Le Bellec" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/noise-2021-0017" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03385826v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Baltazart" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Betaille" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s21206874" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04273437v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Larsen" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Anfosso L&#233;d&#233;e" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Ropert" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dyre" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S1758825121501167" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134856v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Bou Leba Bassil" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2019.115140" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416166v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Anfosso Ledee" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01621417v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuan-Fang Zhang" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel B&#233;rengier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S1758825117500818" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01522678v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apacoust.2017.05.005" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01332415v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Houanoh" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qichang He" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yin Hai-Ping" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0954406216646603" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01470386v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai Ping Yin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q H Bui" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechrescom.2014.12.006" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914418v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dubois" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Anfosso-L&#233;d&#233;e" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Duhamel" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apacoust.2013.03.011" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X1HBDPS2-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914413v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3397/1/3761034" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00949276v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabie Meftah" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17797179.2013.849483" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00776524v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillame Dubois" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2011.09.010" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638047v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wear.2011.07.011" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V2M2SD39-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00489299v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791920v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donatien Le Houedec" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2008.07.018" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1C6R1Q18-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01007123v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Honor&#233; P. Yin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2008.11.003" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00309050v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Kozhevnikov" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2008.04.003" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01006977v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14680629.2008.9690145" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-05210822v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Hussein" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-05210817v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gennesseaux" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Sedran" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-05210306v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3397/IN_2024_3146" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04723878v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Waligora" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mai Lan Nguyen" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33593/wbzwb418" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04980446v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Lelong" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3397/IN_2024_3269" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416491v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04355646v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3397/IN_2022_0166" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414443v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354455v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04355542v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Rouy" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3397/IN_2023_0135" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487359v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Pallas" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Capatina" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.61782/fa.2023.0613" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848303v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03656957v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten Hoever" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achillefs Tsotras" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03772183v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441772v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-05210912v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajasekar Gopalsamy" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848393v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774044v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262595v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03423303v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo G. Pratico" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosario Fedele" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03139477v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0192" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03242431v2" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0490" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03139479v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0119" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04486233v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Chapeleau" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Gu&#233;guen" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Marie Cottineau" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02873394v2" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303301v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358993v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358970v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Berengier" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Gusia" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01467433v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358885v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anneleen Bergiers" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01357685v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Johann Gusia" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358925v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207036v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jm Clairet" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207035v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rasmus Skov" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Bendtsen" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471765v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207034v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qi-Chang He" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01470461v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bent Andersen" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01470465v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919973v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quoc Huong Bui" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915780v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Bendtsen" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Andersen" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bj&#246;rn Kalman" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00810621v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00782242v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00850638v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00636950v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668511v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00637487v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00636947v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00527575v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00537197v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tian Wei" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00636939v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00387386v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong Hai Nguyen" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cesbron" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvano Erlicher" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008196v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01007803v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01008670v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682833v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Honor&#233; Yin" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donatien Le Hou&#233;dec" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914461v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487342v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Cerezo" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02940105v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Luzzi" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Busa" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianfrancesco Colucci" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134331v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281369v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Beguere" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Conte" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Coquelle" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207032v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Goubert" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>