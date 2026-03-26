--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -66,7932 +66,7932 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arising of a bulk plasmon in the optical response of a WS 2 monolayer: an ab initio prediction confirmed experimentally</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noeliarinala Felana Andriambelaza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Sottile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaia Di Berardino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laeticia Noubiwo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Chaste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05371681v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enhancing thermoelectric efficiency of multilayer graphene by nanomeshing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehrdad Rahimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nunzia Lubertino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Bellelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linsai Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05251903v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Probing diffusion in a graphene quantum capacitor at high frequency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emiliano Pallecchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas C. Betz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Chaste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendal Fève</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Huard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00520794v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (56)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strongly confined Te quantum dots as building blocks for single photon sources</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tunable electronic band structure in WS 2(1-x) Se 2x van der Waals Alloys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meryem Bouaziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léonard Schué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rajendra Subedi</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Julien Chaste</w:t>
+                <w:t xml:space="preserve">Noeliarinala Felana Andriambelaza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Alyabyeva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-C. Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Today Quantum</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-05400832v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05371725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mexican hat–like valence band dispersion and quantum confinement in rhombohedral ferroelectric α−In2Se3</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Auto-organization of 2H|3R lateral boundaries in bilayer WSe2 grown by chemical vapor deposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaia Di Berardino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meryem Bouaziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">François Bertran</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Patriarche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Chaste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelkarim Ouerghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 112, pp.155418. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/n2l9-7vjl⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 111 (12), pp.125403. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.111.125403⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05318490v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04984089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tunable electronic band structure in WS 2(1-x) Se 2x van der Waals Alloys</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Mexican hat–like valence band dispersion and quantum confinement in rhombohedral ferroelectric α−In2Se3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffroy Kremer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymen Mahmoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meryem Bouaziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">J.-C. Girard</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehrdad Rahimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bertran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2025, 112, pp.155418. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/n2l9-7vjl⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-05371725v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05318490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Auto-organization of 2H|3R lateral boundaries in bilayer WSe2 grown by chemical vapor deposition</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Gilles Patriarche</w:t>
+                <w:t xml:space="preserve">Strongly confined Te quantum dots as building blocks for single photon sources</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rajendra Subedi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisco Ruiz-Zepeda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yagya Bahadur Woli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thang Ba Hoang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chaste</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Abdelkarim Ouerghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.111.125403⟩</w:t>
+              <w:t xml:space="preserve">Materials Today Quantum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 6, pp.100034. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mtquan.2025.100034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04984089v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05400832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hybridization in van der Waals Epitaxy of PtSe 2 /h-BN and PtSe 2 /Graphene Heterostructures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meryem Bouaziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samir El Masaoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aymen Mahmoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Desgué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Pala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS Nano</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 19 (45), pp.39035-39042. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acsnano.5c09244⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05400824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rheological and film-forming properties of carboxymethylcellulose and polyvinyl alcohol (CMC/PVA) mixtures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eya Chikhaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emna Chérif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Ammar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chaste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bouville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Molecular Liquids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 421, pp.126819. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.molliq.2024.126819⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05400841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anisotropic flat band and charge density wave in quasi-one-dimensional indium telluride</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mapping of vibrational modes revealing a strong and tunable coupling in two juxtaposed 3R-WSe2 nanodrums</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis Chiout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cléophanie Brochard-Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Oehler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelkarim Ouerghi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Chaste</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/physrevb.110.045441⟩</w:t>
+              <w:t xml:space="preserve">Nano Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 24 (33), pp.10148-10154. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.nanolett.4c02214⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04797718v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04797742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Probing the electric and thermoelectric response of ferroelectric 2H and 3R α-In2Se3</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">P. Lafarge</w:t>
+                <w:t xml:space="preserve">Stacking order and electronic band structure in MBE-grown trilayer WSe$_2$ films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymen Mahmoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meryem Bouaziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niels Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Oehler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pavel Dudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0202871⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 109 (11), pp.115437. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.109.115437⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04665755v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04543233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stacking order and electronic band structure in MBE-grown trilayer WSe$_2$ films</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pavel Dudin</w:t>
+                <w:t xml:space="preserve">Probing the electric and thermoelectric response of ferroelectric 2H and 3R α-In2Se3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Rahimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Sobnath</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Lafarge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.109.115437⟩</w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 124 (25), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0202871⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04543233v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04665755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mapping of vibrational modes revealing a strong and tunable coupling in two juxtaposed 3R-WSe2 nanodrums</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Anisotropic flat band and charge density wave in quasi-one-dimensional indium telluride</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meryem Bouaziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymen Mahmoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Romanin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick J Dappe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nano Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.nanolett.4c02214⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 110 (4), pp.045441. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/physrevb.110.045441⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04797742v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04797718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High Strain Engineering of a Suspended WSSe Monolayer Membrane by Indentation and Measured by Tip-enhanced Photoluminescence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Chiout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Tempez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Carlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Chaigneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabian Cadiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Optical Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 12 (14), pp.2302369. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/adom.202302369⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04614707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Observations of the synthesis of straight single wall carbon nanotubes directed by electric fields in an Environmental Transmission Electron Microscope</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Costel Sorin Cojocaru</w:t>
+                <w:t xml:space="preserve">Quantum Confinement and Electronic Structure at the Surface of van der Waals Ferroelectric α-In2Se3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffroy Kremer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymen Mahmoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adel M'Foukh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meryem Bouaziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehrdad Rahimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carbon</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.carbon.2023.118272⟩</w:t>
+              <w:t xml:space="preserve">ACS Nano</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsnano.3c04186⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04161302v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04179830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intrinsic defects and mid-gap states in quasi-one-dimensional indium telluride</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">César González</w:t>
+                <w:t xml:space="preserve">Extreme mechanical tunability in suspended MoS2 resonator controlled by Joule heating</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis Chiout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cléophanie Brochard-Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Läetitia Marty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nedjma Bendiab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meng-Qiang Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevResearch.5.033152⟩</w:t>
+              <w:t xml:space="preserve">npj 2D Materials and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 7, pp.20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41699-023-00383-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04190986v2</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04302614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Highly C-oriented (002) plane ZnO nanowires synthesis</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Direct observation of highly anisotropic electronic and optical nature in indium telluride</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffroy Kremer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymen Mahmoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meryem Bouaziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cléophanie Brochard-Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lama Khalil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSC Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D3RA01511D⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 7 (7), pp.074601. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/physrevmaterials.7.074601⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04302618v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04159938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct observation of highly anisotropic electronic and optical nature in indium telluride</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Lama Khalil</w:t>
+                <w:t xml:space="preserve">Unidirectional Rashba Spin Splitting in Single Layer WS2(1-x)Se2x alloy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jihene Zribi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Debora Pierucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Bisti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biyuan Zheng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Avila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/physrevmaterials.7.074601⟩</w:t>
+              <w:t xml:space="preserve">Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 34 (7), pp.075705. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6528/aca0f6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04159938v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04265051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extreme mechanical tunability in suspended MoS2 resonator controlled by Joule heating</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anis Chiout</w:t>
+                <w:t xml:space="preserve">Quasi van der Waals Epitaxy of Rhombohedral-Stacked Bilayer WSe&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; on GaP(111) Heterostructure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymen Mahmoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meryem Bouaziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cléophanie Brochard-Richard</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Meng-Qiang Zhao</w:t>
+                <w:t xml:space="preserve">Niels Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffroy Kremer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Chaste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">npj 2D Materials and Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41699-023-00383-3⟩</w:t>
+              <w:t xml:space="preserve">ACS Nano</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 17, pp.21307 - 21316. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsnano.3c05818⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04302614v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04302601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum Confinement and Electronic Structure at the Surface of van der Waals Ferroelectric α-In2Se3</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mehrdad Rahimi</w:t>
+                <w:t xml:space="preserve">High p doped and robust band structure in Mg-doped hexagonal boron nitride</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lama Khalil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrine Ernandes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Avila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pavel Dudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Nano</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsnano.3c04186⟩</w:t>
+              <w:t xml:space="preserve">Nanoscale Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 5 (12), pp.3225-3232. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d2na00843b⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04179830v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04302627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unidirectional Rashba Spin Splitting in Single Layer WS2(1-x)Se2x alloy</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">José Avila</w:t>
+                <w:t xml:space="preserve">Electronic properties of rhombohedrally stacked bilayer W Se 2 obtained by chemical vapor deposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymen Mahmoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meryem Bouaziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis Chiout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaia Di Berardino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan Ullberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6528/aca0f6⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 108 (4), pp.045417. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.108.045417⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04265051v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04302594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quasi van der Waals Epitaxy of Rhombohedral-Stacked Bilayer WSe&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; on GaP(111) Heterostructure</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Julien Chaste</w:t>
+                <w:t xml:space="preserve">Hybridization and localized flat band in the WSe2/MoSe2 heterobilayer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lama Khalil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Debora Pierucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilio Velez-Fort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Avila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Vergnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Nano</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsnano.3c05818⟩</w:t>
+              <w:t xml:space="preserve">Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 34 (4), pp.045702. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6528/ac9abe⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04302601v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03864963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High p doped and robust band structure in Mg-doped hexagonal boron nitride</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pavel Dudin</w:t>
+                <w:t xml:space="preserve">Intrinsic defects and mid-gap states in quasi-one-dimensional indium telluride</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meryem Bouaziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymen Mahmoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffroy Kremer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Chaste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">César González</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/d2na00843b⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 5 (3), pp.033152. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevResearch.5.033152⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04302627v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04190986v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electronic properties of rhombohedrally stacked bilayer W Se 2 obtained by chemical vapor deposition</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Highly C-oriented (002) plane ZnO nanowires synthesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ben Moussa Nizar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Lajnef</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Chaste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radouane Chtourou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Herth</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.108.045417⟩</w:t>
+              <w:t xml:space="preserve">RSC Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (22), pp.15077-15085. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D3RA01511D⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04302594v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04302618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybridization and localized flat band in the WSe2/MoSe2 heterobilayer</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Céline Vergnaud</w:t>
+                <w:t xml:space="preserve">Observations of the synthesis of straight single wall carbon nanotubes directed by electric fields in an Environmental Transmission Electron Microscope</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Panciera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ileana Florea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Costel Sorin Cojocaru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6528/ac9abe⟩</w:t>
+              <w:t xml:space="preserve">Carbon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 213, pp.118272. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.carbon.2023.118272⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03864963v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04161302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">α−As2Te3 as a platform for the exploration of the electronic band structure of single layer β−tellurene</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Julien Chaste</w:t>
+                <w:t xml:space="preserve">Electroluminescence of monolayer WS 2 in a scanning tunneling microscope: Effect of bias polarity on spectral and angular distribution of emitted light</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ricardo Javier Peña Román</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Pommier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Bretel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Enrique Parra López</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Lorchat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 106 (12), pp.125152. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/physrevb.106.125152⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 106 (8), pp.085419. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.106.085419⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03865011v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03759969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visualizing Giant Ferroelectric Gating Effects in Large-Scale WSe&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;/BiFeO&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; Heterostructures</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Fusil</w:t>
+                <w:t xml:space="preserve">α−As2Te3 as a platform for the exploration of the electronic band structure of single layer β−tellurene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lama Khalil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pietro Maria Forcella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffroy Kremer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Bisti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Chaste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nano Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.nanolett.2c02448⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 106 (12), pp.125152. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/physrevb.106.125152⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03864972v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03865011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electroluminescence of monolayer WS 2 in a scanning tunneling microscope: Effect of bias polarity on spectral and angular distribution of emitted light</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Etienne Lorchat</w:t>
+                <w:t xml:space="preserve">Visualizing Giant Ferroelectric Gating Effects in Large-Scale WSe&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;/BiFeO&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; Heterostructures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Salazar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Varotto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Vergnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Fusil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.106.085419⟩</w:t>
+              <w:t xml:space="preserve">Nano Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 22 (23), pp.9260-9267. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.nanolett.2c02448⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03759969v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03864972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CMOS Compatible Al‐Doped ZnO Sol–Gel Thin‐Film Properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nizar Ben Moussa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Lajnef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nessrine Jebari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mahut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Villebasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physica Status Solidi A (applications and materials science)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 219 (7), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/pssa.202100480⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04597274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GeSnOI mid-infrared laser technology</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Andjelika Bjelajac</w:t>
+                <w:t xml:space="preserve">Synthesis of ZnO sol–gel thin-films CMOS-Compatible</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nizar Ben Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Lajnef</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nessrine Jebari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Villebasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Light: Science and Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41377-021-00675-7⟩</w:t>
+              <w:t xml:space="preserve">RSC Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (37), pp.22723-22733. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D1RA02241E⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03842043v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03450817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">2D Monolayer of 1T' Phase of Alloyed WSSe from Colloidal Synthesis</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId147" w:history="1">
+                <w:t xml:space="preserve">Correlating structure and detection properties in HgTe nanocrystal films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sang-Soo Chee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlie Gréboval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Debora Vale Magalhaes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tung Huu Dang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Ramade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.1c02275⟩</w:t>
+              <w:t xml:space="preserve">Nano Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21 (10), pp.4145-4151. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.nanolett.0c04346⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03227064v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03220006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electronic band gap of van der Waals α-As2Te3 crystals</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
+                <w:t xml:space="preserve">Multi-order phononic frequency comb generation within a MoS&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; electromechanical resonator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis Chiout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Correia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meng-Qiang Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A T Charlie Johnson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Debora Pierucci</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Julien Chaste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Physics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 119 (4), pp.043103. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0058291⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 119 (17), pp.173102. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0059015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03321708v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03865090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of ZnO sol–gel thin-films CMOS-Compatible</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Fabien Bayle</w:t>
+                <w:t xml:space="preserve">Indirect to direct band gap crossover in two-dimensional WS2(1−x)Se2x alloys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrine Ernandes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lama Khalil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hela Almabrouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Debora Pierucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biyuan Zheng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSC Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D1RA02241E⟩</w:t>
+              <w:t xml:space="preserve">npj 2D Materials and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 5, pp.7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41699-020-00187-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03450817v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03450806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correlating structure and detection properties in HgTe nanocrystal films</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Julien Ramade</w:t>
+                <w:t xml:space="preserve">Electronic band gap of van der Waals α-As2Te3 crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lama Khalil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Debora Pierucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Bisti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Chaste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nano Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.nanolett.0c04346⟩</w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 119 (4), pp.043103. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0058291⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03220006v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03321708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-order phononic frequency comb generation within a MoS&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; electromechanical resonator</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Debora Pierucci</w:t>
+                <w:t xml:space="preserve">2D Monolayer of 1T' Phase of Alloyed WSSe from Colloidal Synthesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ashkan Shahmanesh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Romanin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Dabard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sang-Soo Chee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlie Gréboval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0059015⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 125 (20), pp.11058-11065. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.1c02275⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03865090v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03227064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Indirect to direct band gap crossover in two-dimensional WS2(1−x)Se2x alloys</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId106" w:history="1">
+                <w:t xml:space="preserve">Strain and Spin-Orbit Coupling Engineering in Twisted WS2/Graphene Heterobilayer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrine Ernandes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lama Khalil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Biyuan Zheng</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Henck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meng-Qiang Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Chaste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">npj 2D Materials and Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41699-020-00187-9⟩</w:t>
+              <w:t xml:space="preserve">Nanomaterials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (11), pp.2921. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/nano11112921⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03450806v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03450796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strain and Spin-Orbit Coupling Engineering in Twisted WS2/Graphene Heterobilayer</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Julien Chaste</w:t>
+                <w:t xml:space="preserve">GeSnOI mid-infrared laser technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Binbin Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Sakat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Herth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maksym Gromovyi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andjelika Bjelajac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanomaterials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/nano11112921⟩</w:t>
+              <w:t xml:space="preserve">Light: Science and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 10, pp.232. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41377-021-00675-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03450796v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03842043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural and electronic transitions in few layers of isotopically pure hexagonal boron nitride</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jihene Zribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lama Khalil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Avila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chaste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Henck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 102 (11), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevB.102.115141⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02946710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reconfigurable 2D/0D p-n Graphene/HgTe Nanocrystal Heterostructure for Infrared Detection</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId174" w:history="1">
+                <w:t xml:space="preserve">Gate Tunable Vertical Geometry Phototransistor based on Infrared HgTe Nanocrystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlie Gréboval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ulrich Nguétchuissi Noumbé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Chu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hicham Majjad</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Prado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Khalili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Nano</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsnano.0c00103⟩</w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 117 (25), pp.251104. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0032622⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03451036v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03086952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phase Transition in a Memristive Suspended MoS2 Monolayer Probed by Opto-and Electro-Mechanics</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alan Durnez</w:t>
+                <w:t xml:space="preserve">Reconfigurable 2D/0D p-n Graphene/HgTe Nanocrystal Heterostructure for Infrared Detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ulrich Nguétchuissi Noumbé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlie Gréboval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Livache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Chu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hicham Majjad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS Nano</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2020, 14 (4), pp.4567 - 4576. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsnano.0c00103⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03451026v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03451036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gate Tunable Vertical Geometry Phototransistor based on Infrared HgTe Nanocrystals</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Adrien Khalili</w:t>
+                <w:t xml:space="preserve">Phase Transition in a Memristive Suspended MoS2 Monolayer Probed by Opto-and Electro-Mechanics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Chaste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imen Hnid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lama Khalil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chen Si</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Durnez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ACS Nano</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03086952v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03451026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence of direct electronic band gap in two-dimensional van der Waals indium selenide crystals</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Evangelos Papalazarou</w:t>
+                <w:t xml:space="preserve">Graphene/fluorographene heterostructure for nano ribbon transistor channel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kai-Ping Chang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kuan-I Ho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Boutchich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Chaste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hakim Arezki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevMaterials.3.034004⟩</w:t>
+              <w:t xml:space="preserve">Semiconductor Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 35 (1), pp.015005. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6641/ab52ed⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02264123v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02403905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Graphene/fluorographene heterostructure for nano ribbon transistor channel</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hakim Arezki</w:t>
+                <w:t xml:space="preserve">Strong interlayer hybridization in the aligned SnS2/WSe2 hetero-bilayer structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jihene Zribi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lama Khalil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biyuan Zheng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Avila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Debora Pierucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Semiconductor Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6641/ab52ed⟩</w:t>
+              <w:t xml:space="preserve">npj 2D Materials and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 3 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41699-019-0109-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02403905v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03451132v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence for a narrow band gap phase in 1T′ WS 2 nanosheet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Debora Pierucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jihene Zribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Livache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlie Gréboval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu G Silly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Physics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 115 (3), pp.032102. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.5091997⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02267954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strong interlayer hybridization in the aligned SnS2/WSe2 hetero-bilayer structure</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+                <w:t xml:space="preserve">Electronic coupling in the F4-TCNQ/single-layer GaSe heterostructure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lama Khalil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Debora Pierucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evangelos Papalazarou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Chaste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu G Silly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">npj 2D Materials and Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41699-019-0109-3⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 3 (8), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/physrevmaterials.3.084002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03451132v2</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03451065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electronic coupling in the F4-TCNQ/single-layer GaSe heterostructure</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
+                <w:t xml:space="preserve">Evidence of direct electronic band gap in two-dimensional van der Waals indium selenide crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Henck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Debora Pierucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jihene Zribi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Bisti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evangelos Papalazarou</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mathieu G Silly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 3 (8), </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/physrevmaterials.3.084002⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 3 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevMaterials.3.034004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03451065v1</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02264123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flat electronic bands in long sequences of rhombohedral-stacked graphene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Henck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Avila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeineb Ben Aziza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Debora Pierucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacopo Baima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 97 (24), pp.245421. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/physrevb.97.245421⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01986148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Van der Waals epitaxy of two-dimensional single-layer h-BN on graphite by molecular beam epitaxy: Electronic properties and band structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deborah Pierucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jihene Zribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Henck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chaste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu G. Silly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Physics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 112 (25), pp.253102. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.5029220⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01863526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanomechanical Strain Concentration on a Two-Dimensional Nanobridge within a Large Suspended Bilayer Graphene for Molecular Mass Detection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chaste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Missaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amina Saadani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Garcia-Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Debora Pierucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS Applied Nano Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 1 (12), pp.6752-6759. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acsanm.8b01555⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03894873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electronic band structure of Two-Dimensional WS 2 /Graphene van der Waals Heterostructures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Henck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeineb Ben Aziza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Debora Pierucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feriel Laourine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Reale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 97 (15), pp.155421. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevB.97.155421⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01772263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valence band inversion and spin-orbit effects in the electronic structure of monolayer GaSe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeineb Ben Aziza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viktor Zólyomi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Henck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Debora Pierucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu G Silly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 98 (11), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevB.98.115405⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01889413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanostructures in suspended mono- and bilayer epitaxial graphene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chaste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amina Saadani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Jaffré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Madouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carbon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 125, pp.162-167. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.carbon.2017.09.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02381427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electrolytic phototransistor based on graphene-MoS 2 van der Waals p-n heterojunction with tunable photoresponse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Henck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Debora Pierucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chaste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carl H. Naylor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jose Avila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Physics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 109 (11), pp.113103. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.4962551⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01438654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bandgap inhomogeneity of MoS$_2$ monolayer on epitaxial graphene bilayer in van der Waals p-n junction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeineb Ben Aziza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Henck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniela Di Felice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Debora Pierucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chaste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carbon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 110, pp.396 - 403. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.carbon.2016.09.041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-01490885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Original Electrospun Core Shell Nanostructured Magneli Titanium Oxide Fibers and their Electrical Properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vasana Maneeratana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Portehault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chaste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Mailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Antonietti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 26 (17), pp.2654-2658. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/adma.201305148⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01289933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Direct Observation of Large Quantum Interference Effect in Anthraquinone Solid-State Junctions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rabache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chaste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Luisa Della Rocca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 135 (28), pp.10218-10221. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/ja403577u⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04997683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transport scattering time probed through rf admittance of a graphene capacitor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emiliano Pallecchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Betz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chaste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwendal Fève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Huard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 83 (12), pp.125408</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00657369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal shot noise in top-gated single carbon nanotube field effect transistors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chaste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emiliano Pallecchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Morfin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwendal Fève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Takis Kontos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Physics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 96, pp.192103. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.3425889⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00484988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Single Carbon Nanotube Transistor at GHz Frequency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chaste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorentz Lechner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Morfin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwendal Fève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Takis Kontos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nano Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 8 (2), pp.525. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/nl0727361⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00272200v1</w:t>
-              </w:r>
-[...384 lines deleted...]
-                <w:t xml:space="preserve">hal-00520794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (27)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -8210,907 +8210,907 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05252303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal transport in suspended hBoron Nitride</w:t>
+                <w:t xml:space="preserve">Straintronics in 2D materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chaste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">colloque GDR HOWDI 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Ile de Porquerolles, France</w:t>
+              <w:t xml:space="preserve">RamanFest2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05252293v1</w:t>
+                <w:t xml:space="preserve">hal-05252298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Straintronics in 2D materials</w:t>
+                <w:t xml:space="preserve">Thermal transport in suspended hBoron Nitride</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chaste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RamanFest2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">Graphene 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Gothenburg, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05252298v1</w:t>
+                <w:t xml:space="preserve">hal-05252289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal transport in suspended hBoron Nitride</w:t>
+                <w:t xml:space="preserve">TEPL and straintronics in 2D materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chaste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Graphene 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Gothenburg, Sweden</w:t>
+              <w:t xml:space="preserve">Colloque GDR Howdi 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Ile de Poquerolle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05252289v1</w:t>
+                <w:t xml:space="preserve">hal-05252189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TEPL and straintronics in 2D materials</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">In-Situ Direct Observation of Carbon Nanotube Synthesis Under Electric Field and Their Field Emission Performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Panciera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ileana Florea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Costel Cojocaru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sorin Perisanu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque GDR Howdi 2023</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2023 IEEE 36th International Vacuum Nanoelectronics Conference (IVNC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Cambridge, United States. pp.120-121, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IVNC57695.2023.10188980⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05252189v1</w:t>
+                <w:t xml:space="preserve">hal-04297059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In-Situ Direct Observation of Carbon Nanotube Synthesis Under Electric Field and Their Field Emission Performance</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thermal transport in suspended hBoron Nitride</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Chaste</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2023 IEEE 36th International Vacuum Nanoelectronics Conference (IVNC)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">colloque GDR HOWDI 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Ile de Porquerolles, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/IVNC57695.2023.10188980⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04297059v1</w:t>
+                <w:t xml:space="preserve">hal-05252293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TEPL and straintronics in 2D materials</w:t>
+                <w:t xml:space="preserve">Strain and heat in 2D Materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chaste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de la Matière Condensée (JMC) 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2022, Lyon, France</w:t>
+              <w:t xml:space="preserve">Nano-TN 2022 : Nano-Materials: Theory and Experiments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Marrakech, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05252165v1</w:t>
+                <w:t xml:space="preserve">hal-05252160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metal-insulator transition in annealed Mos2 devices</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Strain and heat in 2D materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chaste</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">HOWDI 2022 Annual meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Dourdan, France</w:t>
+              <w:t xml:space="preserve">NanoTNT2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Tirana, Albania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04794024v1</w:t>
+                <w:t xml:space="preserve">hal-05252020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strain and heat in 2D Materials</w:t>
+                <w:t xml:space="preserve">Electrothermal heating of 2D materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chaste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nano-TN 2022 : Nano-Materials: Theory and Experiments</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Marrakech, Morocco</w:t>
+              <w:t xml:space="preserve">Raman Fest 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05252160v1</w:t>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05252168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strain and heat in 2D materials</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Metal-insulator transition in annealed Mos2 devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivanovitch Castillo Arvelo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Sohier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Paillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chaste</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Verstraete</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NanoTNT2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Tirana, Albania</w:t>
+              <w:t xml:space="preserve">HOWDI 2022 Annual meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Dourdan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05252020v1</w:t>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04794024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrothermal heating of 2D materials</w:t>
+                <w:t xml:space="preserve">TEPL and straintronics in 2D materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chaste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Raman Fest 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">Journées de la Matière Condensée (JMC) 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05252168v1</w:t>
+                <w:t xml:space="preserve">hal-05252165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Probing the electronic properties of CVD graphene superlattices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hakim Arezki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Boutchich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Jaffré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chaste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9174,90 +9174,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal shot noise in top-gated single carbon nanotubes field effect transistors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chaste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emiliano Pallecchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Morfin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Takis Kontos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwendal Fève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electronic properties of two-dimensional systems (EP2DS 19)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2011, Tallahassee, United States</w:t>
@@ -9280,609 +9280,609 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00657406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Probing diffusion in a graphene quantum capacitor at high frequency</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId249" w:history="1">
+                <w:t xml:space="preserve">Noise conductance of carbon nanotube transistors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emiliano Pallecchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Andreas Betz</w:t>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Plaçais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chaste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Morfin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwendal Fève</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Huard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunion plénière du GDR de physique mésoscopique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2010, Aussois, France</w:t>
+              <w:t xml:space="preserve">APS March meeting 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2010, Portland, United States. pp.B20.13</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00528719v1</w:t>
+                <w:t xml:space="preserve">hal-00528725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Graphene nanotransitor: quantum capacitance and microwave properties</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId249" w:history="1">
+                <w:t xml:space="preserve">Diffusive charge relaxation in a graphene capacitor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Betz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emiliano Pallecchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chaste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Gilles Dambrine</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendal Fève</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Huard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Graphene Week 2010</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2010, College Park, United States</w:t>
+              <w:t xml:space="preserve">Journées de la matière condensée de la société française de physique, JMC12.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2010, Troyes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00528747v1</w:t>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00519803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diffusive charge relaxation in a graphene capacitor</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId250" w:history="1">
+                <w:t xml:space="preserve">Graphene nanotransitor: quantum capacitance and microwave properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emiliano Pallecchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Betz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chaste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Huard</w:t>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Happy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Dambrine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de la matière condensée de la société française de physique, JMC12.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2010, Troyes, France</w:t>
+              <w:t xml:space="preserve">Graphene Week 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2010, College Park, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00519803v1</w:t>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00528747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noise conductance of carbon nanotube transistors</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId249" w:history="1">
+                <w:t xml:space="preserve">Probing diffusion in a graphene quantum capacitor at high frequency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emiliano Pallecchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bernard Plaçais</w:t>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Betz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chaste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwendal Fève</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Huard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">APS March meeting 2010</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2010, Portland, United States. pp.B20.13</w:t>
+              <w:t xml:space="preserve">Réunion plénière du GDR de physique mésoscopique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2010, Aussois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00528725v1</w:t>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00528719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microwave graphene nano-transistors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Betz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emiliano Pallecchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chaste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Takis Kontos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwendal Fève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">DPG Spring Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Dresden, France</w:t>
@@ -9905,596 +9905,596 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00528728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Single carbon nanotube at GHz frequency</w:t>
+                <w:t xml:space="preserve">Single carbon nanotube transistor at GHz frequency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chaste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorentz Lechner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Morfin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwendal Fève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Takis Kontos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on the Science and Application of Nanotubes (NT08)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Montpellier, France</w:t>
+              <w:t xml:space="preserve">VIth Rencontres de Moriond in Mesoscopic Physics : Quantum Transport and Nanophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, La Thuile, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00289768v1</w:t>
+                <w:t xml:space="preserve">hal-00273108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Single carbon nanotube transistor at GHz frequency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chaste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorentz Lechner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Morfin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Berroir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwendal Fève</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Takis Kontos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VIth Rencontres de Moriond in Mesoscopic Physics : Quantum Transport and Nanophysics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, La Thuile, Italy</w:t>
+              <w:t xml:space="preserve">Symposium on Quantum Phenomena and Devices at Low Temperatures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Espoo, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00273108v1</w:t>
+                <w:t xml:space="preserve">hal-00273129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Single carbon nanotube transistor at GHz frequency</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Single electron experiments in ballistic quantum conductors: injection and detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Plaçais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chaste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Parmentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Mahé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwendal Fève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium on Quantum Phenomena and Devices at Low Temperatures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Espoo, Finland</w:t>
+              <w:t xml:space="preserve">Spin and Qubit 2008 Symposium at the Niels Bohr Institute</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Copenhague, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00273129v1</w:t>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00289751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Single electron experiments in ballistic quantum conductors: injection and detection</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Single carbon nanotube at GHz frequency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chaste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorentz Lechner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Morfin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwendal Fève</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Takis Kontos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Spin and Qubit 2008 Symposium at the Niels Bohr Institute</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Copenhague, Denmark</w:t>
+              <w:t xml:space="preserve">International Conference on the Science and Application of Nanotubes (NT08)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00289751v1</w:t>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00289768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The carbon nanotube mesoscopic transistor, dynamics and optimisation as nanosecond pulsed charge detector</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chaste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwendal Fève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Takis Kontos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Berroir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian D.C. Glattli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10549,90 +10549,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrication de transistors à base de nanotube de carbone et détection de charges uniques hautes fréquences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chaste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Berroir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Takis Kontos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian D.C. Glattli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Plaçais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GDR Nanotubes et nanofils semiconducteurs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Ecully, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10670,77 +10670,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transistor à effet de champ à nanotube de carbone pour la détection nanoseconde de charges uniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chaste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Morfin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Takis Kontos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Berroir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian D.C. Glattli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10908,103 +10908,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metal-Insulator transition in annealed MoS 2 devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivanovitch Castillo Arvelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Sohier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chaste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Verstraete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelkarim Ouerghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Graphene 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Grenoble, France</w:t>
@@ -11305,51 +11305,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400832v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajendra Subedi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Ruiz-Zepeda" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yagya Bahadur Woli" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thang Ba Hoang" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chaste" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtquan.2025.100034" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318490v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Kremer" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymen Mahmoudi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meryem Bouaziz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehrdad Rahimi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bertran" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/n2l9-7vjl" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371725v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Schu&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noeliarinala Felana Andriambelaza" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Alyabyeva" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Girard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984089v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaia Di Berardino" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Patriarche" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkarim Ouerghi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.111.125403" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400824v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir El Masaoudi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Desgu&#233;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Pala" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.5c09244" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400841v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eya Chikhaoui" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emna Ch&#233;rif" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Ammar" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bouville" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molliq.2024.126819" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797718v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Romanin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Girard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick J Dappe" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevb.110.045441" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04665755v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rahimi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Sobnath" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chen" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mallet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lafarge" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0202871" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543233v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels Chapuis" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Oehler" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Dudin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.109.115437" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797742v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Chiout" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ophanie Brochard-Richard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.4c02214" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04614707v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Tempez" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Carlier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Chaigneau" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Cadiz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adom.202302369" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161302v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Vincent" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Panciera" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ileana Florea" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Blanchard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costel Sorin Cojocaru" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2023.118272" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190986v2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevResearch.5.033152" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04302618v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Moussa Nizar" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Lajnef" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radouane Chtourou" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Herth" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3RA01511D" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159938v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lama Khalil" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevmaterials.7.074601" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04302614v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#228;etitia Marty" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nedjma Bendiab" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meng-Qiang Zhao" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41699-023-00383-3" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04179830v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel M'Foukh" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.3c04186" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265051v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihene Zribi" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debora Pierucci" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Bisti" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Biyuan Zheng" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Avila" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/aca0f6" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04302601v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.3c05818" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04302627v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrine Ernandes" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Rousseau" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2na00843b" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04302594v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Ullberg" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.108.045417" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864963v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Velez-Fort" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Vergnaud" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/ac9abe" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865011v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Maria Forcella" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevb.106.125152" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864972v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Salazar" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Varotto" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Garcia" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fusil" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.2c02448" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759969v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Javier Pe&#241;a Rom&#225;n" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Pommier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Bretel" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Enrique Parra L&#243;pez" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Lorchat" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.106.085419" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04597274v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Ben Moussa" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nessrine Jebari" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Mahut" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Villebasse" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.202100480" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842043v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Binbin Wang" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Sakat" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maksym Gromovyi" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andjelika Bjelajac" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41377-021-00675-7" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03227064v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashkan Shahmanesh" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Dabard" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sang-Soo Chee" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlie Gr&#233;boval" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.1c02275" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321708v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0058291" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03450817v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Villebasse" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Bayle" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1RA02241E" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03220006v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debora Vale Magalhaes" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tung Huu Dang" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ramade" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.0c04346" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865090v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Correia" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A T Charlie Johnson" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0059015" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03450806v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hela Almabrouk" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41699-020-00187-9" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03450796v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Henck" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano11112921" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946710v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.102.115141" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451036v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Ngu&#233;tchuissi Noumb&#233;" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Livache" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Chu" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Majjad" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.0c00103" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451026v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Hnid" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Si" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Durnez" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03086952v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Prado" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Khalili" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0032622" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264123v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evangelos Papalazarou" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.3.034004" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403905v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai-Ping Chang" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuan-I Ho" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Boutchich" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Arezki" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6641/ab52ed" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267954v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu G Silly" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5091997" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451132v2" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41699-019-0109-3" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451065v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevmaterials.3.084002" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986148v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeineb Ben Aziza" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacopo Baima" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevb.97.245421" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863526v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Pierucci" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu G. Silly" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5029220" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03894873v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Missaoui" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Saadani" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Garcia-Sanchez" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.8b01555" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772263v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feriel Laourine" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Reale" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.97.155421" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889413v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktor Z&#243;lyomi" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.98.115405" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02381427v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Jaffr&#233;" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Madouri" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Alvarez" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2017.09.014" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438654v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl H. Naylor" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Avila" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4962551" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01490885v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Di Felice" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2016.09.041" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289933v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasana Maneeratana" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Portehault" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Mailly" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Antonietti" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.201305148" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-D1TWL0QB-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997683v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rabache" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Petit" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Luisa Della Rocca" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Martin" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja403577u" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657369v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiliano Pallecchi" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Betz" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal F&#232;ve" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Huard" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484988v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Morfin" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takis Kontos" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3425889" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00272200v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorentz Lechner" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nl0727361" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251903v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nunzia Lubertino" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Bellelli" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linsai Chen" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mallet" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371681v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Sottile" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laeticia Noubiwo" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520794v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas C. Betz" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252300v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252307v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252303v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252293v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252298v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252289v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252189v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297059v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costel Cojocaru" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sorin Perisanu" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IVNC57695.2023.10188980" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252165v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794024v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivanovitch Castillo Arvelo" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Sohier" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Paillet" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Verstraete" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252160v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252020v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252168v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533988v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NMDC.2016.7777071" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657406v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00528719v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00528747v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Happy" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Dambrine" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00519803v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00528725v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Pla&#231;ais" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00528728v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00289768v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00273108v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00273129v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Berroir" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00289751v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Parmentier" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Mah&#233;" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00289760v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian D.C. Glattli" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00153676v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00153551v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04321649v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04793994v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00420915v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371681v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noeliarinala Felana Andriambelaza" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Sottile" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaia Di Berardino" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laeticia Noubiwo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chaste" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251903v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehrdad Rahimi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nunzia Lubertino" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Bellelli" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linsai Chen" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mallet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520794v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiliano Pallecchi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas C. Betz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal F&#232;ve" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Huard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371725v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meryem Bouaziz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Schu&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Alyabyeva" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Girard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984089v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Patriarche" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkarim Ouerghi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.111.125403" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318490v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Kremer" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymen Mahmoudi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bertran" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/n2l9-7vjl" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400832v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajendra Subedi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Ruiz-Zepeda" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yagya Bahadur Woli" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thang Ba Hoang" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtquan.2025.100034" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400824v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir El Masaoudi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Desgu&#233;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Pala" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.5c09244" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400841v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eya Chikhaoui" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emna Ch&#233;rif" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Ammar" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bouville" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molliq.2024.126819" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797742v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Chiout" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ophanie Brochard-Richard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Oehler" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.4c02214" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543233v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels Chapuis" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Dudin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.109.115437" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04665755v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rahimi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Sobnath" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chen" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mallet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lafarge" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0202871" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797718v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Romanin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Girard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick J Dappe" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevb.110.045441" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04614707v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Tempez" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Carlier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Chaigneau" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Cadiz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adom.202302369" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04179830v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel M'Foukh" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.3c04186" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04302614v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#228;etitia Marty" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nedjma Bendiab" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meng-Qiang Zhao" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41699-023-00383-3" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159938v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lama Khalil" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevmaterials.7.074601" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265051v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihene Zribi" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debora Pierucci" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Bisti" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Biyuan Zheng" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Avila" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/aca0f6" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04302601v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.3c05818" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04302627v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrine Ernandes" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Rousseau" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2na00843b" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04302594v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Ullberg" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.108.045417" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864963v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Velez-Fort" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Vergnaud" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/ac9abe" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190986v2" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevResearch.5.033152" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04302618v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Moussa Nizar" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Lajnef" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radouane Chtourou" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Herth" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3RA01511D" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161302v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Vincent" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Panciera" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ileana Florea" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Blanchard" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costel Sorin Cojocaru" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2023.118272" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759969v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Javier Pe&#241;a Rom&#225;n" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Pommier" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Bretel" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Enrique Parra L&#243;pez" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Lorchat" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.106.085419" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865011v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Maria Forcella" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevb.106.125152" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864972v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Salazar" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Varotto" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Garcia" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fusil" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.2c02448" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04597274v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Ben Moussa" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nessrine Jebari" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Mahut" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Villebasse" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.202100480" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03450817v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Villebasse" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Bayle" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1RA02241E" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03220006v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sang-Soo Chee" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlie Gr&#233;boval" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debora Vale Magalhaes" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tung Huu Dang" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ramade" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.0c04346" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865090v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Correia" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A T Charlie Johnson" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0059015" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03450806v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hela Almabrouk" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41699-020-00187-9" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321708v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0058291" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03227064v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashkan Shahmanesh" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Dabard" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.1c02275" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03450796v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Henck" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano11112921" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842043v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Binbin Wang" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Sakat" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maksym Gromovyi" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andjelika Bjelajac" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41377-021-00675-7" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946710v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.102.115141" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03086952v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Ngu&#233;tchuissi Noumb&#233;" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Chu" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Prado" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Khalili" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0032622" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451036v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Livache" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Majjad" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.0c00103" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451026v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Hnid" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Si" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Durnez" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403905v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai-Ping Chang" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuan-I Ho" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Boutchich" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Arezki" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6641/ab52ed" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451132v2" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41699-019-0109-3" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267954v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu G Silly" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5091997" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451065v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evangelos Papalazarou" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevmaterials.3.084002" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264123v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.3.034004" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986148v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeineb Ben Aziza" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacopo Baima" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevb.97.245421" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863526v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Pierucci" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu G. Silly" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5029220" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03894873v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Missaoui" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Saadani" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Garcia-Sanchez" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.8b01555" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772263v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feriel Laourine" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Reale" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.97.155421" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889413v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktor Z&#243;lyomi" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.98.115405" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02381427v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Jaffr&#233;" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Madouri" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Alvarez" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2017.09.014" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438654v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl H. Naylor" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Avila" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4962551" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01490885v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Di Felice" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2016.09.041" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289933v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasana Maneeratana" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Portehault" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Mailly" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Antonietti" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.201305148" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-D1TWL0QB-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997683v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rabache" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Petit" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Luisa Della Rocca" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Martin" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja403577u" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657369v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Betz" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484988v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Morfin" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takis Kontos" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3425889" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00272200v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorentz Lechner" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nl0727361" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252300v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252307v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252303v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252298v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252289v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252189v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297059v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costel Cojocaru" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sorin Perisanu" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IVNC57695.2023.10188980" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252293v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252160v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252020v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252168v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794024v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivanovitch Castillo Arvelo" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Sohier" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Paillet" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Verstraete" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252165v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533988v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NMDC.2016.7777071" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657406v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00528725v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Pla&#231;ais" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00519803v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00528747v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Happy" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Dambrine" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00528719v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00528728v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00273108v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00273129v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Berroir" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00289751v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Parmentier" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Mah&#233;" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00289768v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00289760v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian D.C. Glattli" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00153676v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00153551v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04321649v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04793994v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00420915v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>