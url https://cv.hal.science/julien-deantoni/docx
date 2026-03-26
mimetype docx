--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -147,8135 +147,8260 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (12)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Fabrique des Jumeaux Numériques: verrous scientifiques, technologiques et perspectives du programme EDT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Vicat-Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Combemale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy de Spiegeleer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Blouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Revue de l'électricité et de l'électronique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 1 (1), pp.98-103</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05559524v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quantifying and combining uncertainty for improving the behavior of Digital Twin Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Deantoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paula Muñoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cláudio Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clark Verbrugge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rakshit Mittal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Automatisierungstechnik</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 73 (2), pp.81-99. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48550/arXiv.2402.10535⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04467401v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Generic Framework for Representing and Analysing Model Concurrency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steffen Zschaler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Bousse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Deantoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Combemale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Software and Systems Modeling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 22, pp.1319-1340. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10270-022-01073-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03921704v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Early timing analysis based on scenario requirements and platform models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jörg Holtmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Deantoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Markus Fockel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Software and Systems Modeling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 21, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10270-022-01002-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03375049v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">System Based Interference Analysis in Capella</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amin Oueslati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Cuenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Deantoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Moreno</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Journal of Object Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 18 (2), pp.14:1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5381/jot.2019.18.2.a14⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02182902v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Unifying Framework for Homogeneous Model Composition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jörg Kienzle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gunter Mussbacher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Combemale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Deantoni</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Software and Systems Modeling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, pp.1-19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10270-018-00707-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01949050v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Progressive and explicit refinement of scheduling for multidimensional data-flow applications using UML MARTE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Calin Glitia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Deantoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Vivien Millo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Boulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Design Automation for Embedded Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 19 (1-2), pp.1-33. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10617-014-9140-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-01912854v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Globalizing Modeling Languages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Combemale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Deantoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Baudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert B. France</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Jézéquel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Computer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, pp.10-13</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00994551v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le nouveau défi de la coordination des langages de modélisation. Gestion de l'hétérogénéité des modèles dans le développement et l'exécution de systèmes logiciels complexes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Combemale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Deantoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Koudri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Le Noir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Génie logiciel : le magazine de l'ingénierie du logiciel et des systèmes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 105, pp.4-11</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00854221v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Progressive and explicit refinement of scheduling for multidimensional data-flow applications using uml marte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Calin Glitia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Deantoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Vivien Millo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Boulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Design Automation for Embedded Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 16 (2), pp.137-169. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10617-012-9093-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00727239v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Clock Constraint Specification Language for building timed causality models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Deantoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert de Simone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Innovations in Systems and Software Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 6 (1-2), pp.99-106. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11334-009-0109-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00464894v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">SAIA : une utilisation conjointe du génie logiciel et des méthodes formelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Deantoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Babau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">En vue - Lettre d'information de l'INSA de Lyon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 26</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00587097v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (61)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DemIstifyCPS: A Domain-Specific Language for Influence Modeling in Cyber-Physical Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara da Silva Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ferry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MODELSWARD 2026 - 14th International Conference on Model-Driven Engineering and Software Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2026, Marbella, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05432195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Understandable Timing Analysis of Service-Oriented Architecture Components in Software-Defined Vehicle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pavlo Tokariev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irman Faqrizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20th International Conference on Information and Communication Technologies in Education, Research, and Industrial Applications (ICTERI-2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05224373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Engineering Digital Twins: A Research Roadmap</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Combemale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Vicat-Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Blouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hind Bril El Haouzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Bruel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EDTconf 2025 - 2nd International Conference on Engineering Digital Twins</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2025, Grand Rapids, Michigan, United States. pp.1-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05223776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards Leveraging the Concept of Influence to Enhance Collaborative Cyber-Physical Systems Development</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Spatio-Temporal Framework for Verifying Safety Rules in Autonomous Vehicles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maksym Labzhaniia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Agnès Peraldi-Frati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MPM4CPS 2024 - Multi-Paradigm Modeling for Cyber-Physical Systems @MODELS 2024</w:t>
+              <w:t xml:space="preserve">MODELS 2024 - 27th International Conference on Model Driven Engineering Languages and Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Linz, Austria. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/3652620.3688568⟩</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3652620.3687813⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04695644v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04695647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatio-Temporal Framework for Verifying Safety Rules in Autonomous Vehicles</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Towards Leveraging the Concept of Influence to Enhance Collaborative Cyber-Physical Systems Development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bárbara da Silva Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ferry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Mallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MODELS 2024 - 27th International Conference on Model Driven Engineering Languages and Systems</w:t>
+              <w:t xml:space="preserve">MPM4CPS 2024 - Multi-Paradigm Modeling for Cyber-Physical Systems @MODELS 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Linz, Austria. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/3652620.3687813⟩</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3652620.3688568⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04695647v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04695644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Examining model qualities and their impact on digital twins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bentley James Oakes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cláudio Gomes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Gorm Larsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joachim Denil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ANNSIM 2023 - Annual Modeling and Simulation Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Hamilton, Ontario, Canada. pp.220-232</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04259726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Early Timing Analysis based on Scenario Requirements and Platform Models (Extended Abstract)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jörg Holtmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Fockel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Software Engineering 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2023, Paderborn, Germany. pp.69-70</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04259779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Debugging and Verification Tools for LINGUA FRANCA in GEMOC Studio</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">WIP: Domain Specific Debugging by using RUNSTAR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ryana Karaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Marti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Marten Lohstroh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FDL 2021 - Forum on specification &amp; Design Languages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2021, Antibes, France. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, Sep 2021, Antibes, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03374955v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03375006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">WIP: Domain Specific Debugging by using RUNSTAR</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Debugging and Verification Tools for LINGUA FRANCA in GEMOC Studio</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">João Cambeiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soroush Bateni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shaokai Lin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marten Lohstroh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FDL 2021 - Forum on specification &amp; Design Languages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2021, Antibes, France</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Sep 2021, Antibes, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/FDL53530.2021.9568383⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03375006v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03374955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Supporting the Engineering of Multi-Fidelity Simulation Units With Simulation Goals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">João Cambeiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vasco Amaral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Workshop on Multi-Paradigm Modeling for Cyber-Physical Systems (MPM4CPS'21)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Fukuoka, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03374990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Semantic-Aware, Accurate and Efficient API for (Co-)Simulation of CPS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovanni Liboni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CoSim-CPS 2020 - Software Engineering and Formal Methods. SEFM 2020 Collocated Workshops</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Amsterdam / Online, Netherlands. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-67220-1_21⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03038527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CoSim20: An Integrated Development Environment for Accurate and Efficient Distributed Co-Simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovanni Liboni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICISE 2020 - 5th International Conference on Information Systems Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2020, Manchester / Virtual, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03038547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Early validation of satellite COTS-on-board computing systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Cuenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Bouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert de Simone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amin Oueslati</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ERTS 2020 - 10th European Congress on Embedded Real-Time Software and Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2020, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02413867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priority in Logical Time Partial Orders with Synchronous Relations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Gascon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Le Tallec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE RIVF 2019 - Research, Innovation and Vision for the Future</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2019, Danang, Vietnam</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02078493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">WIP on a Coordination Language to Automate the Generation of Co-Simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovanni Liboni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FDL 2019 - Forum on specification &amp; Design Languages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Southampton, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02292048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preface to the 1st Multi-Paradigm Modeling for Cyber-Physical Systems (MPM4CPS 2019)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon van Mierlo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eugene Syriani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Blouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moussa Amrani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MODELS Conference 2019 - ACM/IEEE 22nd International Conference on Model Driven Engineering Languages and Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Munich, Germany. pp.2, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/MODELS-C.2019.00066⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02428017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards Sketching Interfaces for Multi-Paradigm Modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Van Mierlo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loli Burgueño</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clark Verbrugge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans Vangheluwe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MPM4CPS - First International Workshop on Multi-Paradigm Modelling for Cyber-Physical Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Munich, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02336809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards the Verification of Hybrid Co-simulation Algorithms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Casper Thule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cláudio Gomes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Gorm Larsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jörg Brauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop on Formal Co-Simulation of Cyber-Physical Systems (SEFM satellite)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01871531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beyond Time-Triggered Co-simulation of Cyber-Physical Systems for Performance and Accuracy Improvements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovanni Liboni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Portaluri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Quaglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert de Simone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th Workshop on Rapid Simulation and Performance Evaluation: Methods and Tools</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2018, Manchester, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01675396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Co-simulation: The Past, Future, and Open Challenges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cláudio Gomes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Casper Thule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Gorm Larsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans Vangheluwe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Leveraging Applications of Formal Methods, Verification and Validation. Distributed Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Limassol, Cyprus. pp.504--520</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01913822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time in SCCharts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Schulz-Rosengarten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reinhard von Hanxleden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert de Simone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Forum on specification &amp; Design Languages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Munich, Germany. pp.5-16, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/FDL.2018.8524111⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01898285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Explicit Control of Dataflow Graphs with MARTE/CCSL</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Vivien Millo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilien Kofman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Oueslati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MODELSWARD 2017 - 5th International Conference on Model-Driven Engineering and Software Development, MODELSWARD 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2017, Porto, Portugal. pp.542-549, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5220/0006269505420549⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01644294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">VCU: The Three Dimensions of Reuse</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Belloir</w:t>
+                <w:t xml:space="preserve">A Tool-Supported Approach for Concurrent Execution of Heterogeneous Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Combemale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Champeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Crégut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th International Conference on Software Reuse (ICSR-15)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Limassol, Cyprus</w:t>
+              <w:t xml:space="preserve">8th European Congress on Embedded Real Time Software and Systems (ERTS 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01287720v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01258358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Tool-Supported Approach for Concurrent Execution of Heterogeneous Models</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Julien Deantoni</w:t>
+                <w:t xml:space="preserve">VCU: The Three Dimensions of Reuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jörg Kienzle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gunter Mussbacher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar Alam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Schöttle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Belloir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th European Congress on Embedded Real Time Software and Systems (ERTS 2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Toulouse, France</w:t>
+              <w:t xml:space="preserve">15th International Conference on Software Reuse (ICSR-15)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Limassol, Cyprus</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01258358v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01287720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Execution Framework of the GEMOC Studio (Tool Demo)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Bousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Degueule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Vojtisek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanja Mayerhofer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the 2016 ACM SIGPLAN International Conference on Software Language Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2016, Amsterdam, Netherlands. pp.8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01355391v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using SystemC Cyber Models in an FMI Co-Simulation Environment</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Divergence Detection for CCSL Specification via Clock Causality Chain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qingguo Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert de Simone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th Euromicro Conference on Digital System Design 31 August - 2 September 2016</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/DSD.2016.86⟩</w:t>
+              <w:t xml:space="preserve">Symposium on Dependable Software Engineering Theories, Tools and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Beijing, China. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-47677-3_2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01358702v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01372694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Divergence Detection for CCSL Specification via Clock Causality Chain</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Using SystemC Cyber Models in an FMI Co-Simulation Environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Centomo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert de Simone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium on Dependable Software Engineering Theories, Tools and Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-47677-3_2⟩</w:t>
+              <w:t xml:space="preserve">19th Euromicro Conference on Digital System Design 31 August - 2 September 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Limassol, Cyprus. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/DSD.2016.86⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01372694v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01358702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling the Behavioral Semantics of Heterogeneous Languages and their Coordination</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Architecture Centric Virtual Integration (ACVI)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Julien Delange; Jerome Hugues; Peter Feiler, Apr 2016, Venise, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01291299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Model-Driven Based Environment for Automatic Model Coordination</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">A Solution to the TTC'15 Model Execution Case Using the GEMOC Studio</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Combemale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Barais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Blouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Bousse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Models 2015 demo and posters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2015, Ottawa, Canada</w:t>
+              <w:t xml:space="preserve">8th Transformation Tool Contest</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, l'Aquila, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01198744v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01152342v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Solution to the TTC'15 Model Execution Case Using the GEMOC Studio</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId97" w:history="1">
+                <w:t xml:space="preserve">A Model-Driven Based Environment for Automatic Model Coordination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matias Ezequiel Vara Larsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Deantoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Combemale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th Transformation Tool Contest</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, l'Aquila, Italy</w:t>
+              <w:t xml:space="preserve">Models 2015 demo and posters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Ottawa, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01152342v2</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01198744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Domain Globalization: Using Languages to Support Technical and Social Coordination</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Caillaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert France</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabor Karsai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Dagstuhl Seminar</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2014, Dagstuhl, Germany. pp.70-87, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-26172-0_5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01234653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Behavioral Coordination Operator Language (BCOoL)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matias Ezequiel Vara Larsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Combemale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Model Driven Engineering Languages and Systems (MODELS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Ottawa, Canada. pp.462</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01182773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Weaving Concurrency in eXecutable Domain-Specific Modeling Languages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Latombe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Crégut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Combemale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Pantel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th ACM SIGPLAN International Conference on Software Language Engineering (SLE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Pittsburg, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01185911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coping with Semantic Variation Points in Domain-Specific Modeling Languages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Latombe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Crégut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Pantel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Combemale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1st International Workshop on Executable Modeling (EXE'15), co-located with MODELS'15</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Ottawa, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01222999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards a Meta-Language for the Concurrency Concern in DSLs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Papa Issa Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ciprian Teodorov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Champeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Combemale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Design, Automation and Test in Europe Conference and Exhibition (DATE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2015, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01087442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Framework for Heterogeneous Modeling and Composition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matias Ezequiel Vara Larsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence en IngénieriE du Logiciel</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Paris, France. pp.81</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01073202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Execution of Heterogeneous Models for Thermal Analysis with a Multi-view Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amani Khecharem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert de Simone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FDL 2014 : Forum on specification and Design Languages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2014, Munich, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01060309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Generating EAST-ADL Event Chains from Scenario-Based Requirements Specifications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thorsten Koch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jörg Holtmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Conference on Software Architecture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2014, Vienna, Austria. pp.146-153, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-09970-5_14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01059504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tool Support for the Analysis of TADL2 Timing Constraints using TimeSquare</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Power consumption analysis using multi-view modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Gomez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICECCS'2013 - 18th International Conference on Engineering of Complex Computer Systems</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PATMOS - 23th International Workshop on Power and Timing Modeling, Optimization and Simulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Karlsruhe, Germany. pp.235-238, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/PATMOS.2013.6662180⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00850673v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00906733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Power consumption analysis using multi-view modeling</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Reifying Concurrency for Executable Metamodeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Combemale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matias Ezequiel Vara Larsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mallet</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Barais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PATMOS - 23th International Workshop on Power and Timing Modeling, Optimization and Simulation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/PATMOS.2013.6662180⟩</w:t>
+              <w:t xml:space="preserve">SLE - 6th International Conference on Software Language Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Indianapolis, IN, United States. pp.365-384, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-02654-1_20⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00906733v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00850770v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reifying Concurrency for Executable Metamodeling</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Tool Support for the Analysis of TADL2 Timing Constraints using TimeSquare</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arda Goknil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Agnès Peraldi-Frati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mallet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SLE - 6th International Conference on Software Language Engineering</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ICECCS'2013 - 18th International Conference on Engineering of Complex Computer Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Singapore, Singapore</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00850770v2</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00850673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Report on the First Workshop On the Globalization of Modeling Languages (GEMOC 2013)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Combemale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert France</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Mosser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GEMOC+AMINO@MoDELS: GEMOC - 1st International Workshop On the Globalization of Modeling Languages (2013)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2013, Miami, United States. pp.3-13</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00926244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TimeSquare: Treat your Models with Logical Time</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TOOLS - 50th International Conference on Objects, Models, Components, Patterns - 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Czech Technical University in Prague, in co-operation with ETH Zurich, May 2012, Prague, Czech Republic. pp.34-41, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-642-30561-0_4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00688590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A timing model for specifying multi clock automotive systems. The Timing Augmented Description Language V2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Peraldi-Frati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arda Goknil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Nordlander</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICECCS 2012 - 17th International Conference on Engineering of Complex Computer Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2012, Paris, France. pp.230-239</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00687562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-View Power Modeling based on UML, MARTE and SysML</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SEAA - 38th Euromicro Conference on Software Engineering and Advanced Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2012, Cesme, Turkey. pp.17-20, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/SEAA.2012.66⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00720735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Logical time and temporal logics: comparing UML MARTE/CCSL and PSL</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Gascon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18th International Symposium on Temporal Representation and Reasoning (TIME'11)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, Lubeck, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00597086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Model-Based Approach for Reconciliation of Polychronous Execution Traces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kelly Garcés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SEAA 2011 - 37th EUROMICRO Conference on Software Engineering and Advanced Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2011, Oulu, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00597981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Semantic Multi-View model for Low-Power</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées nationales IDM, CAL, et du GDR GPL</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2011, Lille, France. pp.19</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00596239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scheduling Multi Clock Real Time Systems: From Requirements to Implementation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Peraldi-Frati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium on Object/Component/Service-oriented Real-time Distributed Computing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2011, Newport Beach, United States. pp.50; 57, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ISORC.2011.16⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00586851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining SystemC, IP-XACT and UML/MARTE in model-based SoC design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Le Tallec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert de Simone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Ferrero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop on Model Based Engineering for Embedded Systems Design (M-BED 2011)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2011, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00601840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Logical time at work: capturing data dependencies and platform constraints</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">VHDL Observers for Clock Constraint Checking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Mallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forum for Design Languages (FDL)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Symposium on Industrial Embedded Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2010, trento, Italy. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SIES.2010.5551372⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00545866v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00587107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">VHDL Observers for Clock Constraint Checking</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">RT-simex: retro-analysis of execution traces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Deantoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gonzague Reydet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Babau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium on Industrial Embedded Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/SIES.2010.5551372⟩</w:t>
+              <w:t xml:space="preserve">SIGSOFT FSE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2010, Santa Fe, United States. pp.377-378, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/1882291.1882357⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00587107v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00587116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RT-simex: retro-analysis of execution traces</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Logical time at work: capturing data dependencies and platform constraints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Calin Glitia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mallet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIGSOFT FSE</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Forum for Design Languages (FDL)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Electronic Chips &amp; Systems design Initiative (ECSI), Sep 2010, Southampton, United Kingdom. pp.240-246</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00587116v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00545866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Logical time @ work: the RT-Simex project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sophia Antipolis Formal Approach</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2011, Sophia, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00587151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward a TLM to RTL refinement : a formal approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Le Tallec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd Junior Researcher Workshop on Real-Time Computing (JRWRTC 2009)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2009, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00494224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Executing AADL models with UML/Marte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Int. Conf. Engineering of Complex Computer Systems - ICECCS'09</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2009, Potsdam, Germany. pp. 371-376, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICECCS.2009.10⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00416592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling the Variability Space of Self-Adaptive Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Perrouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Chauvel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Jézéquel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd Dynamic Software Product Lines Workshop (SPLC 2008, Volume 2)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Limerick, Ireland, Ireland. pp.15--22</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00456531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SAIA: safe deployment of sensors based real time application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Babau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop on Models and Analysis for Automotive Systems (held in conjunction with RTSS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2006, Rio de Janeiro, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00587178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Model driven engineering method for SAIA architecture design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Babau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ingénierie Dirigée par les Modèles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2006, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00587200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A MDA Approach for Systems Dedicated to Process Control</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Babau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the 11th IEEE International Conference on Embedded and Real-Time Computing Systems and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2005, hong kong, China. pp.567--570, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/RTCSA.2005.11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00587341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A MDA-based approach for real time embedded systems simulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Babau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the 9th IEEE International Symposium on Distributed Simulation and Real-Time Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2005, Washington, DC, USA, United States. pp.257--264, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/DISTRA.2005.2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00587338v1</w:t>
-              </w:r>
-[...1343 lines deleted...]
-                <w:t xml:space="preserve">inria-00587097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction to the Special Issue on Specification and Design Languages (FDL 2021)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Girault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Grosse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACM Transactions on Embedded Computing Systems (TECS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 23 (5), pp.1-4, 2024, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3677316⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04682174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8285,538 +8410,538 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time in SCCharts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Schulz-Rosengarten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reinhard von Hanxleden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert de Simone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Language, Design Methods, and Tools for Electronic System Design</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Springer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.1-25, 2019, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-31585-6_1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02434885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">UML MARTE Time Model and Its Clock Constraint Specification Language</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Peraldi-Frati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert de Simone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Alessandra Bagnato; Leandro Soares Indrusiak; Imran Rafiq Quadri; Matteo Rossi. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Embedded Systems Design</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IGI Global</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Handbook of Research on, 9781466661943. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4018/978-1-4666-6194-3.ch002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01079039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Logical Time @ Work: Capturing Data Dependencies and Platform Constraints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Calin Glitia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kaźmierski, Tom J. J. and Morawiec, Adam. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">System Specification and Design Languages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 106, Springer New York, pp.223--238, 2012, Lecture Notes in Electrical Engineering, 978-1-4614-1426-1. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-1-4614-1427-8_14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00651864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Time Model of Logical Clocks available in the OMG MARTE profile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert de Simone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sandeep K. Shukla and Jean-Pierre Talpin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Synthesis of Embedded Software: Frameworks and Methodologies for Correctness by Construction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer Science+Business Media, LLC 2010, pp.28, 2010, 978-1-4419-6399-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00495664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8826,91 +8951,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards Formal System Modeling: Making Explicit and Formal the Concurrent and Timed Operational Semantics to Better Understand Heterogeneous Models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Embedded Systems. Université Côte d'Azur, CNRS, I3S, France, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02427962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8920,223 +9045,223 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joint Proceedings of the 3rd International Workshop on the Globalization Of Modeling Languages and the 9th International Workshop on Multi-Paradigm Modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Combemale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeff Gray</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GEMOC+MPM 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ottawa, Canada. 1511, CEUR, 2015, Joint Proceedings of the 3rd International Workshop on the Globalization Of Modeling Languages and the 9th International Workshop on Multi-Paradigm Modeling</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01242558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">GEMOC 2014 2nd International Workshop on The Globalization of Modeling Languages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Combemale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Benoit Combemale; Julien Deantoni; Robert France. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GEMOC 2014 co-located with MODELS 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Valencia, France. 1236, , pp.82, 2014, CEUR-WS, 1613-0073</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01074602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9146,791 +9271,791 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Logical Clock Constraint Specification in PVS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qingguo Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert de Simone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] 8748, Inria Sophia Antipolis. 2015, pp.11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01192839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CCSL denotational semantics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Gascon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-8628, Inria. 2014, pp.29</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01082274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Operational Semantics of the Model of Concurrency and Communication Language</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Papa Issa Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Champeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Combemale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ciprian Teodorov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-8584, INRIA. 2014, pp.23</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01060601v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-View Power Modeling based on UML MARTE and SysML</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-7934, INRIA. 2012, pp.19</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00688853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Schedulability analysis by exhaustive state space construction: translating CCSL to transition-based Generalized Buchi Automata</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ling Yin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert de Simone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-8102, 2012, pp.22</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00743874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ECL: the Event Constraint Language, an Extension of OCL with Events</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-8031, INRIA. 2012, pp.24</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00721169v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transforming CCSL partially-ordered Traces into UML Interaction Diagrams</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kelly Garcés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-7842, INRIA. 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00652987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Logical time and temporal logics: Comparing UML MARTE/CCSL and PSL</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Gascon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-7459, INRIA. 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00540738v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9940,147 +10065,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joint Proceedings of GEMOC '13 and AMINO '13 @ MODELS 2013</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Combemale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert B. France</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Balbir Barn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Clark</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Combemale, Benoit and Deantoni, Julien and France, Robert B. and Barn, Balbir and Clark, Tony and Frank, Ulrich and Kulkarni, Vinay and Turk, Dan. CEUR-WS, 1102, pp.88, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00916282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10090,143 +10215,143 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TimeSquare</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Chleq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Ferrero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles André</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : IDDN.FR.001.430002.000.S.A.2012.000.10600. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01355710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10236,206 +10361,206 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the Formal Execution of UML and DSL Models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles André</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">WIP of the 4th International School on Model-Driven Development for Distributed, Realtime, Embedded Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2009, Aussois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Document associé à des manifestations scientifiques</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00587100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Architectures logicielles pour les systèmes embarqués temps réel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Babau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecole d'été temps réel</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2007, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Document associé à des manifestations scientifiques</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00587164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10445,100 +10570,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SAIA: Un style architectural pour assurer l'indépendance vis-à-vis d'entrées / sorties soumises à des contraintes temporelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Génie logiciel [cs.SE]. INSA de Lyon, 2007. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00239261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10548,193 +10673,193 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SAIA : Sensors/Actuators Independent Architecture -- A showcase through the Martian Task Specifications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Babau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00587210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CiberMouse design: a case study for SAIA model reuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Deantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Babau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00587184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId253"/>
+      <w:footerReference w:type="default" r:id="rId256"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -10802,51 +10927,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="04D378E6"/>
+    <w:nsid w:val="B1CBE9DB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11033,51 +11158,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/julien-deantoni" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6962-7846" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/253126401" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05432195v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara da Silva Oliveira" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ferry" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Deantoni" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05224373v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavlo Tokariev" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irman Faqrizal" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05223776v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Combemale" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Vicat-Blanc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Blouin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hind Bril El Haouzi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Bruel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04695644v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#225;rbara da Silva Oliveira" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3652620.3688568" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695647v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maksym Labzhaniia" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Peraldi-Frati" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Mallet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3652620.3687813" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04259726v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bentley James Oakes" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#225;udio Gomes" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Gorm Larsen" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Denil" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04259779v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg Holtmann" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Fockel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03374955v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Cambeiro" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soroush Bateni" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaokai Lin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marten Lohstroh" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FDL53530.2021.9568383" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03375006v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryana Karaki" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Marti" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03374990v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasco Amaral" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03038527v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Liboni" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-67220-1_21" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03038547v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02413867v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cuenot" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bouche" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert de Simone" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amin Oueslati" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02078493v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Gascon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Le Tallec" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02292048v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02428017v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon van Mierlo" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugene Syriani" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Blouin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Amrani" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MODELS-C.2019.00066" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02336809v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Van Mierlo" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loli Burgue&#241;o" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clark Verbrugge" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Vangheluwe" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01871531v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Casper Thule" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg Brauer" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01675396v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Portaluri" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Quaglia" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913822v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01898285v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Schulz-Rosengarten" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinhard von Hanxleden" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FDL.2018.8524111" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01644294v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Vivien Millo" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Kofman" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Oueslati" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0006269505420549" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01287720v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg Kienzle" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gunter Mussbacher" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Alam" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Sch&#246;ttle" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Belloir" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01258358v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Combemale" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Brun" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Champeau" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Cr&#233;gut" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01355391v2" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Bousse" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Degueule" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Vojtisek" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanja Mayerhofer" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01358702v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Centomo" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DSD.2016.86" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01372694v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qingguo Xu" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-47677-3_2" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01291299v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01198744v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matias Ezequiel Vara Larsen" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01152342v2" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Barais" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01234653v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Caillaud" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert France" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabor Karsai" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-26172-0_5" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01182773v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01185911v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Latombe" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pantel" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01222999v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01087442v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Papa Issa Diallo" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ciprian Teodorov" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01073202v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01060309v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amani Khecharem" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Gomez" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01059504v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thorsten Koch" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-09970-5_14" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00850673v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arda Goknil" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00906733v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PATMOS.2013.6662180" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00850770v2" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-02654-1_20" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00926244v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boulanger" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Mosser" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00688590v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-30561-0_4" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00687562v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Nordlander" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00720735v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SEAA.2012.66" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00597086v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00597981v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Garc&#233;s" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00596239v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00586851v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISORC.2011.16" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00601840v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Ferrero" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00545866v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Calin Glitia" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00587107v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Andr&#233;" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SIES.2010.5551372" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00587116v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Thomas" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gonzague Reydet" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Babau" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1882291.1882357" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00587151v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00494224v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00416592v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECCS.2009.10" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00456531v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Perrouin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Chauvel" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc J&#233;z&#233;quel" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00587178v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00587200v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00587341v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RTCSA.2005.11" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00587338v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DISTRA.2005.2" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467401v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Mu&#241;oz" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rakshit Mittal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2402.10535" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03921704v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffen Zschaler" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10270-022-01073-2" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03375049v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10270-022-01002-3" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02182902v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Moreno" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5381/jot.2019.18.2.a14" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01949050v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10270-018-00707-8" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01912854v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boulet" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10617-014-9140-y" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00994551v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Baudry" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert B. France" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00854221v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Koudri" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Le Noir" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00727239v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10617-012-9093-y" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-MBS1JP38-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00464894v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11334-009-0109-0" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-1XX64HPQ-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00587097v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04682174v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Girault" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Grosse" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3677316" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02434885v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/10.1007/978-3-030-31585-6" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-31585-6_1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01079039v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.igi-global.com/book/handbook-research-embedded-systems-design/102212" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-4666-6194-3.ch002" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00651864v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4614-1427-8_14" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-G2WD5MZT-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00495664v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/tel-02427962v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01242558v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeff Gray" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01074602v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01192839v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01082274v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01060601v2" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00688853v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00743874v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ling Yin" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00721169v2" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652987v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00540738v2" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gascon" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00916282v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Balbir Barn" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Clark" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01355710v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chleq" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00587100v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00587164v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00239261v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00587210v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00587184v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/julien-deantoni" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6962-7846" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/253126401" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05559524v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Vicat-Blanc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Combemale" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy de Spiegeleer" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Blouin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Duval" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467401v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Deantoni" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Mu&#241;oz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#225;udio Gomes" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clark Verbrugge" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rakshit Mittal" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2402.10535" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03921704v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffen Zschaler" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Bousse" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10270-022-01073-2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03375049v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg Holtmann" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Fockel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10270-022-01002-3" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02182902v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amin Oueslati" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cuenot" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Moreno" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5381/jot.2019.18.2.a14" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01949050v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg Kienzle" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gunter Mussbacher" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10270-018-00707-8" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01912854v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Calin Glitia" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Mallet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Vivien Millo" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boulet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10617-014-9140-y" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00994551v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Baudry" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert B. France" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc J&#233;z&#233;quel" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00854221v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Koudri" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Le Noir" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00727239v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10617-012-9093-y" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-MBS1JP38-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00464894v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Andr&#233;" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert de Simone" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11334-009-0109-0" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-1XX64HPQ-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00587097v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Babau" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05432195v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara da Silva Oliveira" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ferry" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05224373v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavlo Tokariev" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irman Faqrizal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05223776v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Combemale" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hind Bril El Haouzi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Bruel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695647v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maksym Labzhaniia" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Peraldi-Frati" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3652620.3687813" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04695644v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#225;rbara da Silva Oliveira" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3652620.3688568" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04259726v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bentley James Oakes" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Gorm Larsen" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Denil" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04259779v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03375006v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryana Karaki" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Marti" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03374955v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Cambeiro" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soroush Bateni" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaokai Lin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marten Lohstroh" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FDL53530.2021.9568383" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03374990v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasco Amaral" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03038527v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Liboni" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-67220-1_21" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03038547v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02413867v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bouche" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02078493v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Gascon" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Le Tallec" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02292048v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02428017v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon van Mierlo" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugene Syriani" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Blouin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Amrani" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MODELS-C.2019.00066" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02336809v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Van Mierlo" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loli Burgue&#241;o" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Vangheluwe" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01871531v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Casper Thule" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg Brauer" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01675396v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Portaluri" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Quaglia" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913822v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01898285v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Schulz-Rosengarten" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinhard von Hanxleden" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FDL.2018.8524111" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01644294v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Kofman" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Oueslati" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0006269505420549" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01258358v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Brun" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Champeau" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Cr&#233;gut" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01287720v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Alam" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Sch&#246;ttle" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Belloir" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01355391v2" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Degueule" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Vojtisek" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanja Mayerhofer" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01372694v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qingguo Xu" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-47677-3_2" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01358702v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Centomo" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DSD.2016.86" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01291299v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01152342v2" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Barais" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01198744v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matias Ezequiel Vara Larsen" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01234653v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Caillaud" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert France" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabor Karsai" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-26172-0_5" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01182773v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01185911v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Latombe" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pantel" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01222999v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01087442v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Papa Issa Diallo" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ciprian Teodorov" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01073202v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01060309v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amani Khecharem" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Gomez" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01059504v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thorsten Koch" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-09970-5_14" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00906733v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PATMOS.2013.6662180" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00850770v2" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-02654-1_20" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00850673v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arda Goknil" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00926244v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boulanger" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Mosser" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00688590v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-30561-0_4" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00687562v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Nordlander" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00720735v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SEAA.2012.66" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00597086v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00597981v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Garc&#233;s" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00596239v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00586851v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISORC.2011.16" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00601840v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Ferrero" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00587107v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SIES.2010.5551372" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00587116v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Thomas" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gonzague Reydet" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1882291.1882357" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00545866v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00587151v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00494224v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00416592v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECCS.2009.10" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00456531v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Perrouin" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Chauvel" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00587178v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00587200v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00587341v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RTCSA.2005.11" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00587338v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DISTRA.2005.2" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04682174v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Girault" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Grosse" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3677316" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02434885v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/10.1007/978-3-030-31585-6" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-31585-6_1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01079039v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.igi-global.com/book/handbook-research-embedded-systems-design/102212" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-4666-6194-3.ch002" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00651864v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4614-1427-8_14" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-G2WD5MZT-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00495664v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/tel-02427962v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01242558v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeff Gray" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01074602v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01192839v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01082274v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01060601v2" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00688853v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00743874v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ling Yin" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00721169v2" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652987v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00540738v2" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gascon" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00916282v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Balbir Barn" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Clark" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01355710v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chleq" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00587100v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00587164v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00239261v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00587210v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00587184v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>