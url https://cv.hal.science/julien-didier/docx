--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -81,51 +81,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (9)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -508,299 +508,299 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04032433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interdisciplinary insights into a 500-year trajectory of an alpine socio-ecological system in Montaimont, France</w:t>
+                <w:t xml:space="preserve">Two Millennia of Complexity and Variability in a Perialpine Socioecological System (Savoie, France): The Contribution of Palynology and sedaDNA Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Elleaume</w:t>
+                <w:t xml:space="preserve">Erwan Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaël Lachello</w:t>
+                <w:t xml:space="preserve">Charline Giguet-Covex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Blanchet</w:t>
+                <w:t xml:space="preserve">Elise Doyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charline Giguet-Covex</w:t>
+                <w:t xml:space="preserve">David Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Etienne</w:t>
+                <w:t xml:space="preserve">Ludovic Gielly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Regional Environmental Change</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 22, pp.62. </w:t>
+              <w:t xml:space="preserve">Frontiers in Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10, </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10113-022-01902-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fevo.2022.866781⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03750369v1</w:t>
+                <w:t xml:space="preserve">hal-03789462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two Millennia of Complexity and Variability in a Perialpine Socioecological System (Savoie, France): The Contribution of Palynology and sedaDNA Analysis</w:t>
+                <w:t xml:space="preserve">Interdisciplinary insights into a 500-year trajectory of an alpine socio-ecological system in Montaimont, France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erwan Messager</w:t>
+                <w:t xml:space="preserve">Nicolas Elleaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Lachello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Blanchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charline Giguet-Covex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charline Giguet-Covex</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">David Etienne</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Gielly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Ecology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 10, </w:t>
+              <w:t xml:space="preserve">Regional Environmental Change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 22, pp.62. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fevo.2022.866781⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10113-022-01902-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03789462v1</w:t>
+                <w:t xml:space="preserve">hal-03750369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Past African dust inputs in the western Mediterranean area controlled by the complex interaction between the intertropical convergence zone, the North Atlantic oscillation, and total solar irradiance</w:t>
               </w:r>
@@ -1182,155 +1182,289 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01662646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">North–south palaeohydrological contrasts in the central Mediterranean during the Holocene: tentative synthesis and working hypotheses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Magny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Combourieu-Nebout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J de Beaulieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V Bout-Roumazeilles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Colombaroli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Climate of the Past</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 9, pp.2043 - 2071. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/cp-9-2043-2013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03614430v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Late-Holocene climatic variability south of the Alps as recorded by lake-level fluctuations at Lake Ledro, Trentino, Italy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Magny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Galop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Bellintani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Desmet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Didier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Holocene</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 19 (4), pp.575-589. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1177/0959683609104032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01187749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1340,51 +1474,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Première tentative de carottage intégral des sédiments du lac d’Issarlès - juin 2024</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Defive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1443,51 +1577,51 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19ème Congrès Français de Sédimentologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05075481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1497,51 +1631,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bilan des opérations de cartographies géophysiques et de carottages dans les lacs de maars du massif central depuis 2008 (Lacs Pavin, Chauvet, Tazenat, Bouchet, St-Front et Issarlès)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Chapron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1550,115 +1684,285 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Defive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Jouve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Bichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Didier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès Français de Sédimentologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04833742v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Retour d’expérience de carottage avec du matériel léger en eau peu profonde à l’aide d’une aiguille vibrante à béton</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Didier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Fanget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Gallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Jaillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Monvoisin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jean-Yves Reynaud; Eric Armynot du Châtelet. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Short Papers from the 19th French Congress of Sedimentology, Lille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 84, Association des Sédimentologistes Français, pp.31-34, 2025, 2-907205-83-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.70665/OOKQ5196⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05005337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId67"/>
+      <w:footerReference w:type="default" r:id="rId80"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1805,51 +2109,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05079208v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Raynal" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Defive" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Chapron" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Chassiot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Jouve" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462391v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sabatier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Brigode" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Bisquert" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Eckert" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florie Giacona" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57035/journals/sdk.2025.e31.1669" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04032433v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Banjan" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Crouzet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jomard Herv&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bajard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sed.13050" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03750369v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Elleaume" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Lachello" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Blanchet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Giguet-Covex" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Etienne" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-022-01902-6" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03789462v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Messager" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Doyen" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Gielly" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2022.866781" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485682v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Nicolle" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Piot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Colin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Debret" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-16-283-2020" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378546v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Lestienne" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Jouffroy-Bapicot" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Leyssenne" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0959683619883025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01662646v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Louis de Beaulieu" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Brugiapaglia" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Joannin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Guiter" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Zanchetta" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2016.12.013" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187749v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Magny" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Galop" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Bellintani" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Desmet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Didier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0959683609104032" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05075481v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833742v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bichet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05079208v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Raynal" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Defive" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Chapron" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Chassiot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Jouve" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462391v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sabatier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Brigode" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Bisquert" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Eckert" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florie Giacona" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57035/journals/sdk.2025.e31.1669" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04032433v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Banjan" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Crouzet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jomard Herv&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bajard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sed.13050" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03789462v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Messager" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Giguet-Covex" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Doyen" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Etienne" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Gielly" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2022.866781" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03750369v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Elleaume" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Lachello" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Blanchet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-022-01902-6" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485682v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Nicolle" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Piot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Colin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Debret" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-16-283-2020" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378546v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Lestienne" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Jouffroy-Bapicot" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Leyssenne" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0959683619883025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01662646v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Louis de Beaulieu" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Brugiapaglia" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Joannin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Guiter" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Zanchetta" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2016.12.013" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614430v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Magny" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Combourieu-Nebout" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J de Beaulieu" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Bout-Roumazeilles" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Colombaroli" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-9-2043-2013" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187749v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Magny" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Galop" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Bellintani" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Desmet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Didier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0959683609104032" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05075481v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833742v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bichet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005337v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Fanget" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Gallet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Jaillet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Monvoisin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70665/OOKQ5196" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>