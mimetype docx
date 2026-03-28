--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -700,364 +700,364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05271939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wood‐density has no effect on stomatal control of leaf‐level water use efficiency in an Amazonian forest</w:t>
+                <w:t xml:space="preserve">The effect of the vertical gradients of photosynthetic parameters on the CO 2 assimilation and transpiration of a Panamanian tropical forest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lamour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daisy Souza</w:t>
+                <w:t xml:space="preserve">Kenneth Davidson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Gimenez</w:t>
+                <w:t xml:space="preserve">Kim Ely</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Niro Higuchi</w:t>
+                <w:t xml:space="preserve">Gilles Le Moguédec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Chave</w:t>
+                <w:t xml:space="preserve">Jeremiah Anderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant, Cell and Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 46 (12), pp.3806-3821. </w:t>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 238 (6), pp.2345-2362. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/pce.14704⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/nph.18901⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04272025v1</w:t>
+                <w:t xml:space="preserve">hal-04093505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effect of the vertical gradients of photosynthetic parameters on the CO 2 assimilation and transpiration of a Panamanian tropical forest</w:t>
+                <w:t xml:space="preserve">Wood‐density has no effect on stomatal control of leaf‐level water use efficiency in an Amazonian forest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lamour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kenneth Davidson</w:t>
+                <w:t xml:space="preserve">Daisy Souza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kim Ely</w:t>
+                <w:t xml:space="preserve">Bruno Gimenez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Le Moguédec</w:t>
+                <w:t xml:space="preserve">Niro Higuchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeremiah Anderson</w:t>
+                <w:t xml:space="preserve">Jérôme Chave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Phytologist</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 238 (6), pp.2345-2362. </w:t>
+              <w:t xml:space="preserve">Plant, Cell and Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 46 (12), pp.3806-3821. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/nph.18901⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/pce.14704⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04093505v1</w:t>
+                <w:t xml:space="preserve">hal-04272025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Short‐term variation in leaf‐level water use efficiency in a tropical forest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kenneth Davidson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lamour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alistair Rogers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kim Ely</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qianyu Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1108,51 +1108,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Late-day measurement of excised branches results in uncertainty in the estimation of two stomatal parameters derived from response curves in Populus deltoides Bartr. × Populus nigra L.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kenneth Davidson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lamour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1251,51 +1251,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dedi Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bailey Morrison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kenneth Davidson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lamour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1398,51 +1398,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kenneth J. Davidson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kim S. Ely</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Le Moguédec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew D. B. Leakey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1487,485 +1487,485 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03602611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seasonal trends in photosynthesis and leaf traits in scarlet oak</w:t>
+                <w:t xml:space="preserve">A best-practice guide to predicting plant traits from leaf-level hyperspectral data using partial least squares regression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angela C Burnett</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Shawn P Serbin</w:t>
+                <w:t xml:space="preserve">Angela Burnett</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremiah Anderson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kenneth J Davidson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kim S Ely</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lamour</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Kenneth J Davidson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tree Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/treephys/tpab015⟩</w:t>
+              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 72 (18), pp.6175 - 6189. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jxb/erab295⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05271878v1</w:t>
+                <w:t xml:space="preserve">hal-05271854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A best-practice guide to predicting plant traits from leaf-level hyperspectral data using partial least squares regression</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Kenneth J Davidson</w:t>
+                <w:t xml:space="preserve">Evaluating the drivers of banana flowering cycle duration using a stochastic model and on farm production data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Lamour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kim S Ely</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Julien Lamour</w:t>
+                <w:t xml:space="preserve">Gilles Le Moguedec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Naud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Léchaudel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Taylor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/jxb/erab295⟩</w:t>
+              <w:t xml:space="preserve">Precision Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 22, pp.873-896. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11119-020-09762-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05271854v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02968756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluating the drivers of banana flowering cycle duration using a stochastic model and on farm production data</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Seasonal trends in photosynthesis and leaf traits in scarlet oak</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angela C Burnett</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shawn P Serbin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lamour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">James Taylor</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremiah Anderson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kenneth J Davidson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Precision Agriculture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 22, pp.873-896. </w:t>
+              <w:t xml:space="preserve">Tree Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 41 (8), pp.1413-1424. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11119-020-09762-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/treephys/tpab015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02968756v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05271878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New calculations for photosynthesis measurement systems: what's the impact for physiologists and modelers?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lamour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kenneth Davidson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kim Ely</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qianyu Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2029,51 +2029,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A reporting format for leaf-level gas exchange data and metadata</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kim S Ely</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alistair Rogers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2189,51 +2189,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lamour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kenneth J Davidson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kim S Ely</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremiah A Anderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2310,90 +2310,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatial analysis and mapping of banana crop properties: issues of the asynchronicity of the banana production and proposition of a statistical method to take it into account</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lamour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Naud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Léchaudel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles G. Le Moguedec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Taylor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Precision Agriculture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 21, pp.897-921. </w:t>
@@ -2757,64 +2757,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Lamour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Le Moguedec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Naud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Léchaudel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3475,51 +3475,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="EC2BC177"/>
+    <w:nsid w:val="20DE4A1F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3706,51 +3706,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/julien-lamour" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4410-507X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05453548v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lamour" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shawn P Serbin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alistair Rogers" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelvin T Acebron" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Ainsworth" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-18-245-2026" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05382095v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yixin Ma" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Moorcroft" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Joseph Wright" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025JG008814" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05271913v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fengqi Wu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuwen Liu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Owen K Atkin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nan Yang" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.20267" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05271939v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica F Needham" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sharmila Dey" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles D Koven" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosie A Fisher" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan G Knox" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.20423" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04272025v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daisy Souza" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Gimenez" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niro Higuchi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Chave" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pce.14704" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04093505v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth Davidson" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Ely" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Le Mogu&#233;dec" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremiah Anderson" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.18901" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05271812v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qianyu Li" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.18684" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05381883v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shawn Serbin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/treephys/tpac006" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05381906v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dedi Yang" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bailey Morrison" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2745.13976" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03602611v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth J. Davidson" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim S. Ely" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew D. B. Leakey" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.16103" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05271878v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela C Burnett" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth J Davidson" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/treephys/tpab015" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05271854v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Burnett" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim S Ely" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erab295" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02968756v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Le Moguedec" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Naud" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu L&#233;chaudel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Taylor" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11119-020-09762-y" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05271963v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.17762" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05381933v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah A Agarwal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth A Ainsworth" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loren P Albert" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoinf.2021.101232" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05271986v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremiah A Anderson" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0258791" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02492098v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. L&#233;chaudel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles G. Le Moguedec" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11119-019-09700-7" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837391v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Perez" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dauzat" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Pallas" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Verley" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcx161" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02068798v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Leroux" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Jones" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Pichon" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Guillaume" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agriculture8060073" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609778v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lamour" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-888-9_37" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609784v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Rabatel" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Moura" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Naud" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-888-9_51" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947042v2" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Torrelli" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Roques" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Devidal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Piel" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05247124v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02879774v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019NSAM0017" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/julien-lamour" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4410-507X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05453548v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lamour" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shawn P Serbin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alistair Rogers" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelvin T Acebron" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Ainsworth" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-18-245-2026" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05382095v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yixin Ma" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Moorcroft" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Joseph Wright" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025JG008814" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05271913v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fengqi Wu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuwen Liu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Owen K Atkin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nan Yang" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.20267" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05271939v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica F Needham" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sharmila Dey" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles D Koven" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosie A Fisher" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan G Knox" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.20423" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04093505v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth Davidson" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Ely" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Le Mogu&#233;dec" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremiah Anderson" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.18901" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04272025v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daisy Souza" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Gimenez" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niro Higuchi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Chave" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pce.14704" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05271812v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qianyu Li" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.18684" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05381883v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shawn Serbin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/treephys/tpac006" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05381906v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dedi Yang" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bailey Morrison" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2745.13976" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03602611v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth J. Davidson" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim S. Ely" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew D. B. Leakey" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.16103" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05271854v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Burnett" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth J Davidson" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim S Ely" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erab295" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02968756v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Le Moguedec" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Naud" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu L&#233;chaudel" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Taylor" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11119-020-09762-y" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05271878v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela C Burnett" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/treephys/tpab015" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05271963v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.17762" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05381933v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah A Agarwal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth A Ainsworth" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loren P Albert" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoinf.2021.101232" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05271986v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremiah A Anderson" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0258791" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02492098v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. L&#233;chaudel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles G. Le Moguedec" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11119-019-09700-7" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837391v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Perez" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dauzat" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Pallas" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Verley" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcx161" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02068798v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Leroux" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Jones" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Pichon" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Guillaume" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agriculture8060073" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609778v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lamour" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-888-9_37" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609784v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Rabatel" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Moura" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Naud" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-888-9_51" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947042v2" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Torrelli" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Roques" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Devidal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Piel" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05247124v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02879774v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019NSAM0017" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>