--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1290,191 +1290,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03320684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Story of Transnational Islam. Book review: Simon W. Fuchs, In a Pure Muslim Land: Shi’ism between Pakistan and the Middle East (U. of North Carolina Press, 2019)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Introduction: Historicizing Sayyid-ness: Social Status and Muslim Identity in South Asia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Levesque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Book Review</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of the Royal Asiatic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Historicizing Sayyid-ness: Social Status and Muslim Identity in South Asia, 30 (3), pp.383-393. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S1356186320000139⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02868522v1</w:t>
+                <w:t xml:space="preserve">halshs-02496484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction: Historicizing Sayyid-ness: Social Status and Muslim Identity in South Asia</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Story of Transnational Islam. Book review: Simon W. Fuchs, In a Pure Muslim Land: Shi’ism between Pakistan and the Middle East (U. of North Carolina Press, 2019)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Levesque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Royal Asiatic Society</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Book Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.7-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/S1356186320000139⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">halshs-02496484v1</w:t>
+                <w:t xml:space="preserve">hal-02868522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Book Review: Alix Philippon, Soufisme et politique au Pakistan: Le mouvement barelwi à l’heure de la ‘guerre contre le terrorisme</w:t>
               </w:r>
@@ -3879,51 +3879,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="BB4CD885"/>
+    <w:nsid w:val="F3AF10D1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4110,51 +4110,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/julien-levesque" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5446-7840" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/19744346X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/106218821" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://samaj.eu/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517787v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Levesque" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pur-editions.fr/product/7721/pour-une-autre-idee-du-pakistan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02464300v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Boivin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew A. Cook" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217387v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soheb Niazi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890484v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Gautier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05495691v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14662043.2026.2624039" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05198977v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04180713v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09584935.2023.2240258" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04180712v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09584935.2023.2240719" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787572v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gradhiva.6435" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435901v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/26670925-bja10001" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03320684v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14662043.2021.1959845" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02868522v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02496484v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1356186320000139" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916986v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0262728014561078" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02475379v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916985v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bui" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0974927614547990" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00960410v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/samaj.3551" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04992319v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04592329v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oxfordhb/9780198896715.013.19" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02464306v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02464285v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oup.com.pk/academic-generalbooks/discovering-sindh-s-past.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02464387v2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Islam-Sufism-and-Everyday-Politics-of-Belonging-in-South-Asia/Dandekar-Tschacher/p/book/9781138910683" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579425v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Belorgey" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02697381v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02363277v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirza Zulfiqur  Rahman" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01916988v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016EHES0102" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03769240v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Naudet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03795676v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03196807v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03039788v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02377834v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Thomas Martelli" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02464418v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02363304v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02363306v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02363282v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02530946v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05065564v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05025535v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05023455v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-18294-8" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05025540v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05065620v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/julien-levesque" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5446-7840" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/19744346X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/106218821" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://samaj.eu/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517787v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Levesque" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pur-editions.fr/product/7721/pour-une-autre-idee-du-pakistan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02464300v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Boivin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew A. Cook" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217387v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soheb Niazi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890484v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Gautier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05495691v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14662043.2026.2624039" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05198977v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04180713v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09584935.2023.2240258" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04180712v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09584935.2023.2240719" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787572v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gradhiva.6435" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435901v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/26670925-bja10001" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03320684v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14662043.2021.1959845" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02496484v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1356186320000139" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02868522v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916986v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0262728014561078" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02475379v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916985v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bui" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0974927614547990" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00960410v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/samaj.3551" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04992319v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04592329v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oxfordhb/9780198896715.013.19" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02464306v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02464285v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oup.com.pk/academic-generalbooks/discovering-sindh-s-past.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02464387v2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Islam-Sufism-and-Everyday-Politics-of-Belonging-in-South-Asia/Dandekar-Tschacher/p/book/9781138910683" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579425v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Belorgey" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02697381v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02363277v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirza Zulfiqur  Rahman" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01916988v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016EHES0102" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03769240v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Naudet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03795676v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03196807v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03039788v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02377834v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Thomas Martelli" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02464418v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02363304v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02363306v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02363282v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02530946v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05065564v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05025535v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05023455v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-18294-8" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05025540v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05065620v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>