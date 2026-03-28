--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -183,1025 +183,1025 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Existence of solutions and uniform bounds for the stationary semiconductor equations with generation and ionic carriers</w:t>
+                <w:t xml:space="preserve">Developing a hybrid single band carrier transport model for (Al,Ga)N heterostructures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dilara Abdel</w:t>
+                <w:t xml:space="preserve">Michael O’donovan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Blaustein</w:t>
+                <w:t xml:space="preserve">Robert Finn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Patricio Farrell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timo Streckenbach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Moatti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Computational Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 24 (4), pp.114. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10825-025-02333-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05389144v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impact of random alloy fluctuations on the carrier distribution in multi-color (In,Ga)N/GaN quantum well systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael O'Donovan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricio Farrell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Moatti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timo Streckenbach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Koprucki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review Applied</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 21 (2), pp.024052. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevApplied.21.024052⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03788597v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Structure preservation in high-order hybrid discretisations of potential-driven advection-diffusion: linear and nonlinear approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Lemaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Moatti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mathematics in Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 6 (1), pp.100-136. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3934/mine.2024005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04250412v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A structure preserving hybrid finite volume scheme for semiconductor models with magnetic field on general meshes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Moatti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ESAIM: Mathematical Modelling and Numerical Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 57 (4), pp.2557-2593. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/m2an/2023041⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03715313v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Importance of satisfying thermodynamic consistency in optoelectronic device simulations for high carrier densities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricio Farrell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Moatti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael O'Donovan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Schulz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Koprucki</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Optical and Quantum Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 55 (11), pp.978. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11082-023-05234-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04012467v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Theoretical study of the impact of alloy disorder on carrier transport and recombination processes in deep UV (Al,Ga)N light emitters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Finn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael O'Donovan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricio Farrell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Moatti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timo Streckenbach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 122 (24), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0148168⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04037215v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Long-time behaviour of hybrid finite volume schemes for advection-diffusion equations: linear and nonlinear approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Claire Chainais-Hillairet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Herda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Lemaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Moatti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr/>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05387877v1</w:t>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Numerische Mathematik</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 151 (4), pp.963-1016. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00211-022-01289-w⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03281500v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (7)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Developing a hybrid single band carrier transport model for (Al,Ga)N heterostructures</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Timo Streckenbach</w:t>
+                <w:t xml:space="preserve">Existence of solutions and uniform bounds for the stationary semiconductor equations with generation and ionic carriers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dilara Abdel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Blaustein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chainais-Hillairet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Herda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Moatti</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...583 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/5.0148168⟩</w:t>
-[...135 lines deleted...]
-                <w:t xml:space="preserve">hal-03281500v2</w:t>
+                <w:t xml:space="preserve">hal-05387877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1581,51 +1581,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="96C07763"/>
+    <w:nsid w:val="9C7BFE20"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1812,51 +1812,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/julien-moatti" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0271-4571" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sites.google.com/view/julien-moatti/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gitlab.com/users/Julien_Moatti/groups" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387877v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dilara Abdel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Blaustein" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chainais-Hillairet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Herda" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Moatti" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389144v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael O&#8217;donovan" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Finn" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricio Farrell" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timo Streckenbach" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10825-025-02333-2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788597v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael O'Donovan" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Koprucki" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.21.024052" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250412v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Lemaire" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/mine.2024005" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03715313v2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/m2an/2023041" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012467v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Schulz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11082-023-05234-5" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037215v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0148168" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03281500v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00211-022-01289-w" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037264v2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Krell" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-40864-9_27" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04036599v2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-40864-9_29" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04415432v2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023ULILB021" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/julien-moatti" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0271-4571" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sites.google.com/view/julien-moatti/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gitlab.com/users/Julien_Moatti/groups" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389144v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael O&#8217;donovan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Finn" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricio Farrell" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timo Streckenbach" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Moatti" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10825-025-02333-2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788597v2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael O'Donovan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Koprucki" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.21.024052" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250412v2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Lemaire" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/mine.2024005" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03715313v2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/m2an/2023041" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012467v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Schulz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11082-023-05234-5" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037215v2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0148168" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03281500v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chainais-Hillairet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Herda" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00211-022-01289-w" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387877v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dilara Abdel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Blaustein" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037264v2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Krell" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-40864-9_27" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04036599v2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-40864-9_29" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04415432v2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023ULILB021" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>