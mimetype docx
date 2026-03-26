--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -66,822 +66,822 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (44)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (45)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advancing PFASs monitoring in food: from targeted SPE-LC-MS/MS to non-targeted QuEChERS-LC-HRMS approaches</w:t>
+                <w:t xml:space="preserve">Comprehensive characterization of organic compounds present in chlordecone commercial formulations (Kepone and Curlone) applied in the French West Indies using gas and liquid chromatography hyphenated with high resolution mass spectrometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cassandre Jeannot</w:t>
+                <w:t xml:space="preserve">Florian Dubocq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Macorps</w:t>
+                <w:t xml:space="preserve">Hervé Macarie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Le Bizec</w:t>
+                <w:t xml:space="preserve">Sébastien Bristeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Parinet</w:t>
+                <w:t xml:space="preserve">Fabrice Monteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaud Dervilly</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Anh Tuan Lormier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Chemistry: X</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 29, pp.102674. </w:t>
+              <w:t xml:space="preserve">Journal of Hazardous Materials Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 22, pp.101131. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.fochx.2025.102674⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.hazadv.2026.101131⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05222835v1</w:t>
+                <w:t xml:space="preserve">hal-05566983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-resolution mass spectrometry for extended PFAS surveillance in food: combining suspect and non-targeted approaches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassandre Jeannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Macorps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Amziane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Le Bizec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Parinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Chemistry: X</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 29, pp.102843. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.fochx.2025.102843⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05222834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suspect and non-targeted screening methodologies for the detection of newly discovered organochlorines: application to chlordecone in food</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déborah E Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Leblanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Parinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05035948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultrasound-assisted removal of organochlorine pesticide chlordecone from aqueous matrices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cochennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deborah E Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Laulier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Baudouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Tierce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Technology and Innovation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 40, pp.104563. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.eti.2025.104563⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05333651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chlordecone-induced hepatotoxicity and fibrosis are mediated by the proteasomal degradation of septins</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Léonie Dec</w:t>
+                <w:t xml:space="preserve">Advancing PFASs monitoring in food: from targeted SPE-LC-MS/MS to non-targeted QuEChERS-LC-HRMS approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cassandre Jeannot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Macorps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Le Bizec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Parinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tahar Bouceba</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gaud Dervilly</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hazardous Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 476, pp.135177. </w:t>
+              <w:t xml:space="preserve">Food Chemistry: X</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 29, pp.102674. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jhazmat.2024.135177⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.fochx.2025.102674⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">anses-04661415v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05222835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microwave-enhanced thermal removal of organochlorine pesticide (chlordecone) from contaminated soils</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fate of chlordecone in soil food webs in a banana agroecosystem in Martinique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Mathieu Coulis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Senecal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Yoann Devriendt-Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Ollivier</w:t>
+                <w:t xml:space="preserve">Thierry Guerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Parinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemosphere</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, pp.141486. </w:t>
+              <w:t xml:space="preserve">Environmental Pollution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 362, pp.124874. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2024.141486⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.envpol.2024.124874⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04472338v1</w:t>
+                <w:t xml:space="preserve">hal-04966668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimization of an HPLC-MS/MS method to analyze chlordecone in bovine serum and correlations with levels in liver, muscle and fat</w:t>
               </w:r>
@@ -893,3468 +893,3472 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karelle Huby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Parinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenaëlle Lavison-Bompard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemosphere</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 354, pp.141755. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2024.141755⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04570322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fate of chlordecone in soil food webs in a banana agroecosystem in Martinique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Coulis</w:t>
+                <w:t xml:space="preserve">Microwave-enhanced thermal removal of organochlorine pesticide (chlordecone) from contaminated soils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Cochennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Devriendt-Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Senecal</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yoann Devriendt-Renault</w:t>
+                <w:t xml:space="preserve">Félix Massat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Guerin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Julien Parinet</w:t>
+                <w:t xml:space="preserve">Patrick Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Pollution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 362, pp.124874. </w:t>
+              <w:t xml:space="preserve">Chemosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.141486. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.envpol.2024.124874⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2024.141486⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04966668v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04472338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fate of chlordecone during home cooking processes – Transfer into the liquid and aerial phases by conventional thermal processes</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Innovative analytical methodologies for characterizing chemical exposure with a view to next-generation risk assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Dubocq</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Žiga Tkalec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Antignac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Bandow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Béen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lidia Belova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2023.138255⟩</w:t>
+              <w:t xml:space="preserve">Environment International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Environment International, 186, pp.108585. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envint.2024.108585⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04498673v1</w:t>
+                <w:t xml:space="preserve">hal-04513053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harmonized quality assurance/quality control provisions to assess completeness and robustness of MS1 data preprocessing for LC-HRMS-based suspect screening and non-targeted analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Lennon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jade Chaker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elliott Price</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliane Hollender</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolin Huber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Trends in Analytical Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 174, pp.117674. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.trac.2024.117674⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04528878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Innovative analytical methodologies for characterizing chemical exposure with a view to next-generation risk assessment</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fate of chlordecone during home cooking processes – Transfer into the liquid and aerial phases by conventional thermal processes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Devriendt-Renault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Dubocq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Félix Massat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Parinet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environment International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.envint.2024.108585⟩</w:t>
+              <w:t xml:space="preserve">Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 440, pp.138255. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2023.138255⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04513053v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04498673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liquid chromatographic retention time prediction models to secure and improve the feature annotation process in high-resolution mass spectrometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Parinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yassine Makni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yassine Makni</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Thierno Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Guérin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Talanta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 267, pp.125214. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.talanta.2023.125214⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04498679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A proof-of-concept study on the versatility of liquid chromatography coupled to high-resolution mass spectrometry to screen for various contaminants and highlight markers of floral and geographical origin for different honeys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yassine Makni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yassine Makni</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Thierno Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Parinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 436, pp.137720. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.foodchem.2023.137720⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04498686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approaches to determine pesticides in marine bivalves</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thierno Diallo</w:t>
+                <w:t xml:space="preserve">Chlordecone-induced hepatotoxicity and fibrosis are mediated by the proteasomal degradation of septins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julia Leleu</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Thierry Guérin</w:t>
+                <w:t xml:space="preserve">Sarah Alilat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Thomas</w:t>
+                <w:t xml:space="preserve">Pierre-Jean Ferron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léonie Dec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tahar Bouceba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00216-023-04709-4⟩</w:t>
+              <w:t xml:space="preserve">Journal of Hazardous Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 476, pp.135177. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhazmat.2024.135177⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04074997v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-04661415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seasonal variations of low pesticides contamination and biomarker responses in marine bivalves from French estuaries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adélaïde Lerebours</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierno Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Lecureuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Receveur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine Pollution Bulletin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 192, pp.114988. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.marpolbul.2023.114988⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04078378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of classical home cooking processes on chlordecone and chlordecol concentrations in animal products originated from French West Indies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Devriendt-Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Félix Massat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Parinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 152, pp.109871. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.foodcont.2023.109871⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04284431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal degradation of pesticide active substances: Prioritisation list</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gaëlle Vial</w:t>
+                <w:t xml:space="preserve">Optimisation and implementation of QuEChERS-based sample preparation for identification and semi-quantification of 694 targeted contaminants in honey, jam, jelly, and syrup by UHPLC-Q/ToF high-resolution mass spectrometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yassine Makni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierno Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Sarda</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Francisca Areskoug</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Parinet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Chemistry Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.focha.2023.100327⟩</w:t>
+              <w:t xml:space="preserve">Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 425, pp.136448. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2023.136448⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">anses-04237927v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04498852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards comprehensive identification of pesticide degradation products following thermal processing below and above 120 °C: A review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Dubocq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre l'Yvonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleni Chatzidimitriou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eleni Chatzidimitriou</w:t>
+                <w:t xml:space="preserve">Samia Mahouche-Chergui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Sarda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 402, pp.134267. </w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.foodchem.2022.134267⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-03797281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimisation and implementation of QuEChERS-based sample preparation for identification and semi-quantification of 694 targeted contaminants in honey, jam, jelly, and syrup by UHPLC-Q/ToF high-resolution mass spectrometry</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thierno Diallo</w:t>
+                <w:t xml:space="preserve">Thermal degradation of pesticide active substances: Prioritisation list</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre l'Yvonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francisca Areskoug</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Gaëlle Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Sarda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Duboisset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Carbonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2023.136448⟩</w:t>
+              <w:t xml:space="preserve">Food Chemistry Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 2, pp.100327. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.focha.2023.100327⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04498852v1</w:t>
+                <w:t xml:space="preserve">anses-04237927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wide-scope screening of multi-class contaminants in seafood using a novel sample preparation (QuEChUP) procedure coupled with UHPLC-Q-TOF-MS: application for semi-quantitation of real seafood samples</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierno Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Makni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adélaïde Lerebours</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 426, pp.136572. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.foodchem.2023.136572⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04127649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development and validation according to the SANTE guidelines of a QuECh-ERS-UHPLC-QTOF-MS method for the screening of 204 pesticides in bivalves</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
+                <w:t xml:space="preserve">Approaches to determine pesticides in marine bivalves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierno Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Leleu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Parinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Thomas</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thierry Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2022.132871⟩</w:t>
+              <w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 415 (16), pp.3093-3110. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00216-023-04709-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03628271v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04074997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving the monitoring of multi-class pesticides in baby foods using QuEChERS-UHPLC-Q-TOF with automated identification based on MS/MS similarity algorithms</w:t>
+                <w:t xml:space="preserve">Development and validation according to the SANTE guidelines of a QuECh-ERS-UHPLC-QTOF-MS method for the screening of 204 pesticides in bivalves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Thierno Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Yassine Makni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adélaïde Lerebours</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, pp.133573. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2022.133573⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 386, pp.132871. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2022.132871⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">anses-03706205v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03628271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization and quantification of chlordecone elimination in ewes</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Improving the monitoring of multi-class pesticides in baby foods using QuEChERS-UHPLC-Q-TOF with automated identification based on MS/MS similarity algorithms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yassine Makni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierno Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Parinet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Toxicology and Pharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.etap.2021.103698⟩</w:t>
+              <w:t xml:space="preserve">Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.133573. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2022.133573⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03515239v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-03706205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multilaboratory Collaborative Study of a Nontarget Data Acquisition for Target Analysis (nDATA) Workflow Using Liquid Chromatography-High-Resolution Accurate Mass Spectrometry for Pesticide Screening in Fruits and Vegetables</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Predicting reversed-phase liquid chromatographic retention times of pesticides by deep neural networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Parinet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jafc.1c04437⟩</w:t>
+              <w:t xml:space="preserve">Heliyon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 7 (12), pp.e08563. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.heliyon.2021.e08563⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">anses-03722038v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-03509974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predicting reversed-phase liquid chromatographic retention times of pesticides by deep neural networks</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Prediction of pesticide retention time in reversed-phase liquid chromatography using quantitative-structure retention relationship models: a comparative study of seven molecular descriptors datasets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Parinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Heliyon</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.heliyon.2021.e08563⟩</w:t>
+              <w:t xml:space="preserve">Chemosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 275, pp.130036. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2021.130036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">anses-03509974v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03158280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prediction of pesticide retention time in reversed-phase liquid chromatography using quantitative-structure retention relationship models: a comparative study of seven molecular descriptors datasets</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Correlation between endemic chlordecone concentrations in three bovine tissues determined by isotopic dilution liquid chromatography–tandem mass spectrometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaëlle Lavison-Bompard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Parinet</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karelle Huby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chanthadary Inthavong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemosphere</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2021.130036⟩</w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 788, pp.147833. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2021.147833⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03158280v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-03722009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correlation between endemic chlordecone concentrations in three bovine tissues determined by isotopic dilution liquid chromatography–tandem mass spectrometry</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Chanthadary Inthavong</w:t>
+                <w:t xml:space="preserve">Characterization and quantification of chlordecone elimination in ewes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maïlie Saint-Hilaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Fourcot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bousquet-Mélou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guido Rychen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Thomé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2021.147833⟩</w:t>
+              <w:t xml:space="preserve">Environmental Toxicology and Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 87, pp.103698. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.etap.2021.103698⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">anses-03722009v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03515239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of home cooking processes on chlordecone content in beef and investigation of its by-products and metabolites by HPLC-HRMS/MS</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multilaboratory Collaborative Study of a Nontarget Data Acquisition for Target Analysis (nDATA) Workflow Using Liquid Chromatography-High-Resolution Accurate Mass Spectrometry for Pesticide Screening in Fruits and Vegetables</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jon W. Wong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deborah Martin</w:t>
+                <w:t xml:space="preserve">Jian Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fiona Lobo</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">James S. Chang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Willis Chow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Carlson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environment International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.envint.2020.106077⟩</w:t>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 69 (44), pp.13200-13216. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jafc.1c04437⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03158198v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-03722038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of home cooking processes on chlordecone content in beef and investigation of its by-products and metabolites by HPLC-HRMS/MS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deborah Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiona Lobo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaëlle Lavison-Bompard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gwenaëlle Lavison-Bompard</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Thierry Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Parinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environment International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 144, pp.106077. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.envint.2020.106077⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04499187v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03158198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation of analytical methods for chlordecone and its metabolites in the urine and feces of ewes</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effect of home cooking processes on chlordecone content in beef and investigation of its by-products and metabolites by HPLC-HRMS/MS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Bertin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Chanthadary Inthavong</w:t>
+                <w:t xml:space="preserve">Deborah Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiona Lobo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaëlle Lavison-Bompard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gwenaëlle Lavison-Bompard</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Thierry Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Parinet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chromatography B - Analytical Technologies in the Biomedical and Life Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jchromb.2018.06.058⟩</w:t>
+              <w:t xml:space="preserve">Environment International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 144, pp.106077. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envint.2020.106077⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02623417v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04499187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Classification of trace elements in tissues from organic and conventional French pig production</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId132" w:history="1">
+                <w:t xml:space="preserve">Validation of analytical methods for chlordecone and its metabolites in the urine and feces of ewes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mailie Saint-Hilaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Laurent Noel</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Bertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chanthadary Inthavong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaëlle Lavison-Bompard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Meat Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.meatsci.2018.02.008⟩</w:t>
+              <w:t xml:space="preserve">Journal of Chromatography B - Analytical Technologies in the Biomedical and Life Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 1093-1094, pp.66-76. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jchromb.2018.06.058⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02621464v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02623417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development and validation of an HPLC-MS/MS method with QuEChERS extraction using isotopic dilution to simultaneously analyze chlordecone and chlordecol in animal livers</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Thierry Guérin</w:t>
+                <w:t xml:space="preserve">Classification of trace elements in tissues from organic and conventional French pig production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Parinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Royer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mailie Saint-Hilaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Chafey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Noel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2018.01.092⟩</w:t>
+              <w:t xml:space="preserve">Meat Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 141, pp.28-35. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.meatsci.2018.02.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01843734v1</w:t>
+                <w:t xml:space="preserve">hal-02621464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring and factors affecting levels of airborne and water bromoform in chlorinated seawater swimming pools</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Development and validation of an HPLC-MS/MS method with QuEChERS extraction using isotopic dilution to simultaneously analyze chlordecone and chlordecol in animal livers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maïlie Saint-Hilaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chanthadary Inthavong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Bertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaëlle Lavison-Bompard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Environmental Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 58, pp.262 - 270. </w:t>
+              <w:t xml:space="preserve">Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 252, pp.147-153. </w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jes.2017.05.022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2018.01.092⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01616744v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01843734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micropollutants and chemical residues in organic and conventional meat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaud Dervilly-Pinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Minvielle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4470,51 +4474,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Höhener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard J. Robins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Parinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Remaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4555,1218 +4559,1348 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01541392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced forensic discrimination of pollutants by position-specific isotope analysis using isotope ratio monitoring by C-13 nuclear magnetic resonance spectrometry</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Monitoring and factors affecting levels of airborne and water bromoform in chlorinated seawater swimming pools</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierrick Nun</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Jean-Luc Boudenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Parinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Demelas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tarek Manasfi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Coulomb</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Talanta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.talanta.2015.10.010⟩</w:t>
+              <w:t xml:space="preserve">Journal of Environmental Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 58, pp.262 - 270. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jes.2017.05.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01436741v1</w:t>
+                <w:t xml:space="preserve">hal-01616744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predicting equilibrium vapour pressure isotope effects by using artificial neural networks or multi-linear regression - A quantitative structure property relationship approach</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Enhanced forensic discrimination of pollutants by position-specific isotope analysis using isotope ratio monitoring by C-13 nuclear magnetic resonance spectrometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Julien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Nun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Höhener</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Parinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard J. Robins</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gerald Remaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemosphere</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Talanta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 147, pp.383-389. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.talanta.2015.10.010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2014.10.079⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01436878v1</w:t>
+                <w:t xml:space="preserve">hal-01436741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insights into Mechanistic Models for Evaporation of Organic Liquids in the Environment Obtained by Position-Specific Carbon Isotope Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrick Nun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard J. Robins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald S. Remaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Parinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 49 (21), pp.12782-12788. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.est.5b03280⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01436876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fractionation in position-specific isotope composition during vaporization of environmental pollutants measured with isotope ratio monitoring by C-13 nuclear magnetic resonance spectrometry</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Predicting equilibrium vapour pressure isotope effects by using artificial neural networks or multi-linear regression - A quantitative structure property relationship approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Parinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrick Nun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Patrick Höhener</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard J. Robins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerald Remaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Pollution</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Chemosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 134, pp.521-527. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2014.10.079⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.envpol.2015.05.047⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01436869v1</w:t>
+                <w:t xml:space="preserve">hal-01436878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trace metal and metalloid contamination levels in soils and in two native plant species of a former industrial site: Evaluation of the phytostabilization potential</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Fractionation in position-specific isotope composition during vaporization of environmental pollutants measured with isotope ratio monitoring by C-13 nuclear magnetic resonance spectrometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Julien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Parinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Catherine Massiani</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Nun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Laffont-Schwob</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jacques Rabier</w:t>
+                <w:t xml:space="preserve">Kevin Bayle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Höhener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hazardous Materials</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Environmental Pollution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 205, pp.299-306. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envpol.2015.05.047⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jhazmat.2012.12.039⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01456527v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01436869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling geosmin concentrations in three sources of raw water in Quebec, Canada</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Trace metal and metalloid contamination levels in soils and in two native plant species of a former industrial site: Evaluation of the phytostabilization potential</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eti Testiati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Parinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manuel J. Rodriguez</w:t>
+                <w:t xml:space="preserve">Catherine Massiani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Baptiste Serodes</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Isabelle Laffont-Schwob</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Rabier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Monitoring and Assessment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10661-012-2536-x⟩</w:t>
+              <w:t xml:space="preserve">Journal of Hazardous Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 248, pp.131-141. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhazmat.2012.12.039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01456530v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01456527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exposure levels to brominated compounds in seawater swimming pools treated with chlorine</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Modelling geosmin concentrations in three sources of raw water in Quebec, Canada</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Parinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Vassalo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Boudenne</w:t>
+                <w:t xml:space="preserve">Manuel J. Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Serodes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Water Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.watres.2011.11.060⟩</w:t>
+              <w:t xml:space="preserve">Environmental Monitoring and Assessment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 185 (1), pp.95-111. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10661-012-2536-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01456664v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01456530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automated analysis of geosmin, 2-methyl-isoborneol, 2-isopropyl-3-methoxypyrazine, 2-isobutyl-3-methoxypyrazine and 2,4,6-trichloroanisole in water by SPME-GC-ITDMS/MS</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Exposure levels to brominated compounds in seawater swimming pools treated with chlorine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Parinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Serodes</w:t>
+                <w:t xml:space="preserve">Sophie Tabaries</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Coulomb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Proulx</w:t>
+                <w:t xml:space="preserve">Laurent Vassalo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Boudenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Environmental Analytical Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 91 (6), pp.505-515. </w:t>
+              <w:t xml:space="preserve">Water Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 46 (3), pp.828-836. </w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/03067310903582341⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.watres.2011.11.060⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03158247v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01456664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Automated analysis of geosmin, 2-methyl-isoborneol, 2-isopropyl-3-methoxypyrazine, 2-isobutyl-3-methoxypyrazine and 2,4,6-trichloroanisole in water by SPME-GC-ITDMS/MS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Parinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Serodes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Proulx</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Environmental Analytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 91 (6), pp.505-515. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/03067310903582341⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03158247v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Influence of water quality on the presence of off-flavour compounds (geosmin and 2-methylisoborneol)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Parinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Sérodes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Water Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 44 (20), pp.5847-5856. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.watres.2010.06.070⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03158253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5776,820 +5910,820 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A multi-omics strategy to depict and compare the hepatotoxic mechanisms of chlordecone and its metabolite chlordecol</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId203" w:history="1">
+                <w:t xml:space="preserve">P1-03: A multi-omics strategy to depict and compare the hepatotoxic mechanisms of chlordecone and its metabolite chlordecol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Léger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Alilat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Dec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Hogeveen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">P. -J. Ferron</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Jean Ferron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">57th Congress of the European-Societies-of-Toxicology (EUROTOX)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">57th Congress of the European Societies of Toxicology (EUROTOX 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Ljubljana, Slovenia. pp.S299-S300, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/s0378-4274(23)00953-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04329141v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04358364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P1-03: A multi-omics strategy to depict and compare the hepatotoxic mechanisms of chlordecone and its metabolite chlordecol</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId203" w:history="1">
+                <w:t xml:space="preserve">A multi-omics strategy to depict and compare the hepatotoxic mechanisms of chlordecone and its metabolite chlordecol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Leger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Alilat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Dec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Hogeveen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Jean Ferron</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. -J. Ferron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">57th Congress of the European Societies of Toxicology (EUROTOX 2023)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">57th Congress of the European-Societies-of-Toxicology (EUROTOX)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Ljubljana, Slovenia</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04358364v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04329141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Construire un programme de recherche pour répondre à un enjeu sanitaire pour la population : chlordécone et produits animaux aux Antilles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Feidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Angeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Mahieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Delannoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Transitions Ecologiques en Transactions &amp; Actions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2020, Toulouse, France. pp.187-188</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03954563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teneurs en éléments traces métalliques présents dans des viandes issues de filières biologique ou conventionnelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Parinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mailie Saint-Hilaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Chafey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Noël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Spectr’Atom 2017 - 61ème ICASS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Québec, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02734631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Position-Specific Isotope Analysis by Isotopic NMR Spectrometry: New Insights on Environmental Pollution Studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald S. Remaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Parinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrick Nun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard J. Robins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11TH APPLIED ISOTOPE GEOCHEMISTRY CONFERENCE AIG-11</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Unknown, Unknown Region. pp.92-95, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.proeps.2015.07.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01436852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Position-specific carbon isotope fractionation gives insights into mechanistic models for evaporation of organic liquids in the environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Höhener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrick Nun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard J. Robins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Parinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11TH APPLIED ISOTOPE GEOCHEMISTRY CONFERENCE AIG-11</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Unknown, Unknown Region. pp.96-99, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.proeps.2015.07.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01436853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId223"/>
+      <w:footerReference w:type="default" r:id="rId229"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6736,51 +6870,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oniris.hal.science/hal-05222835v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandre Jeannot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Macorps" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Le Bizec" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Parinet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaud Dervilly" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fochx.2025.102674" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oniris.hal.science/hal-05222834v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Amziane" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fochx.2025.102843" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035948v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah E Martin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Leblanc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333651v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Cochennec" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah E Martin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Laulier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Baudouard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Tierce" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eti.2025.104563" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04661415v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut L&#233;ger" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Alilat" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Ferron" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onie Dec" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tahar Bouceba" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2024.135177" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04472338v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Devriendt-Renault" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Massat" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gu&#233;rin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ollivier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2024.141486" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570322v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Lambert" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karelle Huby" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Lavison-Bompard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2024.141755" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966668v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Coulis" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Senecal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Guerin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2024.124874" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498673v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Dubocq" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2023.138255" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04528878v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Lennon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Chaker" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elliott Price" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane Hollender" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolin Huber" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trac.2024.117674" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513053v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#381;iga Tkalec" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Antignac" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Bandow" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic B&#233;en" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lidia Belova" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2024.108585" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498679v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Makni" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierno Diallo" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2023.125214" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498686v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2023.137720" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074997v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Leleu" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Thomas" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-023-04709-4" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04078378v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;la&#239;de Lerebours" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Lecureuil" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Receveur" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Huet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2023.114988" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enva.hal.science/hal-04284431v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodcont.2023.109871" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04237927v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre l'Yvonnet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Vial" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Sarda" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Duboisset" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Carbonnier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.focha.2023.100327" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03797281v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleni Chatzidimitriou" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Mahouche-Chergui" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2022.134267" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498852v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisca Areskoug" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2023.136448" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04127649v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2023.136572" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628271v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2022.132871" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03706205v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2022.133573" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03515239v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;lie Saint-Hilaire" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Fourcot" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bousquet-M&#233;lou" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guido Rychen" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Thom&#233;" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.etap.2021.103698" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03722038v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon W. Wong" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Wang" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James S. Chang" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willis Chow" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Carlson" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.1c04437" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03509974v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2021.e08563" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158280v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2021.130036" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03722009v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chanthadary Inthavong" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.147833" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158198v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Martin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Lobo" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2020.106077" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04499187v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623417v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mailie Saint-Hilaire" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bertin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jchromb.2018.06.058" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621464v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Royer" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Chafey" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Noel" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2018.02.008" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DG6KWLQ2-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01843734v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2018.01.092" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616744v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Boudenne" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Demelas" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Manasfi" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Coulomb" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jes.2017.05.022" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534844v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaud Dervilly-Pinel" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Minvielle" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Travel" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Normand" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2017.04.013" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01541392v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Julien" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick H&#246;hener" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard J. Robins" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Remaud" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.7b00971" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436741v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Nun" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2015.10.010" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C6SVCK5H-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436878v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Remaud" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2014.10.079" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K0Q54Z7D-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436876v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald S. Remaud" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.5b03280" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436869v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Bayle" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2015.05.047" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LF6ZF4MV-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456527v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eti Testiati" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Massiani" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Laffont-Schwob" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Rabier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2012.12.039" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JZMBW0GR-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456530v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel J. Rodriguez" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Serodes" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10661-012-2536-x" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-K577DQ4N-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456664v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Tabaries" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vassalo" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2011.11.060" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WTZJC0M4-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158247v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Rodriguez" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Serodes" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Proulx" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03067310903582341" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158253v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean S&#233;rodes" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2010.06.070" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329141v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Leger" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Alilat" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dec" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hogeveen" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. -J. Ferron" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04358364v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. L&#233;ger" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0378-4274(23)00953-0" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03954563v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Feidt" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Fournier" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Angeon" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Mahieu" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Delannoy" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734631v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Gu&#233;rin" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. No&#235;l" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436852v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeps.2015.07.022" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436853v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeps.2015.07.023" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05566983v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Dubocq" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Macarie" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bristeau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Monteau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh Tuan Lormier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hazadv.2026.101131" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oniris.hal.science/hal-05222834v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandre Jeannot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Macorps" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Amziane" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Le Bizec" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Parinet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fochx.2025.102843" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035948v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah E Martin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Leblanc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333651v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Cochennec" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah E Martin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Laulier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Baudouard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Tierce" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eti.2025.104563" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oniris.hal.science/hal-05222835v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaud Dervilly" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fochx.2025.102674" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966668v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Coulis" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Senecal" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Devriendt-Renault" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Guerin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2024.124874" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570322v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Lambert" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karelle Huby" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gu&#233;rin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Lavison-Bompard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2024.141755" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04472338v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Massat" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ollivier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2024.141486" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513053v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#381;iga Tkalec" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Antignac" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Bandow" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic B&#233;en" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lidia Belova" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2024.108585" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04528878v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Lennon" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Chaker" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elliott Price" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane Hollender" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolin Huber" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trac.2024.117674" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498673v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2023.138255" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498679v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Makni" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierno Diallo" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2023.125214" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498686v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2023.137720" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04661415v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut L&#233;ger" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Alilat" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Ferron" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onie Dec" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tahar Bouceba" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2024.135177" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04078378v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;la&#239;de Lerebours" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Lecureuil" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Receveur" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Huet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2023.114988" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enva.hal.science/hal-04284431v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodcont.2023.109871" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498852v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisca Areskoug" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2023.136448" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03797281v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre l'Yvonnet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleni Chatzidimitriou" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Mahouche-Chergui" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Sarda" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2022.134267" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04237927v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Vial" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Duboisset" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Carbonnier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.focha.2023.100327" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04127649v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Thomas" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2023.136572" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074997v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Leleu" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-023-04709-4" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628271v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2022.132871" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03706205v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2022.133573" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03509974v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2021.e08563" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158280v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2021.130036" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03722009v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chanthadary Inthavong" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.147833" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03515239v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;lie Saint-Hilaire" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Fourcot" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bousquet-M&#233;lou" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guido Rychen" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Thom&#233;" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.etap.2021.103698" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03722038v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon W. Wong" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Wang" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James S. Chang" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willis Chow" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Carlson" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.1c04437" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158198v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Martin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Lobo" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2020.106077" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04499187v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623417v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mailie Saint-Hilaire" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bertin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jchromb.2018.06.058" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621464v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Royer" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Chafey" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Noel" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2018.02.008" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DG6KWLQ2-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01843734v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2018.01.092" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534844v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaud Dervilly-Pinel" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Minvielle" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Travel" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Normand" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2017.04.013" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01541392v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Julien" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick H&#246;hener" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard J. Robins" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Remaud" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.7b00971" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616744v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Boudenne" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Demelas" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Manasfi" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Coulomb" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jes.2017.05.022" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436741v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Nun" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2015.10.010" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C6SVCK5H-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436876v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald S. Remaud" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.5b03280" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436878v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Remaud" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2014.10.079" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K0Q54Z7D-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436869v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Bayle" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2015.05.047" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LF6ZF4MV-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456527v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eti Testiati" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Massiani" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Laffont-Schwob" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Rabier" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2012.12.039" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JZMBW0GR-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456530v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel J. Rodriguez" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Serodes" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10661-012-2536-x" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-K577DQ4N-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456664v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Tabaries" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vassalo" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2011.11.060" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WTZJC0M4-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158247v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Rodriguez" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Serodes" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Proulx" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03067310903582341" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158253v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean S&#233;rodes" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2010.06.070" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04358364v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. L&#233;ger" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Alilat" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dec" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hogeveen" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0378-4274(23)00953-0" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329141v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Leger" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. -J. Ferron" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03954563v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Feidt" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Fournier" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Angeon" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Mahieu" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Delannoy" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734631v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Gu&#233;rin" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. No&#235;l" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436852v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeps.2015.07.022" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436853v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeps.2015.07.023" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>