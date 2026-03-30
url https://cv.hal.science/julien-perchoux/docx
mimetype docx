--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -1481,429 +1481,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02794481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implementation of Integrated VCSEL-Based Optical Feedback Interferometry Microfluidic Sensor System with Polymer Microoptics</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Acoustic flat lensing using an indefinite medium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qingyue Li</w:t>
+                <w:t xml:space="preserve">M. Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Perchoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A L Vanel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Tronche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Baptiste Doucet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Fabien Mesnilgrente</w:t>
+                <w:t xml:space="preserve">Y Achaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/app9245484⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 99, pp.100301(R). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.99.100301⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02429139v1</w:t>
+                <w:t xml:space="preserve">hal-01917261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acoustic flat lensing using an indefinite medium</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Micro Particle Sizing Using Hilbert Transform Time Domain Signal Analysis Method in Self-Mixing Interferometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Menglei Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chen Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wuxiong Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Dubois</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Y Achaoui</w:t>
+                <w:t xml:space="preserve">Tao Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.99.100301⟩</w:t>
+              <w:t xml:space="preserve">Applied Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (24), pp.5563. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/app9245563⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01917261v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02794527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Micro Particle Sizing Using Hilbert Transform Time Domain Signal Analysis Method in Self-Mixing Interferometry</w:t>
+                <w:t xml:space="preserve">Implementation of Integrated VCSEL-Based Optical Feedback Interferometry Microfluidic Sensor System with Polymer Microoptics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yu Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Menglei Zhang</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qingyue Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chen Zhang</w:t>
+                <w:t xml:space="preserve">Jean-Baptiste Doucet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wuxiong Yang</w:t>
+                <w:t xml:space="preserve">Pierre-François Calmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tao Chen</w:t>
+                <w:t xml:space="preserve">Fabien Mesnilgrente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 9 (24), pp.5563. </w:t>
+              <w:t xml:space="preserve">, 2019, 9 (24), pp.5484. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/app9245563⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/app9245484⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02794527v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02429139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fringe Disappearance in Self-Mixing Interferometry Laser Sensors: Model and Application to the Absolute Distance Measurement Scheme</w:t>
               </w:r>
@@ -2368,269 +2368,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01939780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">OPTICAL FEEDBACK INTERFEROMETRY: FROM BASICS TO APPLICATIONS OF LASER FLOWMETRY</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Optical Feedback Interferometry Flowmetry Sensor in Microfluidics Chip</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Perchoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Camps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Bardinal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revista Cubana de Fisica</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 1 (4), pp.507. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/proceedings1040507⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01611682v1</w:t>
+                <w:t xml:space="preserve">hal-01611672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optical Feedback Interferometry Flowmetry Sensor in Microfluidics Chip</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">OPTICAL FEEDBACK INTERFEROMETRY: FROM BASICS TO APPLICATIONS OF LASER FLOWMETRY</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Ramírez-Miquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Perchoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raul da Costa Moreira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Luna Arriaga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revista Cubana de Fisica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 34 (1), pp.48 - 57</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01611672v1</w:t>
+                <w:t xml:space="preserve">hal-01611682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of High Coupling Factor in Absolute Distance Measurement with Self-Mixing Interferometry</w:t>
               </w:r>
@@ -4283,295 +4283,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physical optics modelling of eye displacement detection using self-mixing interferometry</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Adaptive Single Micro-Particle Detection and Segmentation in Self-Mixing Interferometry Signals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastián Sierra-Alarcón</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Perchoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Jayat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Tronche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Priya Jain</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Markus Rossi</w:t>
+                <w:t xml:space="preserve">Santiago S Pérez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optical Sensing and Precision Metrology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1117/12.3040930⟩</w:t>
+              <w:t xml:space="preserve">IEEE Applied Sensing Conference (APSCON)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE Sensors Council, Jan 2025, HYDERABAD, India. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/APSCON63569.2025.11144346⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05033939v1</w:t>
+                <w:t xml:space="preserve">hal-05021273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive Single Micro-Particle Detection and Segmentation in Self-Mixing Interferometry Signals</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Clément Tronche</w:t>
+                <w:t xml:space="preserve">Physical optics modelling of eye displacement detection using self-mixing interferometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priya Jain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jens Geiger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Volker Zagolla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Boniface</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Santiago S Pérez</w:t>
+                <w:t xml:space="preserve">Markus Rossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Applied Sensing Conference (APSCON)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IEEE Sensors Council, Jan 2025, HYDERABAD, India. </w:t>
+              <w:t xml:space="preserve">Optical Sensing and Precision Metrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2025, San Francisco, United States. pp.60, </w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/APSCON63569.2025.11144346⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1117/12.3040930⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05021273v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05033939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Self-Mixing Interferometry System for in Vitro Retinal Capillary Network Characterization</w:t>
               </w:r>
@@ -5195,252 +5195,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02951698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optical Feedback Interferometry for Raster Scan Profilometry</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Characterization of Acoustic Sources by Optical Feedback Interferometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Perchoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricio Fernando Urgiles Ortiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Bosch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Sensors 2017</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Eurosensors 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Paris, France. pp.348, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/proceedings1040348⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01685167v1</w:t>
+                <w:t xml:space="preserve">hal-01611659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of Acoustic Sources by Optical Feedback Interferometry</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Optical Feedback Interferometry for Raster Scan Profilometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Grimaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Luna Arriaga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Bony</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Tronche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Perchoux</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thierry Bosch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurosensors 2017</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IEEE Sensors 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Glasgow, United Kingdom. 3p</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01611659v1</w:t>
+                <w:t xml:space="preserve">hal-01685167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Single nano-particle flow detection and velocimetry using Optical Feedback Interferometry</w:t>
               </w:r>
@@ -5804,282 +5804,282 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01435994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In-situ measurement of non-steady flows using optical feedback interferometry</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">O. Sotolongo-Costa</w:t>
+                <w:t xml:space="preserve">Effect of Injection Current on Signal Strength in a Single-Mode Laser Diode Optical Feedback Interferometer Subject to Weak Feedback</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jalal Al Roumy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Perchoux</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yah Leng Lim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Taimre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksandar D. Rakić</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2015 IEEE International Conference on Industrial Technology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">CLEO Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, OSA, Jun 2015, Munich, Germany</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01167816v1</w:t>
+                <w:t xml:space="preserve">hal-01260512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of Injection Current on Signal Strength in a Single-Mode Laser Diode Optical Feedback Interferometer Subject to Weak Feedback</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jalal Al Roumy</w:t>
+                <w:t xml:space="preserve">In-situ measurement of non-steady flows using optical feedback interferometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelio Esteban Ramírez-Miquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Luna Arriaga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam Quotb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Sotolongo-Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Perchoux</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CLEO Europe</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2015 IEEE International Conference on Industrial Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2015, Séville, Spain. pp.1469-1473, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICIT.2015.7125304⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01260512v1</w:t>
+                <w:t xml:space="preserve">hal-01167816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phase Relationship of Photodetected Signals of an Optical Feedback Interferometry Sensor</w:t>
               </w:r>
@@ -6387,126 +6387,402 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04783944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Rapport (2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">LRC-LICUR. Rapport d'activité. Année 10. Janvier 2025-décembre 2025</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Lefrançois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antony Coustou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Perchoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohan Barbarin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">LAAS - CNRS; CEA. 2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05546111v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">LRC-LICUR. Rapport d'activité. Année 9. Janvier 2024-décembre 2024</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Lefrançois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antony Coustou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Perchoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohan Barbarin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">LAAS-CNRS; CEA. 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05546091v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation et modélisation du bruit d'intensité de VCSELs (AlGaAs) et de son influence sur le bruit de phase des liaisons opto-hyperfréquences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Perchoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Optique / photonique. Ecole nationale superieure de l'aeronautique et de l'espace, 2005. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00675264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6516,105 +6792,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interférométrie par réinjection optique dans une diode laser - Applications pour le vivant et le développement durable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Perchoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Micro et nanotechnologies/Microélectronique. Institut national polytechnique de Toulouse, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02995424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId193"/>
+      <w:footerReference w:type="default" r:id="rId199"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6761,51 +7037,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493778v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebasti&#225;n Sierra-Alarc&#243;n" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Perchoux" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Tronche" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Jayat" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Quotb" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fsens.2025.1662060" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05361561v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelio E Ram&#237;rez-Miquet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureline Julien" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Charlot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mne.2025.100318" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491109v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Loupias" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mengkoung Veng" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Bouchier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.582006" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04416042v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Urgiles" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optlaseng.2024.108045" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04912298v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A L Vanel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Dubois" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Fu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y-T Wang" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/ad5c94" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04490554v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Maqueda" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Javier Imas Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Genetier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23073720" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04210628v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Bertling" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Veidt" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandar Raki&#263;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.497676" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03040615v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Einar Knudsen" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Mazoyer" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Javier Gonzales Imas" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.411103" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03163847v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reza Atashkhooei" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Magaletti" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Tronche" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s21041300" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654433v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Bony" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.419617" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02794481v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Zhao" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuefei Shen" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Menglei Zhang" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingwen Yu" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jintao Li" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app10020478" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02429139v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qingyue Li" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Doucet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Calmon" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Mesnilgrente" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app9245484" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01917261v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dubois" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Achaoui" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.99.100301" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02794527v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Zhang" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wuxiong Yang" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Chen" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app9245563" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02071823v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2019.2901125" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02305751v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Camps" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bardinal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app9183903" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685176v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reza E Atashkhooei" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Ram&#237;rez-Miquet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul da Costa Moreira" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago E Royo" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2017.2781902" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01939780v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricio Fernando Urgiles Ortiz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Luna Arriaga" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bosch" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.OE.57.5.051502" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01611682v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Zhao" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01611672v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/proceedings1040507" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01611675v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/proceedings1040373" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382068v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelio Esteban Ram&#237;rez-Miquet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Loubiere" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Prat" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s16081233" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01446494v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Campagnolo" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.24.023849" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01389568v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam E Quotb" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco E Azcona" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s16050694" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187185v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jalal Al Roumy" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yah Leng Lim" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Taimre" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandar D. Rakic" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.54.000312" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01091336v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Malkin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Robert" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.22.030346" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01091363v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Russell Kliese" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ashrif A. Bakar" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.53.003723" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01091344v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John R. Tucker" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alireza Mowla" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Herbert" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel A. Fuentes" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craig S. Freakley" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.39.000394" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00757538v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milan Nikolic" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10404-012-1029-0" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D7E636D160A1419CE11AC13436B8752031D9308A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00757566v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapaha&#235;l Teysseyre" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00714045v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Roman" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lorthois" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00757555v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ranveer S. Matharu" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03610202v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Rissons" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Mollier" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2007.09.011" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6N8F5W5B-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05033939v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priya Jain" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Geiger" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volker Zagolla" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Boniface" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Rossi" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3040930" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05021273v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago S P&#233;rez" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/APSCON63569.2025.11144346" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04785523v2" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik Keizer" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04643777v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/I2MTC60896.2024.10560600" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04643809v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Thami&#233;" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Dufourmentel" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3013433" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02949395v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/I2MTC43012.2020.9128405" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02951698v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Flores" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Trojman" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSORS43011.2019.8956790" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685167v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Grimaldi" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01611659v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/proceedings1040348" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685162v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01225244v2" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Sotolongo-Costa" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01435994v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSENS.2016.7808586" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167816v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIT.2015.7125304" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260512v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandar D. Raki&#263;" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01259863v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01090224v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04783944v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00675264v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/tel-02995424v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493778v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebasti&#225;n Sierra-Alarc&#243;n" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Perchoux" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Tronche" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Jayat" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Quotb" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fsens.2025.1662060" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05361561v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelio E Ram&#237;rez-Miquet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureline Julien" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Charlot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mne.2025.100318" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491109v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Loupias" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mengkoung Veng" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Bouchier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.582006" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04416042v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Urgiles" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optlaseng.2024.108045" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04912298v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A L Vanel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Dubois" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Fu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y-T Wang" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/ad5c94" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04490554v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Maqueda" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Javier Imas Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Genetier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23073720" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04210628v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Bertling" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Veidt" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandar Raki&#263;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.497676" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03040615v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Einar Knudsen" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Mazoyer" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Javier Gonzales Imas" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.411103" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03163847v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reza Atashkhooei" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Magaletti" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Tronche" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s21041300" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654433v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Bony" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.419617" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02794481v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Zhao" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuefei Shen" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Menglei Zhang" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingwen Yu" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jintao Li" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app10020478" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01917261v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dubois" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Achaoui" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.99.100301" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02794527v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Zhang" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wuxiong Yang" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Chen" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app9245563" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02429139v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qingyue Li" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Doucet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Calmon" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Mesnilgrente" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app9245484" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02071823v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2019.2901125" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02305751v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Camps" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bardinal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app9183903" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685176v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reza E Atashkhooei" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Ram&#237;rez-Miquet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul da Costa Moreira" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago E Royo" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2017.2781902" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01939780v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricio Fernando Urgiles Ortiz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Luna Arriaga" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bosch" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.OE.57.5.051502" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01611672v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/proceedings1040507" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01611682v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Zhao" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01611675v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/proceedings1040373" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382068v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelio Esteban Ram&#237;rez-Miquet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Loubiere" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Prat" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s16081233" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01446494v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Campagnolo" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.24.023849" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01389568v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam E Quotb" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco E Azcona" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s16050694" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187185v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jalal Al Roumy" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yah Leng Lim" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Taimre" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandar D. Rakic" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.54.000312" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01091336v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Malkin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Robert" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.22.030346" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01091363v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Russell Kliese" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ashrif A. Bakar" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.53.003723" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01091344v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John R. Tucker" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alireza Mowla" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Herbert" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel A. Fuentes" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craig S. Freakley" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.39.000394" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00757538v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milan Nikolic" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10404-012-1029-0" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D7E636D160A1419CE11AC13436B8752031D9308A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00757566v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapaha&#235;l Teysseyre" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00714045v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Roman" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lorthois" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00757555v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ranveer S. Matharu" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03610202v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Rissons" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Mollier" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2007.09.011" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6N8F5W5B-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05021273v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago S P&#233;rez" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/APSCON63569.2025.11144346" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05033939v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priya Jain" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Geiger" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volker Zagolla" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Boniface" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Rossi" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3040930" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04785523v2" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik Keizer" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04643777v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/I2MTC60896.2024.10560600" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04643809v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Thami&#233;" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Dufourmentel" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3013433" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02949395v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/I2MTC43012.2020.9128405" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02951698v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Flores" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Trojman" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSORS43011.2019.8956790" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01611659v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/proceedings1040348" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685167v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Grimaldi" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685162v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01225244v2" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Sotolongo-Costa" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01435994v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSENS.2016.7808586" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260512v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandar D. Raki&#263;" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167816v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIT.2015.7125304" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01259863v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01090224v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04783944v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05546111v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lefran&#231;ois" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Aubert" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Coustou" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Barbarin" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05546091v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00675264v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/tel-02995424v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>