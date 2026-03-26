--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Julien Piot </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Chargé de Recherche, Grand Accélérateur National d'Ions Lourds</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">julien-piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-6593-6964</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">152102205</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mes travaux se concentrent sur l'étude des effets quantiques qui rendent possible l'existence des noyaux superlourds (avec plus de 104 protons). Dans ce cadre j'étudie la structure des noyaux autour de Z=104 et N=152 à l'aide des différentes techniques disponibles. Les noyaux situés autour de cette gap région possèdent des états isomériques de créés par l'intrusion d'orbitales de plus haut nombre quantique principal autour du niveau de Fermi, causée par la déformation. L'observation de ces états isomériques le long d'une ligne isotonique ou isotopique permet de suivre l'évolution des états à une particle en fonction de la déformation et de remonter aux couches principales dont ils sont issus. De nombreuses orbitales descendantes provenant des couches principales responsables de l'existence de noyaux superlourds shériques sont par conséquent présentes au voisinage du niveau de Fermi des noyaux autour de N=152. Les informations spectroscopiques collectées sur ces noyaux permettent donc d'en apprendre plus sur la position de l'îlot de stabilité des noyaux superlourds. Je mène ces activité au GANIL ainsi qu'au Laboratoire National d'Argonne aux Etats-Unis. La liste ci-dessous présente les points forts de mon activité sur cette thématique ainsi que les développements techniques liés.</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading1"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Etude de la stabilité des noyaux autour de N=152</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">	Les isotopes présents sur la ligne N=152 sont particulièrement stables comme cela a été vérifié dans les isotones 254No, 255Lr et 256Rf. Au fil des années j'ai étudié plusieurs noyaux de cette région dans l'objectif d'identifier les orbitales responsables de la création d'isomères. La mesure des états excités du 257Db au GANIL sur le spectromètre LISE a permis de confirmer les schémas de décroissance de cet isotope observé auparavant au GSI. Marija Vostinar a travaillé sous ma direction sur cette analyse qui a servi de base à sa thèse de doctorat soutenue en 2015. 	J'ai également travaillé à l'analyse d'une expérience complémentaire réalisée sur le même isotope à Dubna en Russie en 2016 et 2017. Malgré une statistique plus importante, je n'ai pas pour l'instant pu identifier d'autres états excités que ceux déjà observés. 	Je poursuis mon étude sur un isotope clef de cette région, le 252Fm qui doit être stabilisé à la fois par son nombre de protons égal à 100 et son nombre de neutrons égal à 152. J'ai réalisé en 2021 une expérience au Laboratoire National d'Argonne pour mesurer les transitions gamma du 252Fm. Cette expérience a bien permis d'observer l'isotope voulu, mais un bruit de fond trop important n'a pas permis d'en extraire les états excités. Mon postdoctorant Rikel Chakma et moi sommes en train finaliser l'analayse de données dans l'objectif d'améliorer les conditions expérimentales et de soumettre une nouvelle demande d'expérience. En parallèle, nous avons soumis avec mon collègue Dieter Ackermann une autre proposition d'expérience visant à vérifier des mesures contradictoires sur l'identification du nouvel isotope 244 du Mendeleevium. Cette expérience sera analysées par notre Doctorant, Shayan Kumar. </w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading1"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Préparation du programme expérimental sur S3 avec SIRIUS</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le super-séparateur-spectromètre S3 est un instrument en cours de construction au GANIL sur SPIRAL2 dont l'objectif est d'étudier les noyaux exotiques produits par réaction de fusion-évaporation. Il utilisera les faisceaux de haute intensité du LINAC de SPIRAL2 pour étudier des noyaux dont la probabilité de production est dix à cent fois plus faible que ce qui est accessible actuellement. Il sera équipé de deux systèmes de détection : SIRIUS et S3-LEB.Je suis le responsable scientifique de SIRIUS (System for the Identification of Recoiling Ions Using S3). Cet instrument est indispensable au programme de recherche sur la structure nucléaire des noyaux superlourds sur lequel je travaille. Il est conçu pour mesurer la décroissance des noyaux sélectionnés dans S3. En binôme avec le coordinateur technique de SIRIUS au GANIL, Sébastien Herlant, je prépare teste SIRIUS suite à l'envoi des pièces réalisées par les autres laboratoires participant au projet, l'IJCLab, l'IPHC et l'IRFU. J’ai obtenu en Novembre 2020 un financement de la Région Normandie par la dispositif RIN tremplin (Réseau d’Intérêt Normand) pour l’embauche d’un post-doctorant sur deux ans dédié au tests et au commissioning de SIRIUS au GANIL. Durant les trois dernières années les tests des différents composants du SIRIUS ont été réalisés en collaboration avec mon post-doctorant, Rikel Chakma. Ces test ont permis de valider le fonctionnement du détecteur d'implantation et de la mesure de temps de vol. Nous avons notamment démontré la faisabilité de la mesure de temps de vol entre un détecteur à semiconducteur et un détecteur à feuilles émissives en numérisant les signaux des préamplificateurs et sans utiliser de mesure analogique. Cette mesure a permis de valider une résolution en temps de vol de 2.2 ns FWHM. SIRIUS est actuellement instalé sur S3. 	La thèse de Shayan Kumar, financée par une bourse RIN que j'ai obtenue, vise à développer un détecteur de rayons-X qui sera couplé à SIRIUS. Ce détecteur doit permettre à la fois la mesure des rayons-X, des particules alpha et des électrons émis par les noyaux implantés. La détection des rayons-X permettra d'identifier le nombre de protons du noyau émetteur, ajoutant à la sélection en masse de S3 une sélection en Z.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (50)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elucidating the nature of the proton radioactivity and branching ratio on the first proton emitter discovered 53mCo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Sarmiento</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Roger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Giovinazzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Alex Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertram Blank</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 14, pp.5961. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-023-39389-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04218437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cross-shell states in $^{15}$C: a test for p-sd interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Lois-Fuentes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Fernandez-Dominguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Pereira-Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Delaunay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W.N. Catford</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 845, pp.138149. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2023.138149⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04009861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-resolution laser system for the S3-Low Energy Branch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jekabs Romans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anjali Ajayakumar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Authier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Boumard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucia Caceres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section B: Beam Interactions with Materials and Atoms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 536, pp.72-81. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nimb.2022.12.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03910507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alpha-decay spectroscopy of $^{257}$Rf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Hauschild</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lopez-Martens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Chakma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Dorvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The European physical journal. A, Hadrons and Nuclei</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 58 (1), pp.6. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epja/s10050-021-00657-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03224813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proton 3D tracking and emission time from a short-lived isomer with ACTAR TPC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Giovinazzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Roger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Blank</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Rudolph</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Alvarez-Pol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 1042, pp.167447. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nima.2022.167447⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03791723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neutron-proton pairing in the N=Z radioactive fp-shell nuclei $^{56}$Ni and $^{52}$Fe probed by pair transfer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Le Crom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Assié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Blumenfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Sagawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 829, pp.137057. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2022.137057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03217631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirror symmetry at mass A = 54: E4 effective charges near doubly magic $^{56}$Ni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Rudolph</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Blank</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Giovinazzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Roger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Alvarez-Pol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 830, pp.137144. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2022.137144⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03667520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First Offline Results from the S3 Low-Energy Branch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jekabs Romans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anjali Ajayakumar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Authier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Boumard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucia Caceres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atoms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10 (1), pp.21. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/atoms10010021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03571889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New narrow resonances observed in the unbound nucleus &amp;lt;math&amp;gt;&amp;lt;mmultiscripts&amp;gt;&amp;lt;mi mathvariant=&amp;quot;normal&amp;quot;&amp;gt;F&amp;lt;/mi&amp;gt;&amp;lt;mprescripts/&amp;gt;&amp;lt;none/&amp;gt;&amp;lt;mn&amp;gt;15&amp;lt;/mn&amp;gt;&amp;lt;/mmultiscripts&amp;gt;&amp;lt;/math&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Girard-Alcindor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Mercenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Stefan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. de Oliveira Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 105 (5), pp.L051301. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.105.L051301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03472854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First beams at neutrons for science</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Ledoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Foy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.E. Ducret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Frelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The European physical journal. A, Hadrons and Nuclei</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 57 (8), pp.257. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epja/s10050-021-00565-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03335529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing nuclear forces beyond the nuclear drip line: the cases of $^{16}$F and $^{15}$F: A Tribute to Mahir Hussein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Girard-Alcindor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Stefan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. de Oliveira Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Sorlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ackermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The European physical journal. A, Hadrons and Nuclei</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 57 (3), pp.93. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epja/s10050-021-00410-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03129550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Author Correction: 4D-imaging of drip-line radioactivity by detecting proton emission from $^{54m}$Ni pictured with ACTAR TPC [doi: 10.1038/s41467-021-24920-0]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Giovinazzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Roger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Blank</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Rudolph</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B.A. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 13 (1), pp.5982. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-021-24920-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03324116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence of high-$K$ isomerism in $_{102}^{256}\mathrm{No}_{154}$</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Kessaci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B.J.P. Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Dorvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lopez-Martens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Chakma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 104 (4), pp.044609. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.104.044609⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03404183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K isomerism in $^{255}$Rf and total kinetic energy measurements for spontaneous fission of $^{255,256,258}$Rf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Mosat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F.P. Hessberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Antalic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ackermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Andel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 101 (3), pp.034310. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.101.034310⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02527053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of Dye and Ti:sapphire laser systems for laser ionization and spectroscopy studies at S$^3$</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Raeder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Ferrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Granados</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Huyse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Kron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section B: Beam Interactions with Materials and Atoms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 463, pp.86-95. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nimb.2019.11.024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02447940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First candidates for $\gamma$ vibrational bands built on the $[505]11/{2}^{-}$ neutron orbital in odd-$A$ Dy isotopes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.N.T. Majola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.A. Sithole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Mdletshe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Hartley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Timár</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 101 (4), pp.044312. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.101.044312⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02564642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scission configuration of $^{239}$U from yields and kinetic information of fission fragments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Caamaño</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lemasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Rejmund</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Audouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 101 (3), pp.034609. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.101.034609⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02518033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Velocity filter SHELS: performance and experimental results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Yeremin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lopes-Martens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Hauschild</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Popeko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Malyshev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section B: Beam Interactions with Materials and Atoms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 463, pp.219-220. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nimb.2019.05.042⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02144355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectroscopy of the Isotopes of Transfermium Elements in Dubna: Current Status and Prospects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.V. Yeremin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.G. Popeko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O.N. Malyshev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.V. Isaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.A. Kuznetsova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics of Atomic Nuclei [Âdernaâ fizika / Yadernaya Fizika]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 83 (4), pp.503-512. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1134/S1063778820040109⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02946142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low-lying single-particle structure of $^{17} $C and the N = 14 sub-shell closure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Pereira-López</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Fernández-Domínguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Delaunay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N.L. Achouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N.A. Orr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 811, pp.135939. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2020.135939⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03049145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of proton-evaporation rates in fusion reactions leading to transfermium nuclei</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lopez-Martens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.V. Yeremin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.S. Tezekbayeva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Asfari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Brionnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 795, pp.271-276. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2019.06.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02178586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alpha-gamma decay studies of $^{258}$Db and its (grand)daughter nuclei $^{254}$Lr and $^{250}$Md</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Vostinar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F.P. Hessberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ackermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Andel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Antalic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The European physical journal. A, Hadrons and Nuclei</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 55 (2), pp.17. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epja/i2019-12701-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02051633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First Direct Measurement of Isotopic Fission-Fragment Yields of $^{239}$U</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Caamaño</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lemasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Rejmund</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Audouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 123 (9), pp.092503. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.123.092503⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02277858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The $^{48}$Ca+$^{181}$Ta reaction: Cross section studies and investigation of neutron-deficient $86 ≤ Z ≤ 93$ isotopes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.K. Mistry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Khuyagbaatar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F.P. Hessberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ackermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Andel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Physics A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 987, pp.337-349. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nuclphysa.2019.05.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02179608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">COMPASS—A COMPAct decay spectroscopy set-up</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ackermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.K. Mistry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F.P. Hessberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Andel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Antalic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 907, pp.81-89. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nima.2018.01.096⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01952173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Short-Lived Isotopes of Transfermium Elements: Studying Characteristics of Spontaneous Fissioning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.I. Svirikhin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.V. Yeremin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.V. Andreev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I.N. Izosimov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.V. Isaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bull.Russ.Acad.Sci.Phys.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 82 (6), pp.632-636. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3103/S1062873818060308⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01851247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards high-resolution laser ionization spectroscopy of the heaviest elements in supersonic gas jet expansion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Ferrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Barzakh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bastin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Beerwerth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Block</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8, pp.14520. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/ncomms14520⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01554412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of negative-parity states in Dy 156 : Search for evidence of tetrahedral symmetry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Hartley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. L. Riedinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Janssens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Majola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. A. Riley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 95 (1), pp.014321. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.95.014321⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01449514v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In-gas laser ionization and spectroscopy of actinium isotopes near the $N=126$ closed shell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Granados</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Creemers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Ferrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.P. Gaffney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Gins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 96 (5), pp.054331. </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.96.054331⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À la recherche de l’ultime atome - La dernière ligne du tableau de Mendeleïev est complétée. La physique des éléments superlourds aborde de nouveaux défis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Stodel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Boilley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ackermann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reflets de la Physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 54, pp.14-19. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/refdp/201754014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01578909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of electron capture decay of $^{258}$Db and α decay of $^{258}$Rf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F.P. Hessberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Antalic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ackermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Andel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Block</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The European physical journal. A, Hadrons and Nuclei</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 52, pp.328. </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epja/i2016-16328-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01396448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spontaneous Fission of $^{256}$Rf, New Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.I. Svirikhin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.V. Yeremin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I.N. Izosimov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.V. Isaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.N. Kuznetsov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics of Particles and Nuclei Letters [PisВ'ma v Zhurnal Fizika Elementarnykh Chastits i Atomnogo Yadra / Pisʹma v žurnal "Fizika èlementarnyh častic i atomnogo âdra"]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 13 (4), pp.480-482. </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1134/S1547477116040129⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01342290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Challenging fission dynamics around the barrier: The case of $^{34}$S + $^{186}$W</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.M. Kozulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Vardaci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I.M. Harca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Itkis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The European Physical Journal A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 52 (9), pp.293. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epja/i2016-16293-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01452660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alpha- and EC-decay measurements of $^{257}$Rf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F.P. Hessberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Antalic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. K. Mistry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ackermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Andel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The European physical journal. A, Hadrons and Nuclei</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 52 (7), pp.192-201. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epja/i2016-16192-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01347623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First Experimental Tests of the Modernized VASSILISSA Separator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. V. Yeremin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. G. Popeko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. N. Malyshev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lopez-Martens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Hauschild</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics of Particles and Nuclei Letters [PisВ'ma v Zhurnal Fizika Elementarnykh Chastits i Atomnogo Yadra / Pisʹma v žurnal "Fizika èlementarnyh častic i atomnogo âdra"]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 12, pp.35-42. </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1134/S1547477115010070⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01112968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of γ vibrations and alignments built on non-ground-state configurations in Dy156</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.N.T. Majola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.J. Hartley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.L. Riedinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Sharpey-Schafer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Allmond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 91, pp.034330. </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.91.034330⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01146046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High intensity targets stations for S3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Stodel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Libin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Marry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lutton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.G. Saint-Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Radioanalytical and Nuclear Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 305 (3), pp.761-767. </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10967-015-3936-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01108714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fine structure in the alpha decay of $^{224}$U</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lopez-Martens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Hauschild</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Rezynkina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Dorvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The European physical journal. A, Hadrons and Nuclei</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 50, pp.132-135. </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epja/i2014-14132-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01065465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fission Barrier of Superheavy Nuclei and Persistence of Shell Effects at High Spin: Cases of $^{254}$No and $^{220}$Th</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Henning</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. L. Khoo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lopez-Martens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Seweryniak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Alcorta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 113, pp.262505. </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.113.262505⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01113694v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The MIRTE experimental program An opportunity to test structural materials in various configurations in thermal energy spectrum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Leclaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Duhamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F.-X. Le Dauphin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Briggs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 178 (4), pp.429-445. </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13182/NSE14-29⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02641748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In-beam spectroscopy with intense ion beams: Evidence for a rotational structure in $^{246}$Fm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. J.-P. Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Dorvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. T. Greenlees</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Rowley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 85, pp.041301(R). </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.85.041301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00685391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shell-Structure and Pairing Interaction in Superheavy Nuclei: Rotational Properties of the Z=104 Nucleus (256)Rf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. T. Greenlees</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Rubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. J.-P. Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. L. Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 109, pp.012501. </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.109.012501⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00724538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wood necrosis in esca-affected vines: types, relationships and possible links with foliar symptom expression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nevile Maher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Bastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica J. Vallance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice P. Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal International des Sciences de la Vigne et du Vin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 46 (1), pp.15-27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02649993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of high-K states in No-252</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Sulignano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Theisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-P. Delaroche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Girod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Ljungvall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 86, pp.044318. </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.86.044318⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00773540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectroscopy of $^{253}$No and its daughters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lopez-Martens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Wiborg-Hagen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Hauschild</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.L. Chelnokov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V.I. Chepigin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Physics A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 852, pp.15-35. </w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nuclphysa.2011.01.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00575103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectroscopic information about a hypothetical tetrahedral configuration in 156Gd</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Q.T. Doan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vancraeyenest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Stezowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Guinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Curien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 82, pp.067306. </w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.82.067306⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00567926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gamma-Ray Spectroscopy at the Limits: First Observation of Rotational Bands in 255Lr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ketelhut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.T. Greenlees</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ackermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Antalic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Clement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 102, pp.212501. </w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.102.212501⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00399512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesures de spectrométrie et de dosimétrie neutron aux postes de travail pour l'étalonnage de dosimètres individuels PGP-DIN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Itié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Asselineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Médioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Crovisier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Radioprotection Colloques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 37 (4), </w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/radiopro:2002012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01341915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aménagements forestiers des formations tropicales sèches et pastoralisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue forestière française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, 44 (4), pp.370-374. </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4267/2042/26334⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03443940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La culture du shiitaké japonais, champignon lignivore de grande qualité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue forestière française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1983, 35 (S), pp.53-64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03423568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (54)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of Proton and Neutron Excitations Along Silicon Isotopes Between $N=20$ and $N=28^{*}$</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Q. Délignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Grévy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Blank</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Flayol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Giovinazzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zakopane Conference on Nuclear Physics Extremes of the Nuclear Landscape</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Zakopane (Pologne), Poland. pp.2-A16, </w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5506/APhysPolBSupp.18.2-A16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05346320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Commissioning of the first S$^3$ Targets’ Station for non-radioactive material</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Stodel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Lutton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Gangnant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Lefrou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Houarner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31st World Conference of the International Nuclear Target Development Society (INTDS2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Knoxville, United States. pp.01008, </w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjconf/202532701008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04908373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In-gas-jet laser spectroscopy with S$^3$-LEB</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anjali Ajayakumar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jekabs Romans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Authier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yazeed Balasmeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Brizard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International Conference on Electromagnetic Isotope Separators and Related Topics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Daejeon, South Korea. pp.102-107, </w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nimb.2023.03.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04060221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isomeric States in $^{255}$Rf, $^{256}$Rf and $^{257}$Rf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Mosat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Antalic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F.P. Hessberer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ackermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Andel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36th Mazurian Lakes Conference on Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Piaski, Poland. pp.849, </w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5506/APhysPolB.51.849⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02885695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The study of the properties of spontaneously fissioning transfermium nuclei synthesized in the complete fusion reactions with heavy ions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Svirikhin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Andreev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Yeremin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Izosimov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Isaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th International Nuclear Physics Conference (INPC2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Glasgow, United Kingdom. pp.012160, </w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1742-6596/1643/1/012160⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-03195772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spontaneous fission of rutherfordium isotopes - total kinetic energies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pavol Mosat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fritz Peter Hessberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dieter Ackermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Andel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stanislav Antalic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Conference on Nuclear Structure and Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Venice, Italy. pp.01043, </w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjconf/201922301043⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02409897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of High-Energy Fission in Inverse Kinematics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Mantovani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Caamaño</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lemasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Rejmund</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Conference on Nuclear Structure and Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Venice, Italy. pp.01037, </w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjconf/201922301037⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02409896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decay Spectroscopy of Heavy Isotopes at SHIP Using the COMPASS Focal Plane Detection Set-up</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.K. Mistry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F.P. Hessberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ackermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Andel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th Mazurian Lakes Conference on Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Piaski, Poland. pp.613, </w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5506/APhysPolB.49.613⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01768019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S$^3$ targets monitoring with an electron gun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Kallunkathariyil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ch. Stodel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Marry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Frémont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bastin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28th World Conference of the International Nuclear Target Development Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Cape Town, South Africa. pp.030019-1, </w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.5035536⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01823156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Total Kinetic Energy Measurements for Spontaneous Fission of $^{255,\,256,\,258}$Rf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Mošať</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Antalic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F.P. Hessberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ackermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Andel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th Mazurian Lakes Conference on Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Piaski, Poland. pp.605, </w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5506/APhysPolB.49.605⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01768056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studying Nuclear Structure at the extremes with S$^3$</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Symposium on Capture Gamma-Ray Spectroscopy and Related Topics (CGS16)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Shanghai, China. pp.02027, </w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjconf/201817802027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01870299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectroscopy of Transfermium Elements at Dubna: Results and Plans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Yeremin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Popeko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Malyshev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Chepigin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Svirikhin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Symposium on Exotic Nuclei</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Kazan, Russia. pp.397-403, </w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1142/9789813226548_0059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01645712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">System for the Identification of Recoiling Ions using S3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th COLLOQUE GANIL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Amboise, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01679695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perspectives of Super-Heavy Nuclei research with the upcoming separator-spectrometer setup S$^3$ at GANIL/SPIRAL2 - The VAMOS Gas-Filled separator and AGATA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Theisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Savajols</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FUSION17</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2017, Hobart, Australia. pp.00059, </w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjconf/201716300059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01688357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SIRIUS project (spectroscopy & identification of rare isotopes using S$^3$)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Karkour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Sulignano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Savajols</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Drouart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 IEEE Nuclear Science Symposium, Medical Imaging Conference and Room-Temperature Semiconductor Detector Workshop (NSS/MIC/RTSD)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Strasbourg, France. </w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NSSMIC.2016.8069937⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01718118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The study of neutron-rich nuclei production in the region of the closed shell N=126 in the multi-nucleon transfer reaction $^{136}$Xe+$^{208}$Pb</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Novikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I.M. Harca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.M. Kozulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dmitriev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Itkis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th European Summer School on Experimental Nuclear Astrophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Santa Tecla, Italy. pp.012020, </w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1742-6596/703/1/012020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01303578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stability and synthesis of superheavy elements: Fighting the battle against fission – example of $^{254}$No</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lopez-Martens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Henning</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.L. Khoo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Seweryniak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Alcorta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nobel Symposium NS160 – Chemistry and Physics of Heavy and Superheavy Elements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Lund, Sweden. pp.03001, </w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjconf/201613103001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01406665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Super Separator Spectrometer image and the associated detection systems: SIRIUS & LEB-REGLIS3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Déchery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Savajols</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Authier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Drouart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Nolen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVIIth International Conference on Electromagnetic Isotope Separators and Related Topics (EMIS2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Grand Rapids, United States. pp.125-130, </w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nimb.2016.02.036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01291577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Developments towards in-gas-jet laser spectroscopy studies of actinium isotopes at LISOL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Raeder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bastin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Block</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Creemers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Delahaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVIIth International Conference on Electromagnetic Isotope Separators and Related Topics (EMIS2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Grand Rapids, United States. pp.382-387, </w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nimb.2015.12.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01278441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of Shell Effects in the Fusion-Fission Process in the Reaction $^{34}$S + $^{186}$W Near the Interaction Barrier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I.M. Harca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.M. Kozulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bogachev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.N. Dmitriev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Itkis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Exotic Nuclei EXON-2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Kaliningrad, Russia. pp.699-706, </w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1142/9789814699464_0072⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01301560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fission Barrier of $^{254}$No: implications for models and reactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Henning</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. L. Khoo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lopez-Martens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Seweryniak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Alcorta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium Super Heavy Nuclei 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, College Station, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01146822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fusion evaporation experiments at the LISE spectrometer, superheavies and other</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LISE/ICC Users Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2015, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01111427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nuclear structure studies in the seaborgium region at SHIP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Antalic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F.P. Hessberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Andel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ackermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Heinz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Structure and Dynamics '15</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Portoroz, Slovenia. pp.030013, </w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4932257⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01227797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In-gas-jet spectroscopy of actinium isotopes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Raeder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Savajols</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Traykov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. E. van den Bergh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMIS XVII - International Conference on Electromagnetic Isotope Separators and Related Topics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Grand Rapids, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01151298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Production of metallic stable ion beams for GANIL and SPIRAL2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lemagnen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Barué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Canet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Flambard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st International Workshop on ECR Ion Sources (ECRIS 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Nizhny Novgorod, Russia. pp.45-48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01057669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Super Separator Spectrometer S3 and the associated focal plane detection systems SIRIUS and REGLIS3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Déchery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Savajols</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Authier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Drouart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Nolen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMIS XVII - International Conference on Electromagnetic Isotope Separators and Related Topics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Grand Rapids, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01151535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of the concrete shield compositions from the 2010 criticality accident alarm system benchmark experiments at the cea valduc silene facility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. M. Miller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Celik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. E. Dunn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. Wagner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. L. Mc Mahan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICNC 2015 - International Conference on Nuclear Criticality Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Charlotte, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02509656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First experimental tests of shels: A new heavy ion separator at the JINR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Rezynkina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Hauschild</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lopez-Martens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Dorvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Zakopane Conference on Nuclear Physics “Extremes of the Nuclear Landscape”,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Zakopane, Poland. pp.623-626, </w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5506/APhysPolB.46.623⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01146453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing the Stability of Super Heavy Nuclei</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Henning</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lopez-Martens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.L. Khoo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Seweryniak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Alcorta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 5th International Conference on the Chemistry and Physics of the Transactinide Elements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Fukushima, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01163230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The fusion-fission process in the reaction $^{34}$S + $^{186}$W near the interaction barrier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I.M. Harca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dmitriev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Itkis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.M. Kozulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Knyazheva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Exotic Nuclei and Nuclear/Particle Astrophysics (V). From Nuclei to Stars - Carpathian Summer School of Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Sinaia, Romania. pp.344-348, </w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4909598⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01148895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MoDSS – a Compact Mobile Decay Spectroscopy Set-up for the Investigation of Heavy and Superheavy Nuclei after Separation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ackermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F.P. Hessberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Hoffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kurz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Maurer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 5th International Conference on the Chemistry and Physics of the Transactinide Elements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Fukushima, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01163338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectroscopy of 257Db at LISE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Vostinar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ackermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Stodel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 5th International Conference on the Chemistry and Physics of the Transactinide Elements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Fukushima, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01163348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High Power Targets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECOS-EURISOL Joint Town Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Orsay, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01077741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heavy S3-LEB beams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DESIR - S3-LEB Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2014, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00965302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VHE and SHE yield estimates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">S3 Collaboration meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2014, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00966812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the stability of super heavy elements: First Measurement of the Fission Barrier of $^{254} $No</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Henning</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lopez-Martens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.L. Khoo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Seweryniak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Alcorta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Nuclear Physics Conference - INPC2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Firenze, Italy. pp.02046, </w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjconf/20146602046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00966058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prompt spectroscopy of superheavy elements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGATA@GANIL Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2013, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00793653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sailing to the Island of Stability with S3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVIII Colloque GANIL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Port-en-Bessin, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00863868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In gas laser ionization and spectroscopy experiments at the Superconducting Separator Spectrometer (S3): Conceptual studies and preliminary design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Ferrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bastin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Boilley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Creemers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Delahaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Conference on Electromagnetic Isotope Separators and Technique related to their Applications (EMIS2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2012, Matsue, Japan. pp.570-581, </w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nimb.2013.07.028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00857340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S3: Pushing spectroscopy forward</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXXII Mazurian Lakes Conference on Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Piaski, Poland. pp.285-290, </w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5506/APhysPolB.43.285⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00680276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ECRISs at GANIL today and tomorrow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Jardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Bajeat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Barué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Canet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Delahaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th International Workshop on Electron Cyclotron Resonance Ion Sources (ECRIS-2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Sydney, Australia. pp.195-199</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00737301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectroscopy of very heavy elements: crossing the shoal one step after the other</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FUSTIPEN Colloquium "The Structure of Heavy Nuclei"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00688197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pushing the Limits of Spectroscopy with S3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B.J.P. Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Dorvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Hauschild</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Khouaja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lamberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">French-Japanese Symposium on Nuclear Structure Problems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2011, Wako, Japan. pp.236-241, </w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1142/9789814417952_0047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01019300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First observation of the ground-state based rotational band in 256Rf at the border of the superheavy nuclei</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear structure and dynamics II</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Opatija, Croatia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00717459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution of the shell structure in medium-mass nuclei : search for the 2d5/2 neutron orbital in 69Ni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Moukaddam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Duchene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Hammache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.N. Harakeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Beaumel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Shell Model as a Unified View of Nuclear Structure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00750395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of 246Fm : in‐beam spectroscopy at the limits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Dorvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. J.-P. Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. T. Greenlees</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. L. Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Nuclear Structure, Astrophysics and reactions: FINUSTAR 3</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Rhodes, Greece. pp.301, </w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.3628397⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00761443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pushing the Limits of Spectroscopy with S3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Dorvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B.J.P. Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Khouaja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lamberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Conference on Advancements in Nuclear Instrumentation Measurement Methods and their Applications (ANIMMA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Ghent, Belgium. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ANIMMA.2011.6172847⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00701149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for 2d5/2 Neutron States in $^{69}$Ni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Moukaddam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Duchêne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Beaumel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Burgunder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Caceres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XLV Zakopane Conference on Nuclear physics "Extremes of the Nuclear Landscape"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Zakopane, Poland. pp.541-544, </w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5506/APhysPolB.42.541⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00578739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectroscopy of Transfermium Nuclei Using the GABRIELA Setup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.W. Hagen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lopez-Martens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Hauschild</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.V. Belozerov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.L. Chelnokov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Nuclear Physics - Extremes of the Nuclear Landscape</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Zakopane, Poland. pp.605-608, </w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5506/APhysPolB.42.605⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00596527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pushing the Limits of Spectroscopy with $S^3$</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B.J.P. Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Dorvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Hauschild</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Khouaja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XLV Zakopane Conference on Nuclear physics "Extremes of the Nuclear Landscape"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Zakopane, Poland. pp.597-604, </w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5506/APhysPolB.42.597⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00578744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectroscopy of transfermium nuclei using the GABRIELA set up at the focal plane of the VASSILISSA recoil separator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Hauschild</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lopez-Martens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Dorvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Curien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tours Symposium on Nuclear Physics and Astrophysics --VII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Kobe, Japan. pp.337-342, </w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.3455962⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00761376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K-Isomer in 252No</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Sulignano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ch. Theisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Ljungvall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ackermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Antalic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Exotic Nuclei (EXON 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Sochi, Russia. pp.322-331, </w:t></w:r><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.3431431⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00761406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectroscopy of transfermium nuclei using the GABRIELA set up at the focal plane of the VASSILISSA recoil separator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Hauschild</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lopez-Martens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ch. Briançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Désesquelles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Garcia-Santamaria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Exotic Nuclei (EXON)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Sochi, Russia. pp.269-278, </w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.3431424⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00485562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Fingerprints of Tetrahedral Symmetry in $^{156}Gd$</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Q.T. Doan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Curien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Stezowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Dudek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Mazurek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zakopane Conference on Nuclear Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Zakopane, Poland. pp.725-730</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00337788v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards day one experiments at the S3 Low Energy Branch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Lecesne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ackermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Authier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Boumard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Caceres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference Merger of the Poznan Meeting on Lasers and Trapping Devices in Atomic Nuclei Research and the International Conference on Laser Probing (PLATAN 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Mainz, Germany. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-02133842v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectroscopy of 257Db at LISE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th Colloque GANIL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Anglet, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01214616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SIRIUS the new focal plane detector for S3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th Colloque GANIL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Anglet, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01214619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Production d'un nouveau faisceau d'ions au GANIL : le Titane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lemagnen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Canet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Barué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Osmond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Journées Accélérateurs de la SFP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Roscoff, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00872734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Progressing towards the spectroscopy of heavier elements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecole Joliot Curie 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Fréjus, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00761497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Progressing toward the spectroscopy of heavier elements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lemagnen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Canet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Barué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGAN (European Gamma and Ancillary detection Network) 2012 Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Orsay, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00712450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A study of the suitability of the LISE2000 spectrometer for SIRIUS commissioning experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Chakma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Grand Accélérateur National d'Ions Lourds. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03519063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sur la route de l'îlot de stabilité superlourd - Spectroscopie prompte des noyaux 246Fm et 256Rf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Physique Nucléaire Théorique [nucl-th]. Université de Strasbourg, 2010. Français. </w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00617290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId446"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Julien Piot </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Chargé de Recherche, Grand Accélérateur National d'Ions Lourds</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">julien-piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-6593-6964</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">152102205</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mes travaux se concentrent sur l'étude des effets quantiques qui rendent possible l'existence des noyaux superlourds (avec plus de 104 protons). Dans ce cadre j'étudie la structure des noyaux autour de Z=104 et N=152 à l'aide des différentes techniques disponibles. Les noyaux situés autour de cette gap région possèdent des états isomériques de créés par l'intrusion d'orbitales de plus haut nombre quantique principal autour du niveau de Fermi, causée par la déformation. L'observation de ces états isomériques le long d'une ligne isotonique ou isotopique permet de suivre l'évolution des états à une particle en fonction de la déformation et de remonter aux couches principales dont ils sont issus. De nombreuses orbitales descendantes provenant des couches principales responsables de l'existence de noyaux superlourds shériques sont par conséquent présentes au voisinage du niveau de Fermi des noyaux autour de N=152. Les informations spectroscopiques collectées sur ces noyaux permettent donc d'en apprendre plus sur la position de l'îlot de stabilité des noyaux superlourds. Je mène ces activité au GANIL ainsi qu'au Laboratoire National d'Argonne aux Etats-Unis. La liste ci-dessous présente les points forts de mon activité sur cette thématique ainsi que les développements techniques liés.</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading1"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Etude de la stabilité des noyaux autour de N=152</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">	Les isotopes présents sur la ligne N=152 sont particulièrement stables comme cela a été vérifié dans les isotones 254No, 255Lr et 256Rf. Au fil des années j'ai étudié plusieurs noyaux de cette région dans l'objectif d'identifier les orbitales responsables de la création d'isomères. La mesure des états excités du 257Db au GANIL sur le spectromètre LISE a permis de confirmer les schémas de décroissance de cet isotope observé auparavant au GSI. Marija Vostinar a travaillé sous ma direction sur cette analyse qui a servi de base à sa thèse de doctorat soutenue en 2015. 	J'ai également travaillé à l'analyse d'une expérience complémentaire réalisée sur le même isotope à Dubna en Russie en 2016 et 2017. Malgré une statistique plus importante, je n'ai pas pour l'instant pu identifier d'autres états excités que ceux déjà observés. 	Je poursuis mon étude sur un isotope clef de cette région, le 252Fm qui doit être stabilisé à la fois par son nombre de protons égal à 100 et son nombre de neutrons égal à 152. J'ai réalisé en 2021 une expérience au Laboratoire National d'Argonne pour mesurer les transitions gamma du 252Fm. Cette expérience a bien permis d'observer l'isotope voulu, mais un bruit de fond trop important n'a pas permis d'en extraire les états excités. Mon postdoctorant Rikel Chakma et moi sommes en train finaliser l'analayse de données dans l'objectif d'améliorer les conditions expérimentales et de soumettre une nouvelle demande d'expérience. En parallèle, nous avons soumis avec mon collègue Dieter Ackermann une autre proposition d'expérience visant à vérifier des mesures contradictoires sur l'identification du nouvel isotope 244 du Mendeleevium. Cette expérience sera analysées par notre Doctorant, Shayan Kumar. </w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading1"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Préparation du programme expérimental sur S3 avec SIRIUS</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le super-séparateur-spectromètre S3 est un instrument en cours de construction au GANIL sur SPIRAL2 dont l'objectif est d'étudier les noyaux exotiques produits par réaction de fusion-évaporation. Il utilisera les faisceaux de haute intensité du LINAC de SPIRAL2 pour étudier des noyaux dont la probabilité de production est dix à cent fois plus faible que ce qui est accessible actuellement. Il sera équipé de deux systèmes de détection : SIRIUS et S3-LEB.Je suis le responsable scientifique de SIRIUS (System for the Identification of Recoiling Ions Using S3). Cet instrument est indispensable au programme de recherche sur la structure nucléaire des noyaux superlourds sur lequel je travaille. Il est conçu pour mesurer la décroissance des noyaux sélectionnés dans S3. En binôme avec le coordinateur technique de SIRIUS au GANIL, Sébastien Herlant, je prépare teste SIRIUS suite à l'envoi des pièces réalisées par les autres laboratoires participant au projet, l'IJCLab, l'IPHC et l'IRFU. J’ai obtenu en Novembre 2020 un financement de la Région Normandie par la dispositif RIN tremplin (Réseau d’Intérêt Normand) pour l’embauche d’un post-doctorant sur deux ans dédié au tests et au commissioning de SIRIUS au GANIL. Durant les trois dernières années les tests des différents composants du SIRIUS ont été réalisés en collaboration avec mon post-doctorant, Rikel Chakma. Ces test ont permis de valider le fonctionnement du détecteur d'implantation et de la mesure de temps de vol. Nous avons notamment démontré la faisabilité de la mesure de temps de vol entre un détecteur à semiconducteur et un détecteur à feuilles émissives en numérisant les signaux des préamplificateurs et sans utiliser de mesure analogique. Cette mesure a permis de valider une résolution en temps de vol de 2.2 ns FWHM. SIRIUS est actuellement instalé sur S3. 	La thèse de Shayan Kumar, financée par une bourse RIN que j'ai obtenue, vise à développer un détecteur de rayons-X qui sera couplé à SIRIUS. Ce détecteur doit permettre à la fois la mesure des rayons-X, des particules alpha et des électrons émis par les noyaux implantés. La détection des rayons-X permettra d'identifier le nombre de protons du noyau émetteur, ajoutant à la sélection en masse de S3 une sélection en Z.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (50)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elucidating the nature of the proton radioactivity and branching ratio on the first proton emitter discovered 53mCo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Sarmiento</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Roger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Giovinazzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Alex Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertram Blank</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 14, pp.5961. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-023-39389-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04218437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cross-shell states in $^{15}$C: a test for p-sd interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Lois-Fuentes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Fernandez-Dominguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Pereira-Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Delaunay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W.N. Catford</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 845, pp.138149. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2023.138149⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04009861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-resolution laser system for the S3-Low Energy Branch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jekabs Romans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anjali Ajayakumar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Authier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Boumard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucia Caceres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section B: Beam Interactions with Materials and Atoms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 536, pp.72-81. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nimb.2022.12.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03910507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alpha-decay spectroscopy of $^{257}$Rf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Hauschild</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lopez-Martens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Chakma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Dorvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The European physical journal. A, Hadrons and Nuclei</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 58 (1), pp.6. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epja/s10050-021-00657-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03224813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proton 3D tracking and emission time from a short-lived isomer with ACTAR TPC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Giovinazzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Roger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Blank</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Rudolph</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Alvarez-Pol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 1042, pp.167447. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nima.2022.167447⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03791723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neutron-proton pairing in the N=Z radioactive fp-shell nuclei $^{56}$Ni and $^{52}$Fe probed by pair transfer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Le Crom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Assié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Blumenfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Sagawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 829, pp.137057. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2022.137057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03217631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirror symmetry at mass A = 54: E4 effective charges near doubly magic $^{56}$Ni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Rudolph</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Blank</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Giovinazzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Roger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Alvarez-Pol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 830, pp.137144. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2022.137144⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03667520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First Offline Results from the S3 Low-Energy Branch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jekabs Romans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anjali Ajayakumar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Authier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Boumard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucia Caceres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atoms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10 (1), pp.21. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/atoms10010021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03571889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New narrow resonances observed in the unbound nucleus &amp;lt;math&amp;gt;&amp;lt;mmultiscripts&amp;gt;&amp;lt;mi mathvariant=&amp;quot;normal&amp;quot;&amp;gt;F&amp;lt;/mi&amp;gt;&amp;lt;mprescripts/&amp;gt;&amp;lt;none/&amp;gt;&amp;lt;mn&amp;gt;15&amp;lt;/mn&amp;gt;&amp;lt;/mmultiscripts&amp;gt;&amp;lt;/math&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Girard-Alcindor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Mercenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Stefan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. de Oliveira Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 105 (5), pp.L051301. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.105.L051301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03472854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First beams at neutrons for science</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Ledoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Foy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.E. Ducret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Frelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The European physical journal. A, Hadrons and Nuclei</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 57 (8), pp.257. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epja/s10050-021-00565-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03335529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing nuclear forces beyond the nuclear drip line: the cases of $^{16}$F and $^{15}$F: A Tribute to Mahir Hussein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Girard-Alcindor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Stefan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. de Oliveira Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Sorlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ackermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The European physical journal. A, Hadrons and Nuclei</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 57 (3), pp.93. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epja/s10050-021-00410-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03129550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Author Correction: 4D-imaging of drip-line radioactivity by detecting proton emission from $^{54m}$Ni pictured with ACTAR TPC [doi: 10.1038/s41467-021-24920-0]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Giovinazzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Roger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Blank</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Rudolph</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B.A. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 13 (1), pp.5982. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-021-24920-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03324116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence of high-$K$ isomerism in $_{102}^{256}\mathrm{No}_{154}$</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Kessaci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B.J.P. Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Dorvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lopez-Martens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Chakma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 104 (4), pp.044609. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.104.044609⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03404183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K isomerism in $^{255}$Rf and total kinetic energy measurements for spontaneous fission of $^{255,256,258}$Rf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Mosat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F.P. Hessberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Antalic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ackermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Andel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 101 (3), pp.034310. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.101.034310⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02527053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of Dye and Ti:sapphire laser systems for laser ionization and spectroscopy studies at S$^3$</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Raeder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Ferrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Granados</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Huyse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Kron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section B: Beam Interactions with Materials and Atoms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 463, pp.86-95. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nimb.2019.11.024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02447940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scission configuration of $^{239}$U from yields and kinetic information of fission fragments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Caamaño</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lemasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Rejmund</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Audouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 101 (3), pp.034609. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.101.034609⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02518033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First candidates for $\gamma$ vibrational bands built on the $[505]11/{2}^{-}$ neutron orbital in odd-$A$ Dy isotopes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.N.T. Majola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.A. Sithole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Mdletshe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Hartley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Timár</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 101 (4), pp.044312. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.101.044312⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02564642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectroscopy of the Isotopes of Transfermium Elements in Dubna: Current Status and Prospects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.V. Yeremin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.G. Popeko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O.N. Malyshev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.V. Isaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.A. Kuznetsova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics of Atomic Nuclei [Âdernaâ fizika / Yadernaya Fizika]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 83 (4), pp.503-512. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1134/S1063778820040109⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02946142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Velocity filter SHELS: performance and experimental results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Yeremin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lopes-Martens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Hauschild</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Popeko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Malyshev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section B: Beam Interactions with Materials and Atoms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 463, pp.219-220. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nimb.2019.05.042⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02144355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low-lying single-particle structure of $^{17} $C and the N = 14 sub-shell closure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Pereira-López</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Fernández-Domínguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Delaunay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N.L. Achouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N.A. Orr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 811, pp.135939. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2020.135939⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03049145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of proton-evaporation rates in fusion reactions leading to transfermium nuclei</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lopez-Martens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.V. Yeremin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.S. Tezekbayeva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Asfari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Brionnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 795, pp.271-276. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2019.06.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02178586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alpha-gamma decay studies of $^{258}$Db and its (grand)daughter nuclei $^{254}$Lr and $^{250}$Md</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Vostinar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F.P. Hessberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ackermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Andel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Antalic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The European physical journal. A, Hadrons and Nuclei</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 55 (2), pp.17. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epja/i2019-12701-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02051633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The $^{48}$Ca+$^{181}$Ta reaction: Cross section studies and investigation of neutron-deficient $86 ≤ Z ≤ 93$ isotopes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.K. Mistry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Khuyagbaatar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F.P. Hessberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ackermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Andel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Physics A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 987, pp.337-349. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nuclphysa.2019.05.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02179608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First Direct Measurement of Isotopic Fission-Fragment Yields of $^{239}$U</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Caamaño</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lemasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Rejmund</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Audouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 123 (9), pp.092503. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.123.092503⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02277858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">COMPASS—A COMPAct decay spectroscopy set-up</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ackermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.K. Mistry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F.P. Hessberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Andel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Antalic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 907, pp.81-89. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nima.2018.01.096⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01952173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Short-Lived Isotopes of Transfermium Elements: Studying Characteristics of Spontaneous Fissioning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.I. Svirikhin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.V. Yeremin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.V. Andreev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I.N. Izosimov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.V. Isaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bull.Russ.Acad.Sci.Phys.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 82 (6), pp.632-636. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3103/S1062873818060308⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01851247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards high-resolution laser ionization spectroscopy of the heaviest elements in supersonic gas jet expansion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Ferrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Barzakh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bastin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Beerwerth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Block</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8, pp.14520. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/ncomms14520⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01554412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of negative-parity states in Dy 156 : Search for evidence of tetrahedral symmetry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Hartley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. L. Riedinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Janssens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Majola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. A. Riley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 95 (1), pp.014321. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.95.014321⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01449514v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In-gas laser ionization and spectroscopy of actinium isotopes near the $N=126$ closed shell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Granados</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Creemers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Ferrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.P. Gaffney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Gins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 96 (5), pp.054331. </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.96.054331⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À la recherche de l’ultime atome - La dernière ligne du tableau de Mendeleïev est complétée. La physique des éléments superlourds aborde de nouveaux défis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Stodel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Boilley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ackermann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reflets de la Physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 54, pp.14-19. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/refdp/201754014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01578909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of electron capture decay of $^{258}$Db and α decay of $^{258}$Rf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F.P. Hessberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Antalic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ackermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Andel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Block</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The European physical journal. A, Hadrons and Nuclei</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 52, pp.328. </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epja/i2016-16328-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01396448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spontaneous Fission of $^{256}$Rf, New Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.I. Svirikhin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.V. Yeremin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I.N. Izosimov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.V. Isaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.N. Kuznetsov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics of Particles and Nuclei Letters [PisВ'ma v Zhurnal Fizika Elementarnykh Chastits i Atomnogo Yadra / Pisʹma v žurnal "Fizika èlementarnyh častic i atomnogo âdra"]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 13 (4), pp.480-482. </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1134/S1547477116040129⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01342290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alpha- and EC-decay measurements of $^{257}$Rf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F.P. Hessberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Antalic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. K. Mistry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ackermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Andel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The European physical journal. A, Hadrons and Nuclei</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 52 (7), pp.192-201. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epja/i2016-16192-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01347623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Challenging fission dynamics around the barrier: The case of $^{34}$S + $^{186}$W</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.M. Kozulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Vardaci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I.M. Harca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Itkis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The European Physical Journal A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 52 (9), pp.293. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epja/i2016-16293-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01452660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First Experimental Tests of the Modernized VASSILISSA Separator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. V. Yeremin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. G. Popeko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. N. Malyshev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lopez-Martens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Hauschild</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics of Particles and Nuclei Letters [PisВ'ma v Zhurnal Fizika Elementarnykh Chastits i Atomnogo Yadra / Pisʹma v žurnal "Fizika èlementarnyh častic i atomnogo âdra"]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 12, pp.35-42. </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1134/S1547477115010070⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01112968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of γ vibrations and alignments built on non-ground-state configurations in Dy156</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.N.T. Majola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.J. Hartley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.L. Riedinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Sharpey-Schafer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Allmond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 91, pp.034330. </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.91.034330⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01146046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High intensity targets stations for S3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Stodel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Libin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Marry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lutton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.G. Saint-Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Radioanalytical and Nuclear Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 305 (3), pp.761-767. </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10967-015-3936-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01108714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fission Barrier of Superheavy Nuclei and Persistence of Shell Effects at High Spin: Cases of $^{254}$No and $^{220}$Th</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Henning</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. L. Khoo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lopez-Martens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Seweryniak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Alcorta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 113, pp.262505. </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.113.262505⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01113694v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fine structure in the alpha decay of $^{224}$U</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lopez-Martens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Hauschild</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Rezynkina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Dorvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The European physical journal. A, Hadrons and Nuclei</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 50, pp.132-135. </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epja/i2014-14132-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01065465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The MIRTE experimental program An opportunity to test structural materials in various configurations in thermal energy spectrum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Leclaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Duhamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F.-X. Le Dauphin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Briggs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 178 (4), pp.429-445. </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13182/NSE14-29⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02641748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In-beam spectroscopy with intense ion beams: Evidence for a rotational structure in $^{246}$Fm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. J.-P. Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Dorvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. T. Greenlees</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Rowley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 85, pp.041301(R). </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.85.041301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00685391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shell-Structure and Pairing Interaction in Superheavy Nuclei: Rotational Properties of the Z=104 Nucleus (256)Rf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. T. Greenlees</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Rubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. J.-P. Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. L. Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 109, pp.012501. </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.109.012501⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00724538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wood necrosis in esca-affected vines: types, relationships and possible links with foliar symptom expression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nevile Maher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Bastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica J. Vallance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice P. Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal International des Sciences de la Vigne et du Vin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 46 (1), pp.15-27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02649993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of high-K states in No-252</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Sulignano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Theisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-P. Delaroche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Girod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Ljungvall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 86, pp.044318. </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.86.044318⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00773540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectroscopy of $^{253}$No and its daughters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lopez-Martens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Wiborg-Hagen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Hauschild</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.L. Chelnokov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V.I. Chepigin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Physics A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 852, pp.15-35. </w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nuclphysa.2011.01.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00575103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectroscopic information about a hypothetical tetrahedral configuration in 156Gd</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Q.T. Doan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vancraeyenest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Stezowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Guinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Curien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 82, pp.067306. </w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.82.067306⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00567926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gamma-Ray Spectroscopy at the Limits: First Observation of Rotational Bands in 255Lr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ketelhut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.T. Greenlees</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ackermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Antalic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Clement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 102, pp.212501. </w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.102.212501⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00399512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesures de spectrométrie et de dosimétrie neutron aux postes de travail pour l'étalonnage de dosimètres individuels PGP-DIN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Itié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Asselineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Médioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Crovisier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Radioprotection Colloques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 37 (4), </w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/radiopro:2002012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01341915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aménagements forestiers des formations tropicales sèches et pastoralisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue forestière française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, 44 (4), pp.370-374. </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4267/2042/26334⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03443940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La culture du shiitaké japonais, champignon lignivore de grande qualité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue forestière française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1983, 35 (S), pp.53-64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03423568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (54)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of Proton and Neutron Excitations Along Silicon Isotopes Between $N=20$ and $N=28^{*}$</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Q. Délignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Grévy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Blank</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Flayol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Giovinazzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zakopane Conference on Nuclear Physics Extremes of the Nuclear Landscape</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Zakopane (Pologne), Poland. pp.2-A16, </w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5506/APhysPolBSupp.18.2-A16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05346320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Commissioning of the first S$^3$ Targets’ Station for non-radioactive material</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Stodel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Lutton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Gangnant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Lefrou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Houarner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31st World Conference of the International Nuclear Target Development Society (INTDS2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Knoxville, United States. pp.01008, </w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjconf/202532701008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04908373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In-gas-jet laser spectroscopy with S$^3$-LEB</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anjali Ajayakumar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jekabs Romans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Authier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yazeed Balasmeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Brizard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International Conference on Electromagnetic Isotope Separators and Related Topics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Daejeon, South Korea. pp.102-107, </w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nimb.2023.03.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04060221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isomeric States in $^{255}$Rf, $^{256}$Rf and $^{257}$Rf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Mosat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Antalic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F.P. Hessberer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ackermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Andel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36th Mazurian Lakes Conference on Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Piaski, Poland. pp.849, </w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5506/APhysPolB.51.849⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02885695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The study of the properties of spontaneously fissioning transfermium nuclei synthesized in the complete fusion reactions with heavy ions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Svirikhin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Andreev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Yeremin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Izosimov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Isaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th International Nuclear Physics Conference (INPC2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Glasgow, United Kingdom. pp.012160, </w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1742-6596/1643/1/012160⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-03195772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spontaneous fission of rutherfordium isotopes - total kinetic energies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pavol Mosat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fritz Peter Hessberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dieter Ackermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Andel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stanislav Antalic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Conference on Nuclear Structure and Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Venice, Italy. pp.01043, </w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjconf/201922301043⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02409897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of High-Energy Fission in Inverse Kinematics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Mantovani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Caamaño</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lemasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Rejmund</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Conference on Nuclear Structure and Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Venice, Italy. pp.01037, </w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjconf/201922301037⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02409896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decay Spectroscopy of Heavy Isotopes at SHIP Using the COMPASS Focal Plane Detection Set-up</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.K. Mistry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F.P. Hessberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ackermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Andel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th Mazurian Lakes Conference on Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Piaski, Poland. pp.613, </w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5506/APhysPolB.49.613⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01768019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S$^3$ targets monitoring with an electron gun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Kallunkathariyil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ch. Stodel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Marry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Frémont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bastin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28th World Conference of the International Nuclear Target Development Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Cape Town, South Africa. pp.030019-1, </w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.5035536⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01823156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Total Kinetic Energy Measurements for Spontaneous Fission of $^{255,\,256,\,258}$Rf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Mošať</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Antalic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F.P. Hessberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ackermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Andel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th Mazurian Lakes Conference on Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Piaski, Poland. pp.605, </w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5506/APhysPolB.49.605⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01768056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studying Nuclear Structure at the extremes with S$^3$</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Symposium on Capture Gamma-Ray Spectroscopy and Related Topics (CGS16)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Shanghai, China. pp.02027, </w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjconf/201817802027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01870299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectroscopy of Transfermium Elements at Dubna: Results and Plans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Yeremin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Popeko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Malyshev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Chepigin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Svirikhin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Symposium on Exotic Nuclei</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Kazan, Russia. pp.397-403, </w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1142/9789813226548_0059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01645712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">System for the Identification of Recoiling Ions using S3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th COLLOQUE GANIL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Amboise, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01679695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perspectives of Super-Heavy Nuclei research with the upcoming separator-spectrometer setup S$^3$ at GANIL/SPIRAL2 - The VAMOS Gas-Filled separator and AGATA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Theisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Savajols</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FUSION17</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2017, Hobart, Australia. pp.00059, </w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjconf/201716300059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01688357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SIRIUS project (spectroscopy & identification of rare isotopes using S$^3$)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Karkour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Sulignano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Savajols</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Drouart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 IEEE Nuclear Science Symposium, Medical Imaging Conference and Room-Temperature Semiconductor Detector Workshop (NSS/MIC/RTSD)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Strasbourg, France. </w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NSSMIC.2016.8069937⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01718118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The study of neutron-rich nuclei production in the region of the closed shell N=126 in the multi-nucleon transfer reaction $^{136}$Xe+$^{208}$Pb</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Novikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I.M. Harca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.M. Kozulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dmitriev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Itkis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th European Summer School on Experimental Nuclear Astrophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Santa Tecla, Italy. pp.012020, </w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1742-6596/703/1/012020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01303578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stability and synthesis of superheavy elements: Fighting the battle against fission – example of $^{254}$No</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lopez-Martens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Henning</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.L. Khoo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Seweryniak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Alcorta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nobel Symposium NS160 – Chemistry and Physics of Heavy and Superheavy Elements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Lund, Sweden. pp.03001, </w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjconf/201613103001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01406665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Super Separator Spectrometer image and the associated detection systems: SIRIUS & LEB-REGLIS3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Déchery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Savajols</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Authier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Drouart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Nolen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVIIth International Conference on Electromagnetic Isotope Separators and Related Topics (EMIS2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Grand Rapids, United States. pp.125-130, </w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nimb.2016.02.036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01291577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Developments towards in-gas-jet laser spectroscopy studies of actinium isotopes at LISOL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Raeder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bastin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Block</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Creemers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Delahaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVIIth International Conference on Electromagnetic Isotope Separators and Related Topics (EMIS2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Grand Rapids, United States. pp.382-387, </w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nimb.2015.12.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01278441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of Shell Effects in the Fusion-Fission Process in the Reaction $^{34}$S + $^{186}$W Near the Interaction Barrier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I.M. Harca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.M. Kozulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bogachev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.N. Dmitriev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Itkis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Exotic Nuclei EXON-2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Kaliningrad, Russia. pp.699-706, </w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1142/9789814699464_0072⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01301560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fission Barrier of $^{254}$No: implications for models and reactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Henning</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. L. Khoo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lopez-Martens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Seweryniak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Alcorta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium Super Heavy Nuclei 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, College Station, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01146822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fusion evaporation experiments at the LISE spectrometer, superheavies and other</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LISE/ICC Users Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2015, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01111427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nuclear structure studies in the seaborgium region at SHIP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Antalic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F.P. Hessberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Andel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ackermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Heinz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Structure and Dynamics '15</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Portoroz, Slovenia. pp.030013, </w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4932257⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01227797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First experimental tests of shels: A new heavy ion separator at the JINR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Rezynkina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Hauschild</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lopez-Martens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Dorvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Zakopane Conference on Nuclear Physics “Extremes of the Nuclear Landscape”,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Zakopane, Poland. pp.623-626, </w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5506/APhysPolB.46.623⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01146453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of the concrete shield compositions from the 2010 criticality accident alarm system benchmark experiments at the cea valduc silene facility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. M. Miller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Celik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. E. Dunn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. Wagner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. L. Mc Mahan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICNC 2015 - International Conference on Nuclear Criticality Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Charlotte, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02509656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In-gas-jet spectroscopy of actinium isotopes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Raeder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Savajols</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Traykov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. E. van den Bergh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMIS XVII - International Conference on Electromagnetic Isotope Separators and Related Topics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Grand Rapids, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01151298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Production of metallic stable ion beams for GANIL and SPIRAL2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lemagnen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Barué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Canet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Flambard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st International Workshop on ECR Ion Sources (ECRIS 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Nizhny Novgorod, Russia. pp.45-48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01057669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Super Separator Spectrometer S3 and the associated focal plane detection systems SIRIUS and REGLIS3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Déchery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Savajols</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Authier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Drouart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Nolen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMIS XVII - International Conference on Electromagnetic Isotope Separators and Related Topics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Grand Rapids, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01151535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing the Stability of Super Heavy Nuclei</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Henning</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lopez-Martens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.L. Khoo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Seweryniak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Alcorta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 5th International Conference on the Chemistry and Physics of the Transactinide Elements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Fukushima, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01163230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The fusion-fission process in the reaction $^{34}$S + $^{186}$W near the interaction barrier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I.M. Harca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dmitriev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Itkis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.M. Kozulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Knyazheva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Exotic Nuclei and Nuclear/Particle Astrophysics (V). From Nuclei to Stars - Carpathian Summer School of Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Sinaia, Romania. pp.344-348, </w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4909598⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01148895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MoDSS – a Compact Mobile Decay Spectroscopy Set-up for the Investigation of Heavy and Superheavy Nuclei after Separation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ackermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F.P. Hessberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Hoffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kurz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Maurer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 5th International Conference on the Chemistry and Physics of the Transactinide Elements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Fukushima, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01163338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectroscopy of 257Db at LISE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Vostinar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ackermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Stodel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 5th International Conference on the Chemistry and Physics of the Transactinide Elements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Fukushima, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01163348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High Power Targets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECOS-EURISOL Joint Town Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Orsay, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01077741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heavy S3-LEB beams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DESIR - S3-LEB Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2014, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00965302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VHE and SHE yield estimates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">S3 Collaboration meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2014, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00966812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the stability of super heavy elements: First Measurement of the Fission Barrier of $^{254} $No</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Henning</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lopez-Martens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.L. Khoo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Seweryniak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Alcorta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Nuclear Physics Conference - INPC2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Firenze, Italy. pp.02046, </w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjconf/20146602046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00966058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prompt spectroscopy of superheavy elements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGATA@GANIL Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2013, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00793653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sailing to the Island of Stability with S3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVIII Colloque GANIL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Port-en-Bessin, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00863868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In gas laser ionization and spectroscopy experiments at the Superconducting Separator Spectrometer (S3): Conceptual studies and preliminary design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Ferrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bastin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Boilley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Creemers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Delahaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Conference on Electromagnetic Isotope Separators and Technique related to their Applications (EMIS2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2012, Matsue, Japan. pp.570-581, </w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nimb.2013.07.028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00857340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S3: Pushing spectroscopy forward</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXXII Mazurian Lakes Conference on Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Piaski, Poland. pp.285-290, </w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5506/APhysPolB.43.285⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00680276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ECRISs at GANIL today and tomorrow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Jardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Bajeat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Barué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Canet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Delahaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th International Workshop on Electron Cyclotron Resonance Ion Sources (ECRIS-2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Sydney, Australia. pp.195-199</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00737301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectroscopy of very heavy elements: crossing the shoal one step after the other</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FUSTIPEN Colloquium "The Structure of Heavy Nuclei"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00688197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pushing the Limits of Spectroscopy with S3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B.J.P. Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Dorvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Hauschild</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Khouaja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lamberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">French-Japanese Symposium on Nuclear Structure Problems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2011, Wako, Japan. pp.236-241, </w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1142/9789814417952_0047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01019300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution of the shell structure in medium-mass nuclei : search for the 2d5/2 neutron orbital in 69Ni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Moukaddam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Duchene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Hammache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.N. Harakeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Beaumel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Shell Model as a Unified View of Nuclear Structure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00750395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First observation of the ground-state based rotational band in 256Rf at the border of the superheavy nuclei</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear structure and dynamics II</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Opatija, Croatia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00717459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of 246Fm : in‐beam spectroscopy at the limits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Dorvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. J.-P. Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. T. Greenlees</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. L. Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Nuclear Structure, Astrophysics and reactions: FINUSTAR 3</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Rhodes, Greece. pp.301, </w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.3628397⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00761443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pushing the Limits of Spectroscopy with S3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Dorvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B.J.P. Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Khouaja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lamberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Conference on Advancements in Nuclear Instrumentation Measurement Methods and their Applications (ANIMMA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Ghent, Belgium. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ANIMMA.2011.6172847⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00701149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for 2d5/2 Neutron States in $^{69}$Ni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Moukaddam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Duchêne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Beaumel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Burgunder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Caceres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XLV Zakopane Conference on Nuclear physics "Extremes of the Nuclear Landscape"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Zakopane, Poland. pp.541-544, </w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5506/APhysPolB.42.541⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00578739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectroscopy of Transfermium Nuclei Using the GABRIELA Setup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.W. Hagen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lopez-Martens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Hauschild</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.V. Belozerov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.L. Chelnokov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Nuclear Physics - Extremes of the Nuclear Landscape</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Zakopane, Poland. pp.605-608, </w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5506/APhysPolB.42.605⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00596527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pushing the Limits of Spectroscopy with $S^3$</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B.J.P. Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Dorvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Hauschild</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Khouaja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XLV Zakopane Conference on Nuclear physics "Extremes of the Nuclear Landscape"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Zakopane, Poland. pp.597-604, </w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5506/APhysPolB.42.597⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00578744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectroscopy of transfermium nuclei using the GABRIELA set up at the focal plane of the VASSILISSA recoil separator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Hauschild</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lopez-Martens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Dorvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Curien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tours Symposium on Nuclear Physics and Astrophysics --VII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Kobe, Japan. pp.337-342, </w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.3455962⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00761376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K-Isomer in 252No</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Sulignano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ch. Theisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Ljungvall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ackermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Antalic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Exotic Nuclei (EXON 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Sochi, Russia. pp.322-331, </w:t></w:r><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.3431431⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00761406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectroscopy of transfermium nuclei using the GABRIELA set up at the focal plane of the VASSILISSA recoil separator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Hauschild</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lopez-Martens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ch. Briançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Désesquelles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Garcia-Santamaria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Exotic Nuclei (EXON)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Sochi, Russia. pp.269-278, </w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.3431424⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00485562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Fingerprints of Tetrahedral Symmetry in $^{156}Gd$</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Q.T. Doan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Curien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Stezowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Dudek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Mazurek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zakopane Conference on Nuclear Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Zakopane, Poland. pp.725-730</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00337788v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards day one experiments at the S3 Low Energy Branch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Lecesne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ackermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Authier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Boumard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Caceres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference Merger of the Poznan Meeting on Lasers and Trapping Devices in Atomic Nuclei Research and the International Conference on Laser Probing (PLATAN 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Mainz, Germany. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-02133842v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectroscopy of 257Db at LISE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th Colloque GANIL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Anglet, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01214616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SIRIUS the new focal plane detector for S3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th Colloque GANIL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Anglet, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01214619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Production d'un nouveau faisceau d'ions au GANIL : le Titane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lemagnen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Canet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Barué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Osmond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Journées Accélérateurs de la SFP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Roscoff, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00872734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Progressing towards the spectroscopy of heavier elements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecole Joliot Curie 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Fréjus, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00761497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Progressing toward the spectroscopy of heavier elements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lemagnen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Canet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Barué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGAN (European Gamma and Ancillary detection Network) 2012 Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Orsay, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00712450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A study of the suitability of the LISE2000 spectrometer for SIRIUS commissioning experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Chakma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Grand Accélérateur National d'Ions Lourds. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03519063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sur la route de l'îlot de stabilité superlourd - Spectroscopie prompte des noyaux 246Fm et 256Rf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Physique Nucléaire Théorique [nucl-th]. Université de Strasbourg, 2010. Français. </w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00617290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId446"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="CC375B67"/>
+    <w:nsid w:val="9C8DB4FA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/julien-piot" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6593-6964" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/152102205" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04218437v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Sarmiento" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Roger" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Giovinazzo" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Alex Brown" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertram Blank" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-39389-2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009861v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lois-Fuentes" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fernandez-Dominguez" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Pereira-Lopez" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Delaunay" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.N. Catford" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2023.138149" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03910507v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jekabs Romans" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anjali Ajayakumar" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Authier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Boumard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Caceres" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2022.12.012" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224813v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hauschild" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lopez-Martens" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Chakma" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Dorvaux" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gall" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/s10050-021-00657-8" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03791723v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Giovinazzo" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Roger" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Blank" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rudolph" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Alvarez-Pol" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2022.167447" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217631v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Le Crom" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Assi&#233;" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Blumenfeld" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Guillot" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Sagawa" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2022.137057" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03667520v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2022.137144" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03571889v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atoms10010021" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03472854v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Girard-Alcindor" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mercenne" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Stefan" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. de Oliveira Santos" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Michel" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.105.L051301" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335529v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Ledoux" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Foy" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E. Ducret" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Frelin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ramos" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/s10050-021-00565-x" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03129550v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Sorlin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ackermann" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/s10050-021-00410-1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324116v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.A. Brown" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-24920-0" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404183v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Kessaci" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.J.P. Gall" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.104.044609" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02527053v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mosat" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.P. Hessberger" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Antalic" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Andel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.101.034310" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02447940v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Raeder" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ferrer" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Granados" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Huyse" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Kron" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2019.11.024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02564642v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.N.T. Majola" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Sithole" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mdletshe" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hartley" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Tim&#225;r" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.101.044312" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518033v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Caama&#241;o" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lemasson" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rejmund" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Audouin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.101.034609" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144355v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Yeremin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lopes-Martens" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Popeko" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Malyshev" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2019.05.042" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946142v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.V. Yeremin" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.G. Popeko" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O.N. Malyshev" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.V. Isaev" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.A. Kuznetsova" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S1063778820040109" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049145v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Pereira-L&#243;pez" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fern&#225;ndez-Dom&#237;nguez" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.L. Achouri" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.A. Orr" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2020.135939" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178586v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.S. Tezekbayeva" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Asfari" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Brionnet" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2019.06.010" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051633v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vostinar" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/i2019-12701-y" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277858v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.123.092503" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02179608v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.K. Mistry" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Khuyagbaatar" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nuclphysa.2019.05.003" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952173v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2018.01.096" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851247v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.I. Svirikhin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.V. Andreev" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.N. Izosimov" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3103/S1062873818060308" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01554412v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barzakh" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bastin" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Beerwerth" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Block" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms14520" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01449514v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hartley" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. L. Riedinger" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Janssens" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Majola" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Riley" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.95.014321" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704840v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Creemers" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.P. Gaffney" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Gins" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.96.054331" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01578909v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Stodel" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Boilley" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Piot" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/refdp/201754014" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01396448v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/i2016-16328-2" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01342290v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.N. Kuznetsov" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S1547477116040129" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01452660v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.M. Kozulin" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Vardaci" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.M. Harca" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Schmitt" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Itkis" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/i2016-16293-8" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01347623v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. K. Mistry" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/i2016-16192-0" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01112968v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. V. Yeremin" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. G. Popeko" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. N. Malyshev" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S1547477115010070" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01146046v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.J. Hartley" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.L. Riedinger" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Sharpey-Schafer" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Allmond" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.91.034330" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01108714v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Libin" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marry" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lutton" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.G. Saint-Laurent" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10967-015-3936-5" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01065465v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Rezynkina" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/i2014-14132-8" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01113694v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Henning" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. L. Khoo" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Seweryniak" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Alcorta" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.113.262505" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02641748v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Leclaire" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Duhamel" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.-X. Le Dauphin" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Briggs" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13182/NSE14-29" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00685391v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. J.-P. Gall" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. T. Greenlees" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rowley" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.85.041301" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00724538v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rubert" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. L. Andersson" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.109.012501" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649993v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nevile Maher" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bastien" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica J. Vallance" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice P. Rey" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00773540v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Sulignano" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Theisen" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Delaroche" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Girod" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ljungvall" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.86.044318" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00575103v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Wiborg-Hagen" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Chelnokov" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.I. Chepigin" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nuclphysa.2011.01.012" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HJ4BZK7G-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00567926v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q.T. Doan" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vancraeyenest" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Stezowski" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Guinet" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Curien" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.82.067306" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00399512v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ketelhut" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.T. Greenlees" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Clement" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.102.212501" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01341915v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Iti&#233;" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Muller" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Asselineau" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. M&#233;dioni" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Crovisier" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/radiopro:2002012" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03443940v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/26334" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03423568v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346320v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. D&#233;lignac" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gr&#233;vy" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Flayol" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5506/APhysPolBSupp.18.2-A16" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908373v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Stodel" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lutton" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Gangnant" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lefrou" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Houarner" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202532701008" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060221v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yazeed Balasmeh" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Brizard" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2023.03.020" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885695v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.P. Hessberer" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5506/APhysPolB.51.849" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-03195772v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Svirikhin" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Andreev" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Izosimov" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Isaev" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1643/1/012160" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02409897v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavol Mosat" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fritz Peter Hessberger" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieter Ackermann" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Andel" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislav Antalic" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201922301043" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02409896v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Mantovani" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201922301037" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01768019v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Zhang" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5506/APhysPolB.49.613" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01823156v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kallunkathariyil" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. Stodel" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Fr&#233;mont" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5035536" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01768056v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mo&#353;a&#357;" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5506/APhysPolB.49.605" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01870299v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201817802027" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01645712v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Chepigin" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789813226548_0059" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01679695v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01688357v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Savajols" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201716300059" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01718118v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Karkour" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Drouart" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NSSMIC.2016.8069937" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01303578v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Novikov" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dmitriev" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Itkis" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/703/1/012020" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01406665v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.L. Khoo" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201613103001" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01291577v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. D&#233;chery" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Authier" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Nolen" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2016.02.036" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VFTSBJ97-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01278441v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Delahaye" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2015.12.014" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01301560v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bogachev" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.N. Dmitriev" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789814699464_0072" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01146822v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01111427v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01227797v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Heinz" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4932257" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01151298v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sels" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Traykov" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. E. van den Bergh" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01057669v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lemagnen" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Baru&#233;" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Canet" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dupuis" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Flambard" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01151535v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02509656v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. M. Miller" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Celik" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. E. Dunn" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Wagner" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. L. Mc Mahan" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01146453v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5506/APhysPolB.46.623" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01163230v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01148895v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Knyazheva" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4909598" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01163338v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hoffmann" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Kurz" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Maurer" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01163348v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01077741v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00965302v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00966812v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00966058v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/20146602046" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00793653v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00863868v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00857340v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2013.07.028" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00680276v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5506/APhysPolB.43.285" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00737301v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Jardin" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bajeat" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00688197v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01019300v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Khouaja" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lamberti" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789814417952_0047" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00717459v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00750395v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Moukaddam" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Duchene" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hammache" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. Harakeh" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Beaumel" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00761443v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3628397" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00701149v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ANIMMA.2011.6172847" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00578739v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Duch&#234;ne" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Burgunder" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Caceres" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5506/APhysPolB.42.541" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00596527v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.W. Hagen" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.V. Belozerov" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5506/APhysPolB.42.605" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00578744v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5506/APhysPolB.42.597" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00761376v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3455962" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00761406v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. Theisen" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3431431" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00485562v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. Brian&#231;on" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. D&#233;sesquelles" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Garcia-Santamaria" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3431424" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00337788v3" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dudek" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Mazurek" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-02133842v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lecesne" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Boumard" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01214616v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01214619v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00872734v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Osmond" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00761497v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00712450v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03519063v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Piot" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00617290v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/julien-piot" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6593-6964" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/152102205" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04218437v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Sarmiento" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Roger" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Giovinazzo" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Alex Brown" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertram Blank" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-39389-2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009861v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lois-Fuentes" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fernandez-Dominguez" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Pereira-Lopez" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Delaunay" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.N. Catford" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2023.138149" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03910507v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jekabs Romans" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anjali Ajayakumar" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Authier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Boumard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Caceres" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2022.12.012" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224813v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hauschild" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lopez-Martens" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Chakma" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Dorvaux" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gall" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/s10050-021-00657-8" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03791723v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Giovinazzo" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Roger" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Blank" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rudolph" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Alvarez-Pol" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2022.167447" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217631v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Le Crom" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Assi&#233;" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Blumenfeld" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Guillot" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Sagawa" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2022.137057" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03667520v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2022.137144" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03571889v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atoms10010021" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03472854v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Girard-Alcindor" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mercenne" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Stefan" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. de Oliveira Santos" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Michel" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.105.L051301" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335529v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Ledoux" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Foy" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E. Ducret" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Frelin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ramos" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/s10050-021-00565-x" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03129550v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Sorlin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ackermann" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/s10050-021-00410-1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324116v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.A. Brown" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-24920-0" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404183v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Kessaci" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.J.P. Gall" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.104.044609" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02527053v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mosat" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.P. Hessberger" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Antalic" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Andel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.101.034310" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02447940v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Raeder" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ferrer" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Granados" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Huyse" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Kron" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2019.11.024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518033v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Caama&#241;o" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lemasson" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rejmund" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Audouin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.101.034609" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02564642v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.N.T. Majola" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Sithole" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mdletshe" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hartley" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Tim&#225;r" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.101.044312" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946142v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.V. Yeremin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.G. Popeko" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O.N. Malyshev" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.V. Isaev" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.A. Kuznetsova" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S1063778820040109" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144355v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Yeremin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lopes-Martens" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Popeko" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Malyshev" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2019.05.042" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049145v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Pereira-L&#243;pez" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fern&#225;ndez-Dom&#237;nguez" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.L. Achouri" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.A. Orr" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2020.135939" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178586v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.S. Tezekbayeva" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Asfari" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Brionnet" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2019.06.010" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051633v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vostinar" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/i2019-12701-y" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02179608v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.K. Mistry" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Khuyagbaatar" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nuclphysa.2019.05.003" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277858v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.123.092503" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952173v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2018.01.096" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851247v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.I. Svirikhin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.V. Andreev" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.N. Izosimov" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3103/S1062873818060308" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01554412v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barzakh" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bastin" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Beerwerth" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Block" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms14520" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01449514v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hartley" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. L. Riedinger" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Janssens" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Majola" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Riley" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.95.014321" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704840v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Creemers" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.P. Gaffney" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Gins" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.96.054331" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01578909v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Stodel" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Boilley" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Piot" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/refdp/201754014" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01396448v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/i2016-16328-2" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01342290v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.N. Kuznetsov" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S1547477116040129" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01347623v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. K. Mistry" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/i2016-16192-0" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01452660v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.M. Kozulin" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Vardaci" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.M. Harca" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Schmitt" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Itkis" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/i2016-16293-8" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01112968v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. V. Yeremin" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. G. Popeko" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. N. Malyshev" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S1547477115010070" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01146046v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.J. Hartley" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.L. Riedinger" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Sharpey-Schafer" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Allmond" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.91.034330" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01108714v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Libin" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marry" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lutton" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.G. Saint-Laurent" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10967-015-3936-5" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01113694v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Henning" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. L. Khoo" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Seweryniak" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Alcorta" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.113.262505" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01065465v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Rezynkina" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/i2014-14132-8" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02641748v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Leclaire" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Duhamel" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.-X. Le Dauphin" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Briggs" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13182/NSE14-29" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00685391v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. J.-P. Gall" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. T. Greenlees" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rowley" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.85.041301" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00724538v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rubert" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. L. Andersson" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.109.012501" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649993v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nevile Maher" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bastien" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica J. Vallance" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice P. Rey" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00773540v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Sulignano" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Theisen" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Delaroche" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Girod" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ljungvall" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.86.044318" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00575103v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Wiborg-Hagen" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Chelnokov" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.I. Chepigin" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nuclphysa.2011.01.012" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HJ4BZK7G-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00567926v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q.T. Doan" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vancraeyenest" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Stezowski" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Guinet" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Curien" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.82.067306" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00399512v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ketelhut" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.T. Greenlees" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Clement" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.102.212501" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01341915v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Iti&#233;" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Muller" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Asselineau" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. M&#233;dioni" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Crovisier" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/radiopro:2002012" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03443940v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/26334" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03423568v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346320v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. D&#233;lignac" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gr&#233;vy" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Flayol" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5506/APhysPolBSupp.18.2-A16" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908373v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Stodel" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lutton" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Gangnant" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lefrou" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Houarner" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202532701008" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060221v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yazeed Balasmeh" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Brizard" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2023.03.020" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885695v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.P. Hessberer" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5506/APhysPolB.51.849" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-03195772v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Svirikhin" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Andreev" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Izosimov" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Isaev" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1643/1/012160" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02409897v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavol Mosat" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fritz Peter Hessberger" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieter Ackermann" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Andel" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislav Antalic" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201922301043" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02409896v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Mantovani" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201922301037" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01768019v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Zhang" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5506/APhysPolB.49.613" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01823156v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kallunkathariyil" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. Stodel" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Fr&#233;mont" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5035536" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01768056v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mo&#353;a&#357;" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5506/APhysPolB.49.605" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01870299v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201817802027" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01645712v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Chepigin" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789813226548_0059" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01679695v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01688357v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Savajols" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201716300059" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01718118v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Karkour" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Drouart" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NSSMIC.2016.8069937" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01303578v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Novikov" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dmitriev" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Itkis" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/703/1/012020" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01406665v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.L. Khoo" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201613103001" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01291577v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. D&#233;chery" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Authier" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Nolen" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2016.02.036" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VFTSBJ97-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01278441v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Delahaye" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2015.12.014" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01301560v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bogachev" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.N. Dmitriev" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789814699464_0072" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01146822v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01111427v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01227797v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Heinz" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4932257" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01146453v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5506/APhysPolB.46.623" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02509656v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. M. Miller" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Celik" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. E. Dunn" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Wagner" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. L. Mc Mahan" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01151298v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sels" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Traykov" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. E. van den Bergh" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01057669v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lemagnen" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Baru&#233;" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Canet" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dupuis" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Flambard" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01151535v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01163230v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01148895v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Knyazheva" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4909598" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01163338v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hoffmann" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Kurz" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Maurer" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01163348v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01077741v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00965302v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00966812v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00966058v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/20146602046" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00793653v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00863868v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00857340v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2013.07.028" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00680276v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5506/APhysPolB.43.285" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00737301v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Jardin" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bajeat" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00688197v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01019300v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Khouaja" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lamberti" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789814417952_0047" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00750395v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Moukaddam" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Duchene" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hammache" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. Harakeh" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Beaumel" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00717459v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00761443v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3628397" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00701149v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ANIMMA.2011.6172847" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00578739v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Duch&#234;ne" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Burgunder" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Caceres" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5506/APhysPolB.42.541" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00596527v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.W. Hagen" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.V. Belozerov" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5506/APhysPolB.42.605" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00578744v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5506/APhysPolB.42.597" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00761376v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3455962" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00761406v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. Theisen" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3431431" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00485562v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. Brian&#231;on" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. D&#233;sesquelles" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Garcia-Santamaria" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3431424" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00337788v3" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dudek" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Mazurek" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-02133842v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lecesne" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Boumard" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01214616v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01214619v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00872734v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Osmond" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00761497v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00712450v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03519063v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Piot" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00617290v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>