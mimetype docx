--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -469,1061 +469,1061 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05347280v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Locating the North Celestial Pole from Skylight Polarization Patterns and Solar Declination</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Route-Centric Ant-Inspired Memories Enable Panoramic Route-Following in a Car-like Robot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Gattaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Wystrach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien R Serres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ruffier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Instrumentation and Measurement</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TIM.2025.3553258⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 16 (1), pp.8328. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-025-62327-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05010005v1</w:t>
+                <w:t xml:space="preserve">hal-04820343v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bio-Inspired Approaches—A Leverage for Robotics</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Julien R Serres</w:t>
+                <w:t xml:space="preserve">Mesurer l'invisible dans le ciel pour naviguer : une approche inspirée du vivant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Viollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomimetics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">La Revue de l'électricité et de l'électronique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 3, pp.100-106</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05162876v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05357612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Route-Centric Ant-Inspired Memories Enable Panoramic Route-Following in a Car-like Robot</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Locating the North Celestial Pole from Skylight Polarization Patterns and Solar Declination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Kronland-Martinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Poughon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Moutenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Pasquinelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Duché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-025-62327-3⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Instrumentation and Measurement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 74 (5021908), pp.1-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TIM.2025.3553258⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04820343v2</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05010005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesurer l'invisible dans le ciel pour naviguer : une approche inspirée du vivant</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bio-Inspired Approaches—A Leverage for Robotics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Swaminath Venkateswaran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Chablat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Viollet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Julien Serres</w:t>
+                <w:t xml:space="preserve">Poramate Manoonpong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien R Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Revue de l'électricité et de l'électronique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biomimetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 10 (7), pp.417. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/biomimetics10070417⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05357612v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05162876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Passive Polarized Vision for Autonomous Vehicles: A Review</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julien R Serres</w:t>
+                <w:t xml:space="preserve">OpenSky: a modular and open-source simulator of sky polarization measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Moutenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Poughon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Jean Lapray</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Bruno Toulon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Serres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 24 (11), pp.3312. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Instrumentation and Measurement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.1-1. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/s24113312⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TIM.2024.3374965⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04584024v1</w:t>
+                <w:t xml:space="preserve">hal-04520460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An extended database of annotated skylight polarization images covering a period of two months</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Léo Poughon</w:t>
+                <w:t xml:space="preserve">Passive Polarized Vision for Autonomous Vehicles: A Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien R Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Aubry</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Pierre-Jean Lapray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Kronland-Martinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Moutenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Research Notes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13104-024-06959-6⟩</w:t>
+              <w:t xml:space="preserve">Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 24 (11), pp.3312. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/s24113312⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04737161v1</w:t>
+                <w:t xml:space="preserve">hal-04584024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shaping the energy curves of a servomotor-based hexapod robot</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An extended database of annotated skylight polarization images covering a period of two months</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Poughon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Aubry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ilya Brodoline</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Jocelyn Monnoyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien R Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-024-62184-y⟩</w:t>
+              <w:t xml:space="preserve">BMC Research Notes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 17, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13104-024-06959-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04583086v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04737161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">OpenSky: a modular and open-source simulator of sky polarization measurements</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Shaping the energy curves of a servomotor-based hexapod robot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilya Brodoline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Sauvageot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Moutenet</w:t>
-[...50 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien R Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Instrumentation and Measurement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, pp.1-1. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14 (1), pp.11675. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TIM.2024.3374965⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-024-62184-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04520460v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04583086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SkyPole—A method for locating the north celestial pole from skylight polarization patterns</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Kronland-Martinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Poughon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Pasquinelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Duché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien R Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1808,51 +1808,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conception et étude d’une boussole céleste bio-inspirée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Thellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1860,51 +1860,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Thouvenel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Diperi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal sur l'enseignement des sciences et technologies de l'information et des systèmes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, CETSIS 2021 – Colloque de l’Enseignement des Technologies et des Sciences de l’Information et des Systèmes, 21 (Hors série 2), pp.2020. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1951,51 +1951,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une découverte scientifique qui va faire le bzzz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Mildonian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Provence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 9054, pp.6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2124,51 +2124,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floor and ceiling mirror configurations to study altitude control in honeybees</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Morice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2258,103 +2258,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Test Benches for comparing the performance of an ant's leg with a hexapod robot's Leg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilya Brodoline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Moretto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Fourcassié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Instrumentation and Measurement Magazine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 5 (9), pp.36-41. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2388,64 +2388,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A methodology to estimate the cost of transport of a hexapod robot based on single leg performance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilya Brodoline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien R. Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2486,758 +2486,758 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03840277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesurer une distance au moyen d'un accéléromètre</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Novel test bench for robotic leg characterization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilya Brodoline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Viollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frank Buloup</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Bulletin de l'Union des Professeurs de Physique et de Chimie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, ABSTRACTS 46ème Congrès Société Biomécanique, 24 (S1), pp.S267-S268. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10255842.2021.1978758⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03271535v1</w:t>
+                <w:t xml:space="preserve">hal-03464001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ecological Entomology: How Is Gibson’s Framework Useful?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Mesurer une distance au moyen d'un accéléromètre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gilles Montagne</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Buloup</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Insects</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Le Bulletin de l'Union des Professeurs de Physique et de Chimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 115 (1035), pp.695-713</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03457099v1</w:t>
+                <w:t xml:space="preserve">hal-03271535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insect-Inspired Robots: Bridging Biological and Artificial Systems</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ecological Entomology: How Is Gibson’s Framework Useful?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aimie Berger Dauxère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Serres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Montagne</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/s21227609⟩</w:t>
+              <w:t xml:space="preserve">Insects</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12 (1075), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/insects12121075⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03430897v1</w:t>
+                <w:t xml:space="preserve">hal-03457099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ecological design of augmentation improves helicopter ship landing maneuvers: An approach in augmented virtuality</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Insect-Inspired Robots: Bridging Biological and Artificial Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Poramate Manoonpong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Patanè</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaofeng Xiong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilya Brodoline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Dupeyroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0255779⟩</w:t>
+              <w:t xml:space="preserve">Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21 (22), pp.7609. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/s21227609⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03320154v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03430897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Helicopter pilots synchronize their altitude with ship heave to minimize energy when landing on a ship's deck</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Julien R. Serres</w:t>
+                <w:t xml:space="preserve">Ecological design of augmentation improves helicopter ship landing maneuvers: An approach in augmented virtuality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine H. P. Morice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Rakotomamonjy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Serres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The International Journal of Aerospace Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/24721840.2020.1862659⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 16 (8), pp.e0255779. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0255779⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03082645v2</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03320154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel test bench for robotic leg characterization</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Helicopter pilots synchronize their altitude with ship heave to minimize energy when landing on a ship's deck</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Marcio Pereira Figueira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien R. Serres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Rakotomamonjy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ruffier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, ABSTRACTS 46ème Congrès Société Biomécanique, 24 (S1), pp.S267-S268. </w:t>
+              <w:t xml:space="preserve">The International Journal of Aerospace Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/10255842.2021.1978758⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/24721840.2020.1862659⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03464001v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03082645v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AntBot : un robot qui s'oriente comme une fourmi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Dupeyroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Techniques de l'Ingenieur</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, IN236</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3262,51 +3262,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Navigation possibilities without GPS or 5G: the AntBot solution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
@@ -3328,77 +3328,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le robot fourmi AntBot. Conception et réalisation d’un robot bio-inspiré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Dupeyroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Techniques et culture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 73, pp.128-141. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3426,905 +3426,905 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02892659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">COMMENT ORGANISER UNE FORMATION MATLAB™/SIMULINK</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Optic flow cues help explain altitude control over sea in freely flying gulls</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas J Evans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susanne Akesson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Duriez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judy Shamoun-Baranes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Revue 3E.I</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of the Royal Society Interface</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 16 (159), pp.20190486. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rsif.2019.0486⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02423389v1</w:t>
+                <w:t xml:space="preserve">hal-02309725v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compact and High Performance Wind actuated venturi triboelectric energy harvester</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aravind Narain Ravichandran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Calmes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Ramuz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Blayac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nano Energy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 62, pp.449-457. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nanoen.2019.05.053⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02157346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polarized skylight-based heading measurements: a bio-inspired approach</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">COMMENT ORGANISER UNE FORMATION MATLAB™/SIMULINK</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Royal Society Interface</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 16 (150), pp.20180878</w:t>
+              <w:t xml:space="preserve">La Revue 3E.I</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 95, pp.38-45</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01990800v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02423389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An ant-inspired celestial compass applied to autonomous outdoor robot navigation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId85" w:history="1">
+                <w:t xml:space="preserve">Polarized skylight-based heading measurements: a bio-inspired approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Dupeyroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Robotics and Autonomous Systems</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of the Royal Society Interface</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 16 (150), pp.20180878</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02105997v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01990800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AntBot, un robot fourmi qui navigue sans GPS</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId85" w:history="1">
+                <w:t xml:space="preserve">An ant-inspired celestial compass applied to autonomous outdoor robot navigation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Dupeyroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Télécom‎ : revue de l'association TELECOM Paristech ALUMNI</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Robotics and Autonomous Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 117, pp.40-56. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.robot.2019.04.007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02321479v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02105997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AntBot is able to go home like desert ants</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId85" w:history="1">
+                <w:t xml:space="preserve">AntBot, un robot fourmi qui navigue sans GPS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Dupeyroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TheScienceBreaker</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Télécom‎ : revue de l'association TELECOM Paristech ALUMNI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 193, pp.53-55</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02314398v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02321479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AntBot: a six-legged walking robot able to home like desert ants in outdoor environments</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId85" w:history="1">
+                <w:t xml:space="preserve">AntBot is able to go home like desert ants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Dupeyroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Viollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Robotics</w:t>
+              <w:t xml:space="preserve">TheScienceBreaker</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/scirobotics.aau0307⟩</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25250/thescbr.brk252⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02075700v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02314398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optic flow cues help explain altitude control over sea in freely flying gulls</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">AntBot: a six-legged walking robot able to home like desert ants in outdoor environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Dupeyroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Viollet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Royal Society Interface</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 16 (159), pp.20190486. </w:t>
+              <w:t xml:space="preserve">Science Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1098/rsif.2019.0486⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1126/scirobotics.aau0307⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02309725v2</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02075700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insect-inspired vision for autonomous vehicles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Current Opinion in Insect Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, </w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4358,51 +4358,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optic flow-based collision-free strategies: From insects to robots</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4449,64 +4449,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microdrones bio-inspirés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4596,51 +4596,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reinoud J. Bootsma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sensors</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 17 (3), pp.571. </w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4687,51 +4687,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Altitude control in honeybees: joint vision-based learning and guidance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoffrey Portelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4778,51 +4778,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biomimetic Autopilot Based on Minimalistic Motion Vision for Navigating along Corridors Comprising U-shaped and S-shaped Turns</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4882,51 +4882,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Décodage de télégrammes KNX</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Revue 3E.I</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 78, pp.44-50</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5003,51 +5003,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Colonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioinspiration and Biomimetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 9 (3), pp.36003 - 36003. </w:t>
@@ -5085,51 +5085,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Installation solaire photovoltaïque autonome utilisant des cellules en couches minces CIS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Dubois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5180,51 +5180,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling honeybee visual guidance in a 3-D environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Portelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5284,64 +5284,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régulation de vitesse d'un micromoteur à courant continu sans capteur au moyen d'un microcontrôleur dsPIC programmé par une passerelle MatlabTM/Simulink</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lubin Kerhuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5392,51 +5392,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réseau électrique haute qualité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5500,51 +5500,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A bee in the corridor: centering and wall-following</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume P. Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5629,51 +5629,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A vision-based autopilot for a miniature air vehicle: joint speed control and lateral obstacle avoidance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Dray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5772,51 +5772,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Current Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 17 (4), pp.329-335. </w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5902,51 +5902,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Meriaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoinette Jobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 8 (1), pp.91. </w:t>
@@ -6010,51 +6010,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Franceschini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comparative Biochemistry and Physiology - Part A: Molecular and Integrative Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 146 (4), pp.S133. </w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6088,77 +6088,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward optic flow regulation for wall-following and centring behaviours</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6231,2217 +6231,2217 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visual Homing in Outdoor Robots Using Mushroom Body Circuits and Learning Walks</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Julien R Serres</w:t>
+                <w:t xml:space="preserve">Enhancing Ant-Inspired Visual Compass with Focused Visual Scan in a Compact Robot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Gattaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Wystrach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Antoine Wystrach</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 14th International Conference on Biomimetics and Biohybrid Systems, Living Machines</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The 7th IEEE International Conference on Artificial Intelligence Circuits and Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Bordeaux, Apr 2025, Bordeaux, France. pp.110-114, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/AICAS64808.2025.11173128⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05160353v1</w:t>
+                <w:t xml:space="preserve">hal-05055159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing Ant-Inspired Visual Compass with Focused Visual Scan in a Compact Robot</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gabriel Gattaux</w:t>
+                <w:t xml:space="preserve">Visual Homing in Outdoor Robots Using Mushroom Body Circuits and Learning Walks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel G Gattaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien R Serres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Wystrach</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 7th IEEE International Conference on Artificial Intelligence Circuits and Systems</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">The 14th International Conference on Biomimetics and Biohybrid Systems, Living Machines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Sheffield, Jul 2025, Sheffield, United Kingdom</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05055159v1</w:t>
+                <w:t xml:space="preserve">hal-05160353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From Messor barbarus to AntBot, a dimensionless approach for designing a new bioinspired leg for a hexapod robot</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Optimizing the locomotion of hexapod robots by taking inspiration from the ants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Serres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilya Brodoline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Viollet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">N.I.C.E. International Rendez Vous 2024. Nature Inspires Creativity Engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">53ème Colloque de la Société Française pour l'Etude du Comportement Animal (SFECA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aurore Avarguès-Weber, May 2024, Albi, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.13140/RG.2.2.18615.12967⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04833744v1</w:t>
+                <w:t xml:space="preserve">hal-04598667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La biorobotique : de l'animal au robot</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">NOVABOT—Acteur et drone. Dialectique du corps en scène et de son image fragmentée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssra Mansar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Dieuzayde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Blayac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop « BIOMIMOVE 2024 : action, perception et traitement »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Santiago Arroyave-Tobón; GDR BIOMIM 2088, Nov 2024, Marseille, France</w:t>
+              <w:t xml:space="preserve">Colloque IMPEC 2024 Interactions Multimodales Par Écran</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aix-Marseille Université; Faculté ALLSH, Jul 2024, Aix-en-Provence, France. pp.9-10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04794347v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04643625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SkyPole: a geolocation algorithm based on polarized vision without using astronomical ephemerides</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Julien Serres</w:t>
+                <w:t xml:space="preserve">From Messor barbarus to AntBot, a dimensionless approach for designing a new bioinspired leg for a hexapod robot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Moretto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilya Brodoline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Drapin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santiago Arroyave-Tobón</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Fourcassié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polarization: Measurement, Analysis, and Remote Sensing XVI</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">N.I.C.E. International Rendez Vous 2024. Nature Inspires Creativity Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Frederic GUITTARD, Dec 2024, Nice, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04607780v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04833744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NOVABOT—Acteur et drone. Dialectique du corps en scène et de son image fragmentée</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">La biorobotique : de l'animal au robot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Blayac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque IMPEC 2024 Interactions Multimodales Par Écran</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aix-Marseille Université; Faculté ALLSH, Jul 2024, Aix-en-Provence, France. pp.9-10</w:t>
+              <w:t xml:space="preserve">Workshop « BIOMIMOVE 2024 : action, perception et traitement »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Santiago Arroyave-Tobón; GDR BIOMIM 2088, Nov 2024, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04643625v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04794347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimizing the locomotion of hexapod robots by taking inspiration from the ants</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">SkyPole: a geolocation algorithm based on polarized vision without using astronomical ephemerides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Kronland-Martinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Poughon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Pasquinelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Duché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">53ème Colloque de la Société Française pour l'Etude du Comportement Animal (SFECA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aurore Avarguès-Weber, May 2024, Albi, France. </w:t>
+              <w:t xml:space="preserve">Polarization: Measurement, Analysis, and Remote Sensing XVI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, National Harbor, Maryland, United States. pp.74-79, </w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.13140/RG.2.2.18615.12967⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1117/12.3013560⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04598667v1</w:t>
+                <w:t xml:space="preserve">hal-04607780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Are biological agents governed by similar visuo-motor mechanisms to fly?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">SkyPole -A bio-inspired polarimetric compass for GPS-denied navigation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Kronland-Martinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Poughon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Pasquinelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Duché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Gilles Montagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The XXI International Conference on Perception and Action (ICPA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Pablo Covarrubias and Ángel A. Jiménez (Co-Chairs) – University of Guadalajara, Mexico; William H. Warren (ISEP President) – Brown University, USA; Julia J. C. Blau (ICPA Treasurer) – Central Connecticut State University, USA, Jun 2023, Guadalajara, Mexico</w:t>
+              <w:t xml:space="preserve">Journée des Jeunes Chercheurs en Robotique (JJCR 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GDR Robotique; Franck Ruffier; Maan El Badaoui El Najjar, Oct 2023, Moliets, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04145171v1</w:t>
+                <w:t xml:space="preserve">hal-04496952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation de mesure polarimétrique du ciel</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Skylight polarization heading sensor using waveplate retardance shift with incidence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Poughon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Aubry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jocelyn Monnoyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Moutenet</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Stéphane Viollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18èmes journées Imagerie Optique Non-Conventionnelle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GDR ONDES; GDR Imabio; le club Physique &amp; Imagerie Optique de la SFO, Mar 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">Journée des Jeunes Chercheurs en Robotique (JJCR 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GDR Robotique; Franck Ruffier; Maan El Badaoui El Najjar, Oct 2023, Moliets et Maâ, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04512532v1</w:t>
+                <w:t xml:space="preserve">hal-04521170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SkyPole - Méthode de localisation du pôle Nord céleste par traitement d'images polarimétriques du ciel</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Are biological agents governed by similar visuo-motor mechanisms to fly?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marcel Pasquinelli</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Julien R Serres</w:t>
+                <w:t xml:space="preserve">Julien Serres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aimie Berger Dauxère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Rakotomamonjy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Montagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ORASIS 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Laboratoire LIS, UMR 7020, May 2023, Carqueiranne, France</w:t>
+              <w:t xml:space="preserve">The XXI International Conference on Perception and Action (ICPA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Pablo Covarrubias and Ángel A. Jiménez (Co-Chairs) – University of Guadalajara, Mexico; William H. Warren (ISEP President) – Brown University, USA; Julia J. C. Blau (ICPA Treasurer) – Central Connecticut State University, USA, Jun 2023, Guadalajara, Mexico</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04219358v1</w:t>
+                <w:t xml:space="preserve">hal-04145171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison between skylight polarization in visible and ultraviolet spectra for heading measurements</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Simulation de mesure polarimétrique du ciel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Moutenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Poughon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Serres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée des Jeunes Chercheurs en Robotique (JJCR 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GDR Robotique; Franck Ruffier; Maan El Badaoui El Najjar, Oct 2023, Moliets et Maâ, France</w:t>
+              <w:t xml:space="preserve">18èmes journées Imagerie Optique Non-Conventionnelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GDR ONDES; GDR Imabio; le club Physique &amp; Imagerie Optique de la SFO, Mar 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04519955v1</w:t>
+                <w:t xml:space="preserve">hal-04512532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A stand-alone polarimetric acquisition system for producing a long-term skylight dataset</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">SkyPole - Méthode de localisation du pôle Nord céleste par traitement d'images polarimétriques du ciel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Kronland-Martinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Poughon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Pasquinelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Duché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien R Serres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Sensors 2023</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ORASIS 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire LIS, UMR 7020, May 2023, Carqueiranne, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04267766v1</w:t>
+                <w:t xml:space="preserve">hal-04219358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proposition d'un agenda de recherche interdisciplinaire sur les innovations dans les véhicules autonomes en logistique</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comparison between skylight polarization in visible and ultraviolet spectra for heading measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Moutenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Serres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Viollet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès National de la Recherche des IUT</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IUT de La Réunion; Université de La Réunion, Jun 2023, Saint-Pierre (La Réunion), France</w:t>
+              <w:t xml:space="preserve">Journée des Jeunes Chercheurs en Robotique (JJCR 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GDR Robotique; Franck Ruffier; Maan El Badaoui El Najjar, Oct 2023, Moliets et Maâ, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04122653v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04519955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NOVABOT : Acteur et drone. Dialectique du corps en scène et de son image fragmentée</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">A stand-alone polarimetric acquisition system for producing a long-term skylight dataset</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Poughon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Aubry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jocelyn Monnoyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Viollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Louis Dieuzayde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Drôles d'objets - Un nouvel art de faire</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Sensors 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, Oct 2023, Vienna, Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SENSORS56945.2023.10325176⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04101507v2</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04267766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultraviolet vs. Visible Skylight Polarization Measurements</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Proposition d'un agenda de recherche interdisciplinaire sur les innovations dans les véhicules autonomes en logistique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Camman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Selma-Afakh Khader</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Livolsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Duché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Kronland-Martinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Sensors 2023</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Congrès National de la Recherche des IUT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IUT de La Réunion; Université de La Réunion, Jun 2023, Saint-Pierre (La Réunion), France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04267719v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04122653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ant-inspired bilateral visual memories to guide a car-like robot</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">NOVABOT : Acteur et drone. Dialectique du corps en scène et de son image fragmentée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssra Mansar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Blayac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Franck Ruffier</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Dieuzayde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée des Jeunes Chercheurs en Robotique (JJCR 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GDR Robotique; Franck Ruffier; Maan El Badaoui El Najjar, Oct 2023, Moliets et Maâ, France</w:t>
+              <w:t xml:space="preserve">Drôles d'objets - Un nouvel art de faire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Lorraine; CNRS; INRIA; CCAM/Scène nationale de Vandœuvre, May 2023, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05354130v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04101507v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimiser la consommation énergétique d'un robot hexapode motorisé par des servomoteurs</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Ultraviolet vs. Visible Skylight Polarization Measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Moutenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mouvement Animal et Humain : Biomécanique, Biorobotique, Biomimétisme GDR 2088 Biomimétisme Bio-inspiration</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Sensors 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, Oct 2023, Vienna, Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SENSORS56945.2023.10325144⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04350996v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04267719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Skylight polarization heading sensor using waveplate retardance shift with incidence</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Ant-inspired bilateral visual memories to guide a car-like robot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel G Gattaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Wystrach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée des Jeunes Chercheurs en Robotique (JJCR 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, GDR Robotique; Franck Ruffier; Maan El Badaoui El Najjar, Oct 2023, Moliets et Maâ, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04521170v1</w:t>
+                <w:t xml:space="preserve">hal-05354130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SkyPole -A bio-inspired polarimetric compass for GPS-denied navigation</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Optimiser la consommation énergétique d'un robot hexapode motorisé par des servomoteurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marcel Pasquinelli</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilya Brodoline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Viollet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée des Jeunes Chercheurs en Robotique (JJCR 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GDR Robotique; Franck Ruffier; Maan El Badaoui El Najjar, Oct 2023, Moliets, France</w:t>
+              <w:t xml:space="preserve">Mouvement Animal et Humain : Biomécanique, Biorobotique, Biomimétisme GDR 2088 Biomimétisme Bio-inspiration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Pierre Moretto; Frédéric Guittard; Damien Chablat, Nov 2023, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04496952v1</w:t>
+                <w:t xml:space="preserve">hal-04350996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of a Bio-Inspired Optical Compass for Education Purposes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Thellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8527,51 +8527,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of a Bio-inspired Optical Compass for Education Purposes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Thellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8579,51 +8579,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Thouvenel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Diperi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 13th International Conference on Robotics in Education (RiE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Practical Robotic Institute Austria and Slovak University of Technology in Bratislava, Apr 2022, online, Slovakia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8642,1198 +8642,1198 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03649805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conception et étude d'une boussole céleste bio-inspirée</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Projet MiMiC-ANT - Étude de la locomotion lors du transport de charges chez la fourmi : application à la robotique hexapode</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Serres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Fourcassié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilya Brodoline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Moretto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14ème édition du Colloque consacré à l'Enseignement des Technologies et des Sciences de l'Information et des Systèmes (CETSIS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Polytechnique Hauts-De-France, Jun 2021, Valenciennes, France</w:t>
+              <w:t xml:space="preserve">Colloque Ingénierie inspirée par la nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L’Institut des sciences de l’ingénierie et des systèmes (INSIS) du CNRS, Jun 2021, en visionconférence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03255832v1</w:t>
+                <w:t xml:space="preserve">hal-03285797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conception et étude d'une boussole céleste bio-inspirée pour la robotique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Conception et étude d'une boussole céleste bio-inspirée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Viollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Thellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Thouvenel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Diperi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3ème édition des Journées Nationales de l'Enseignement en Robotique (JNER)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Clermont Auvergne, Jun 2021, Aubière, France</w:t>
+              <w:t xml:space="preserve">14ème édition du Colloque consacré à l'Enseignement des Technologies et des Sciences de l'Information et des Systèmes (CETSIS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Polytechnique Hauts-De-France, Jun 2021, Valenciennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03269654v1</w:t>
+                <w:t xml:space="preserve">hal-03255832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Full 3D printed hexapod robots with energy efficient joints</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Conception et étude d'une boussole céleste bio-inspirée pour la robotique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Serres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Thellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Thouvenel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Diperi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop GDR 2088 BIOMIM 1st Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CNRS, Oct 2020, Nice, France. pp.33</w:t>
+              <w:t xml:space="preserve">3ème édition des Journées Nationales de l'Enseignement en Robotique (JNER)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Clermont Auvergne, Jun 2021, Aubière, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03319418v1</w:t>
+                <w:t xml:space="preserve">hal-03269654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projet MiMiC-ANT - Étude de la locomotion lors du transport de charges chez la fourmi : application à la robotique hexapode</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Full 3D printed hexapod robots with energy efficient joints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilya Brodoline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Viollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Ingénierie inspirée par la nature</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, L’Institut des sciences de l’ingénierie et des systèmes (INSIS) du CNRS, Jun 2021, en visionconférence, France</w:t>
+              <w:t xml:space="preserve">Workshop GDR 2088 BIOMIM 1st Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS, Oct 2020, Nice, France. pp.33</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03285797v1</w:t>
+                <w:t xml:space="preserve">hal-03319418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insect-inspired omnidirectional vision for autonomous localization on-board a hexapod robot</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julien Dupeyroux</w:t>
+                <w:t xml:space="preserve">A bio-inspired optical compass for robotic applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Duché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Pasquinelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sean Lapalus</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Judikaël Le Rouzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Jacques Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Escoubas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28th Mediterranean Conference on Control and Automation (MED), 2020 IEEE International Conference on</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Workshop GDR 2088 BIOMIM 1st Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS, Oct 2020, Nice, France. pp.34</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02873396v1</w:t>
+                <w:t xml:space="preserve">hal-04035950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perceptual-motor coupling between Helicopter and ship during ship deck landing maneuvers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Mathieu</w:t>
+                <w:t xml:space="preserve">Insect-inspired omnidirectional vision for autonomous localization on-board a hexapod robot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Dupeyroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">José M Pereira Figueira</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sean Lapalus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilya Brodoline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Viollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Serres</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 1st International Conference on Cognitive Aircraft Systems – ICCAS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2020, Toulouse, France. </w:t>
+              <w:t xml:space="preserve">28th Mediterranean Conference on Control and Automation (MED), 2020 IEEE International Conference on</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, Saint-Raphaël, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.34849/cfsb-t270⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/MED48518.2020.9183091⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03112084v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02873396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peut-on naviguer sans GPS ni réseau 5G? Oui, je suis un robot fourmi</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Perceptual-motor coupling between Helicopter and ship during ship deck landing maneuvers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José M Pereira Figueira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien R. Serres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Rakotomamonjy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ruffier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Bioinspiration &amp; Services Fondés sur la Nature</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The 1st International Conference on Cognitive Aircraft Systems – ICCAS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2020, Toulouse, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.34849/cfsb-t270⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03042189v1</w:t>
+                <w:t xml:space="preserve">hal-03112084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bio-inspired celestial compass yields new opportunities for urban localization</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId85" w:history="1">
+                <w:t xml:space="preserve">Peut-on naviguer sans GPS ni réseau 5G? Oui, je suis un robot fourmi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Serres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Dupeyroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28th Mediterranean Conference on Control and Automation (MED), 2020 IEEE International Conference on</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journée Bioinspiration &amp; Services Fondés sur la Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CeMEB, Nov 2020, Montpellier, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02873353v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03042189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des robots hexapodes entièrement imprimés en 3D avec des articulations économes en énergie</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Bio-inspired celestial compass yields new opportunities for urban localization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Dupeyroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée des Jeunes Chercheurs en Robotique 2020 (JJCR'20)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">28th Mediterranean Conference on Control and Automation (MED), 2020 IEEE International Conference on</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, Saint-Raphaël, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/MED48518.2020.9183367⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03319436v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02873353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A bio-inspired optical compass for robotic applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">David Duché</w:t>
+                <w:t xml:space="preserve">Des robots hexapodes entièrement imprimés en 3D avec des articulations économes en énergie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilya Brodoline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marcel Pasquinelli</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Julien Serres</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop GDR 2088 BIOMIM 1st Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CNRS, Oct 2020, Nice, France. pp.34</w:t>
+              <w:t xml:space="preserve">Journée des Jeunes Chercheurs en Robotique 2020 (JJCR'20)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GDR Robotique du CNRS, Nov 2020, Visioconférence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04035950v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03319436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Honeybees flying over a mirror crash irremediably</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine H P Morice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9932,64 +9932,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the functional nature of perceptual-motor coupling during ship deck landing maneuvers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José M Pereira Figueira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Rakotomamonjy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10044,103 +10044,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M²APix: A Bio-Inspired Auto-Adaptive Visual Sensor for Robust Ground Height Estimation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Dupeyroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Boutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent U Perrinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2018 IEEE International Symposium on Circuits and Systems (ISCAS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Florence, Italy. </w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
@@ -10168,676 +10168,676 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01915657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Quasi-panoramic Bio-inspired Eye for Flying Parallel to Walls</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Providing an autonomous hexapod walking robot with the ability to reorientate: application of a novel ant-inspired celestial compass</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Dupeyroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Viollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Sensors 2017</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journée des Jeunes Chercheurs en Robotique (JJCR 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Bayonne, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01629291v1</w:t>
+                <w:t xml:space="preserve">hal-01643195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward an insect-inspired event-based autopilot combining both visual and control events</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">A Quasi-panoramic Bio-inspired Eye for Flying Parallel to Walls</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erik Vanhoutte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">E Vanhoutte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Event-Based Control, Communication and Signal Processing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/EBCCSP.2017.8022822⟩</w:t>
+              <w:t xml:space="preserve">IEEE Sensors 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Glasgow, United Kingdom. paper ID 1332, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICSENS.2017.8234110⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01528589v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01629291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hexabot: a small 3D-printed six-legged walking robot designed for desert ant-like navigation tasks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Dupeyroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Passault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IFAC Word Congress 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01643176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A novel insect-inspired optical compass sensor for a hexapod walking robot</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Toward an insect-inspired event-based autopilot combining both visual and control events</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Raharijaona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Vanhoutte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IROS 2017 - IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/IROS.2017.8206183⟩</w:t>
+              <w:t xml:space="preserve">International Conference on Event-Based Control, Communication and Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Funchal, Portugal. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/EBCCSP.2017.8022822⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01643172v1</w:t>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01528589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A honeybee's navigational toolkit on Board a Bio-inspired Micro Flying Robot</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">A novel insect-inspired optical compass sensor for a hexapod walking robot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Dupeyroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Diperi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Boyron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Viollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 9th International Micro Air Vehicle Conference and Competition (IMAV)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IROS 2017 - IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Vancouver, Canada. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IROS.2017.8206183⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01593819v1</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01643172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A bio-inspired celestial compass applied to an ant-inspired robot for autonomous navigation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Dupeyroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Diperi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Boyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECMR - European Conference on Mobile Robotics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Paris, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
@@ -10865,178 +10865,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01588859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Providing an autonomous hexapod walking robot with the ability to reorientate: application of a novel ant-inspired celestial compass</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">A honeybee's navigational toolkit on Board a Bio-inspired Micro Flying Robot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erik Vanhoutte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ruffier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée des Jeunes Chercheurs en Robotique (JJCR 2017)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Bayonne, France</w:t>
+              <w:t xml:space="preserve">The 9th International Micro Air Vehicle Conference and Competition (IMAV)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Toulouse, France. pp.136-142</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01643195v1</w:t>
+                <w:t xml:space="preserve">hal-01593819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Event-based visual guidance inspired by honeybees in a 3D tapered tunnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T Raharijaona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Vanhoutte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11096,90 +11096,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A fully-autonomous hovercraft inspired by bees: wall following and speed control in straight and tapered corridors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric L. Roubieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2012 IEEE International Conference on Robotics and Biomimetics (ROBIO 2012)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2012, Guangzhou, China. pp.1311-1318, </w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
@@ -11239,64 +11239,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoffrey Portelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Raharijaona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11334,51 +11334,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A bio-inspired robot accounts for insect behavior</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11423,1764 +11423,1764 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02194432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insect inspired autopilots</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pilote automatique bio-inspiré pour la navigation en 3D</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffrey Portelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Serres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ruffier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franceschini</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The International Symposium on Aero-aqua Bio-Mechanisms (ISABMEC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2009, Shangai, China</w:t>
+              <w:t xml:space="preserve">7ème Journées des Jeunes Chercheurs en Robotique (JJCR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2009, Neuvy-sur-Barangeon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02195500v1</w:t>
+                <w:t xml:space="preserve">hal-02298966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neuromimetic Robots inspired by Insect Vision</w:t>
+                <w:t xml:space="preserve">Bio-inspired optic flow sensors and optic flow based autopilots</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Aubépart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 3rd International Conference “Smart, Materials, Structures and Systems” (CIMTEC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2008, Acireale, Scicily, Italy. pp.127-136</w:t>
+              <w:t xml:space="preserve">USA-China Workshop on bio-inspired smart systems: materials, mechanics, control and sensor innovation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2009, Dalian, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01446805v1</w:t>
+                <w:t xml:space="preserve">hal-02194530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pilote automatique bio-inspiré pour la navigation en 3D</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Insect inspired autopilots</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Franceschini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ruffier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7ème Journées des Jeunes Chercheurs en Robotique (JJCR)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2009, Neuvy-sur-Barangeon, France</w:t>
+              <w:t xml:space="preserve">The International Symposium on Aero-aqua Bio-Mechanisms (ISABMEC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2009, Shangai, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02298966v1</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02195500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bio-inspired optic flow sensors and optic flow based autopilots</w:t>
+                <w:t xml:space="preserve">Neuromimetic Robots inspired by Insect Vision</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Viollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Aubépart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">USA-China Workshop on bio-inspired smart systems: materials, mechanics, control and sensor innovation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2009, Dalian, China</w:t>
+              <w:t xml:space="preserve">The 3rd International Conference “Smart, Materials, Structures and Systems” (CIMTEC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2008, Acireale, Scicily, Italy. pp.127-136</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02194530v1</w:t>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01446805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 3D insect-inspired visual autopilot for corridor-following</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Neuromimetic Robots inspired by Insect Vision</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Franceschini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Viollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ruffier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMBS International Conference on Biomedical Robotics and Biomechatronics (BioRob 2008)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">3rd International Conference “Smart, Materials, Structures and Systems” (CIMTEC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2008, Acireale, Sicily, Italy</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02294590v1</w:t>
+                <w:t xml:space="preserve">hal-02296278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D Navigation With An Insect-Inspired Autopilot</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">A bio-inspired optic flow based autopilot for guiding a miniature hovercraft in corridors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Dray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Deuxième conférence française de Neurosciences Computationnelles, "Neurocomp08"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2008, Marseille, France</w:t>
+              <w:t xml:space="preserve">IEEE-IROS Workshop on Visual Guidance Systems for Small Autonomous Aerial</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2008, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00331566v1</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02294457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pilote automatique bio-inspiré basé sur la vision du mouvement</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Un pilote automatique inspiré des insectes pour la navigation 3D dans un tunnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Portelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Franceschini</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ruffier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Franceschini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6ème Manifestation des Jeunes Chercheurs en STIC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2008, Marseille, France</w:t>
+              <w:t xml:space="preserve">4ème Journée de l'Ecole Doctorale Sciences du Mouvement Humain (JEDSMH)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2008, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02298360v1</w:t>
+                <w:t xml:space="preserve">hal-02298370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining sound and optic flow cues to reach a sound source despite lateral obstacles</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">From insects to robots and back</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Franceschini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ruffier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">N. Franceschini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2008 IEEE/SICE International Symposium on System Integration</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">2nd International Conference on Invertebrate Vision (ICIV)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2008, Bäckaskog, Sweden</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02294544v1</w:t>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02195476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A bio-inspired optic flow based autopilot for guiding a miniature hovercraft in corridors</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">A 3D insect-inspired visual autopilot for corridor-following</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffrey Portelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">David Dray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE-IROS Workshop on Visual Guidance Systems for Small Autonomous Aerial</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EMBS International Conference on Biomedical Robotics and Biomechatronics (BioRob 2008)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2008, Scottsdale, United States. pp.19-26, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/BIOROB.2008.4762816⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02294457v1</w:t>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02294590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neuromimetic Robots inspired by Insect Vision</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">3D Navigation With An Insect-Inspired Autopilot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffrey Portelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Serres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ruffier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franceschini</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd International Conference “Smart, Materials, Structures and Systems” (CIMTEC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2008, Acireale, Sicily, Italy</w:t>
+              <w:t xml:space="preserve">Deuxième conférence française de Neurosciences Computationnelles, "Neurocomp08"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2008, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02296278v1</w:t>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00331566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un pilote automatique inspiré des insectes pour la navigation 3D dans un tunnel</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Pilote automatique bio-inspiré basé sur la vision du mouvement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">N. Franceschini</w:t>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Dray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ruffier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4ème Journée de l'Ecole Doctorale Sciences du Mouvement Humain (JEDSMH)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2008, Avignon, France</w:t>
+              <w:t xml:space="preserve">6ème Manifestation des Jeunes Chercheurs en STIC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2008, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02298370v1</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02298360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From insects to robots and back</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Combining sound and optic flow cues to reach a sound source despite lateral obstacles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ruffier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Mukai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Nakashima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Franceschini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd International Conference on Invertebrate Vision (ICIV)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2008 IEEE/SICE International Symposium on System Integration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2008, Nagoya, Japan. pp.89-94, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SI.2008.4770432⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02195476v1</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02294544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insects as pilots: optic flow regulation for vertical and horizontal guidance</w:t>
+                <w:t xml:space="preserve">Vision based autopilot in flies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The International Symposium on Flying Insects and Robots (FIR)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2007, Ascona, Switzerland</w:t>
+              <w:t xml:space="preserve">Keynote lecture at "Visual Processing in Insects: From Anatomy to Behavior"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Janelia Farm Research Campus, Howard Hughes Medical Institute, Apr 2007, Washington DC, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02195516v1</w:t>
+                <w:t xml:space="preserve">hal-02301434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guidage visuel d'un aéroglisseur miniature dans un corridor</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Insects as pilots: optic flow regulation for vertical and horizontal guidance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Franceschini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ruffier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6ème Journées Nationales de la Recherche en Robotique (JNRR)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2007, Obernai, France</w:t>
+              <w:t xml:space="preserve">The International Symposium on Flying Insects and Robots (FIR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2007, Ascona, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02298992v1</w:t>
+                <w:t xml:space="preserve">hal-02195516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A bee in the corridor : Side-slip control autopilot</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Maëlle Ogier</w:t>
+                <w:t xml:space="preserve">Guidage visuel d'un aéroglisseur miniature dans un corridor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The International Symposium on Flying Insects and Robots (FIR)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2007, Ascona, Switzerland</w:t>
+              <w:t xml:space="preserve">6ème Journées Nationales de la Recherche en Robotique (JNRR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2007, Obernai, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02195537v1</w:t>
+                <w:t xml:space="preserve">hal-02298992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vision based autopilot in flies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A bee in the corridor : Side-slip control autopilot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffrey Portelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlle Ogier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ruffier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Serres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franceschini</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Keynote lecture at "Visual Processing in Insects: From Anatomy to Behavior"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Janelia Farm Research Campus, Howard Hughes Medical Institute, Apr 2007, Washington DC, United States</w:t>
+              <w:t xml:space="preserve">The International Symposium on Flying Insects and Robots (FIR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2007, Ascona, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02301434v1</w:t>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02195537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Two optic flow regulators for speed control and obstacle avoidance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13253,51 +13253,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automatic landing and take off at constant slope without terrestrial aids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -13335,51 +13335,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biomimetic visual navigation in a corridor: to centre or not to centre?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13430,51 +13430,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réguler le flux optique latéral pour naviguer dans un corridor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13557,77 +13557,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AntCar, Parsimonious Navigation : Ants-Inspired Visual Learning in a Car-like Robot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel G Gattaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Wystrach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -13665,77 +13665,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">UV paradox in animal vision for heading detection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Moutenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Serres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19ème Journée de l'École Doctorale Sciences du Mouvement Humain ED463 (JEDSMH 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Marseille, France. , 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -13760,51 +13760,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Honeybees' altitude control relies on same optical invariants as pilots</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aimie Berger Dauxère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13855,103 +13855,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulation de mesure polarimétrique du ciel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Moutenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Poughon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Toulon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Serres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18èmes journées Imagerie Optique Non-Conventionnelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2023, Paris, France. , 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -13976,77 +13976,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultraviolet vs. visible skylight polarization measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Moutenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Serres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée des Jeunes Chercheurs en Robotique (JJCR 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Moliets et Maâ, France. , 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -14071,117 +14071,117 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultraviolet vs. Visible Skylight Polarization Measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Moutenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Serres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">IEEE. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Sensors 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Vienna, Austria. </w:t>
             </w:r>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IEEE</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, A1P-A01, 2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/SENSORS56945.2023.10325144⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04267742v1</w:t>
@@ -14192,103 +14192,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tour d'horizon des capteurs polarimétriques dédiés à la robotique mobile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Moutenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Poughon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Kronland-Martinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18èmes journées Imagerie Optique Non-Conventionnelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2023, Paris, France. , 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -14313,103 +14313,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SkyPole -A bio-inspired polarimetric compass for GPS-denied navigation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Kronland-Martinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Poughon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Pasquinelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Duché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée des Jeunes Chercheurs en Robotique (JJCR 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Moliets et Maâ, France. , 2023</w:t>
@@ -14438,64 +14438,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Embedded Ants-Inspired Vision and Mushroom Bodies-Inspired Neural Model for Route Following in Mobile Robots</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel G Gattaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14540,381 +14540,381 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05357499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A stand-alone polarimetric acquisition system for producing a long-term skylight dataset</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">SkyPole - A bio-inspired method to locate the north celestial pole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Kronland-Martinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Poughon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...53 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Pasquinelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Duché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Serres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Sensors 2023</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">18ème Journée de l'École Doctorale Sciences du Mouvement Humain ED463 (JEDSMH 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Montpelier, France. , 2023, 18ème Journée de l'École Doctorale Sciences du Mouvement Humain ED463 (JEDSMH 2023)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04267779v2</w:t>
+                <w:t xml:space="preserve">hal-04232445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SkyPole - A bio-inspired method to locate the north celestial pole</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">A stand-alone polarimetric acquisition system for producing a long-term skylight dataset</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Poughon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...40 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jocelyn Monnoyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Viollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Aubry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien R Serres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">IEEE. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18ème Journée de l'École Doctorale Sciences du Mouvement Humain ED463 (JEDSMH 2023)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Sensors 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Vienna, Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">IEEE</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SENSORS56945.2023.10325176⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04232445v1</w:t>
+                <w:t xml:space="preserve">hal-04267779v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Capteur de cap basé sur les variations de propriété d'une lame d'onde avec l'incidence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Poughon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyn Monnoyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18ème Journée de l'École Doctorale Sciences du Mouvement Humain ED463 (JEDSMH 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Montpellier, France. , 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -14939,103 +14939,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulation de mesure polarimétrique du ciel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Moutenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Poughon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Toulon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Serres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18ème Journée de l'École Doctorale Sciences du Mouvement Humain ED463 (JEDSMH 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Montpellier, France. , 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -15086,51 +15086,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aimie Berger Dauxère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Montagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17ème Journée de l'École Doctorale Sciences du Mouvement Humain ED463 (JEDSMH 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Nice, France. 2022, 17ème Journée de l'École Doctorale Sciences du Mouvement Humain ED463 (JEDSMH 2022)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -15155,77 +15155,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Novel test bench for robotic leg characterization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilya Brodoline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">46ème congrès de la Société de Biomécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Saint-Etienne, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -15250,103 +15250,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bio-inspired Use of skylight polarization to measure heading for automotive industry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Poughon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyn Monnoyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Pradere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CNRS. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop GDR 2088 BIOMIM 1st Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2020, Nice, France. , F-P-01, pp.87, 2020, 1st Annual Meeting</w:t>
@@ -15369,537 +15369,537 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04621135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An energy efficient 3D printed leg for bio-inspired hexapod robots</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Honeybees flying over a mirror crash irremediably</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine H P Morice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constance Blary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Montagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée des Jeunes Chercheurs en Robotique 2019 (JJCR'19)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">4th International Conference on Invertebrate Vision (ICIV)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Bäckaskog, Sweden. , poster number 43, pp.260, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.13140/RG.2.2.24911.00162⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03326480v1</w:t>
+                <w:t xml:space="preserve">hal-03453393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Uncorrelated optic flow’s invariants controlling altitude in honeybees : a new experimental setup</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">An energy efficient 3D printed leg for bio-inspired hexapod robots</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilya Brodoline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Viollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Insectes Sociaux - 30ème congrès UIEIS - Section française</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2019, Avignon, France. </w:t>
+              <w:t xml:space="preserve">Journée des Jeunes Chercheurs en Robotique 2019 (JJCR'19)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Vittel, France. , 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03793125v1</w:t>
+                <w:t xml:space="preserve">hal-03326480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new experimental design to uncorrelate visual cues in honeybees' altitude control</w:t>
+                <w:t xml:space="preserve">Uncorrelated optic flow’s invariants controlling altitude in honeybees : a new experimental setup</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aimie Berger Dauxère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Montagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19ème Colloque de Biologie de l’Insecte (CBI 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Albi, France. , 2019</w:t>
+              <w:t xml:space="preserve">Insectes Sociaux - 30ème congrès UIEIS - Section française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Avignon, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03793033v1</w:t>
+                <w:t xml:space="preserve">hal-03793125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AntBot: a Fully Insect-Inspired Hexapod Homing like Desert Ants</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">A new experimental design to uncorrelate visual cues in honeybees' altitude control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aimie Berger Dauxère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Montagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th International Conference on Invertebrate Vision (ICIV)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2019, Bäckaskog, Sweden. </w:t>
+              <w:t xml:space="preserve">19ème Colloque de Biologie de l’Insecte (CBI 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Albi, France. , 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02272156v1</w:t>
+                <w:t xml:space="preserve">hal-03793033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Honeybees flying over a mirror crash irremediably</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">AntBot: a Fully Insect-Inspired Hexapod Homing like Desert Ants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Dupeyroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Franck Ruffier</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th International Conference on Invertebrate Vision (ICIV)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Aug 2019, Bäckaskog, Sweden. , poster number 43, pp.260, 2019, </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, Aug 2019, Bäckaskog, Sweden. </w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03453393v1</w:t>
+                <w:t xml:space="preserve">hal-02272156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Quasi-panoramic Bio-inspired Eye for Flying Parallel to Walls</w:t>
               </w:r>
@@ -15911,74 +15911,74 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erik Vanhouette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Sensors 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Glasgow, United Kingdom. , paper ID 1332, 2017, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICSENS.2017.8234110⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01630170v1</w:t>
@@ -15989,103 +15989,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A bio-inspired celestial compass for a hexapod walking robot in outdoor environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Dupeyroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Diperi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Boyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS 2017)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Vancouver, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -16110,103 +16110,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optic flow and energy invariants combined may explain gulls' altitude profiles during offshore takeoff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas J Evans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susanne Åkesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Duriez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Judy Shamoun-Baranes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6. International Bio‐logging Science Symposium (BLS6)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Lake Constance, Germany</w:t>
@@ -16235,103 +16235,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A bio-inspired celestial compass for a hexapod walking robot in outdoor environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Dupeyroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Diperi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Boyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13ème Journée de l'Ecole Doctorale 463</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -16369,51 +16369,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flying in 3D with an Insect based Visual Autopilot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Portelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16464,51 +16464,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A bee in a corridor: centering and wall-following</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16585,51 +16585,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A bee in the corridor: regulating the optic flow on one side</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume P. P Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16680,51 +16680,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A bee in the corridor: centring or wall-following ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16788,51 +16788,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regulating the lateral optic flow to navigate in a corridor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16915,90 +16915,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bio-Inspired Approaches—a Leverage for Robotics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Swaminath Venkateswaran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Chablat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Poramate Manoonpong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">MDPI, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/books978-3-7258-4545-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -17025,51 +17025,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optic flow-based robotics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId325" w:history="1">
@@ -17150,51 +17150,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taking Inspiration from Flying Insects to Navigate inside Buildings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Interdisciplinary Expansions in Engineering and Design With the Power of Biomimicry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, </w:t>
             </w:r>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
@@ -17228,77 +17228,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Hexapod Walking Robot Mimicking Navigation Strategies of Desert Ants Cataglyphis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Dupeyroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biomimetic and Biohybrid Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.145-156, 2018, 978-3-319-95972-6. </w:t>
             </w:r>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
@@ -17332,77 +17332,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insect inspired visual motion sensing and flying robots</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Raharijaona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lubin Kerhuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Roubieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17492,51 +17492,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Frederic Danion; Mark Latash. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Motor Control: Theories, Experiments, and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
@@ -17578,64 +17578,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Field Programmable Gate Array (FPGA) for Bio-Inspired Visuo-Motor Control Systems Applied to Micro-Air Vehicles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Aubépart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Dilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17734,64 +17734,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aerial Vehicles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, InTech, 2009, </w:t>
             </w:r>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
@@ -17851,51 +17851,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Flying Insects and Robots</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer Berlin Heidelberg, pp.29-50, 2009, </w:t>
             </w:r>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
@@ -17973,90 +17973,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dispositif de détection du cap d'un véhicule par détection de photons polarisés linéairement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyn Monnoyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Dupeyroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, N° de brevet: FR3086088A1. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -18106,103 +18106,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">NOVABOT Actor and Drone. A Dialectic between an actor's body and its fragmented portrayal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssra Mansar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Blayac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Dieuzayde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -18351,64 +18351,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward a fully autonomous hovercraft visually guided thanks to its own bio-inspired motion sensors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric L. Roubieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18484,51 +18484,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DE L'ABEILLE AU ROBOT : LA RÉGULATION DU FLUX OPTIQUE. Contrôle conjoint de vitesse et d'évitements d'obstacles latéraux pour véhicules totalement actionnés.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Automatique / Robotique. Université Montpellier II - Sciences et Techniques du Languedoc, 2008. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -18587,51 +18587,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des Propriétés Physiques du Monde à la Navigation Bioinspirée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Automatique / Robotique. Aix Marseille Université, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -18818,51 +18818,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347280v2" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Gattaux" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamidou Diallo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien R Serres" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Wystrach" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Ruffier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2026.3667486" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05010005v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Kronland-Martinet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Poughon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Moutenet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Pasquinelli" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Duch&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIM.2025.3553258" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05162876v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swaminath Venkateswaran" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Chablat" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Poramate Manoonpong" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomimetics10070417" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820343v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-62327-3" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357612v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Viollet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Serres" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584024v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Lapray" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s24113312" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737161v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Aubry" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Monnoyer" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13104-024-06959-6" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583086v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilya Brodoline" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Sauvageot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-62184-y" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520460v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Toulon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIM.2024.3374965" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04164096v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2304847120" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054227v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Thomas" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rakotomamonjy" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine H P Morice" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-26770-2" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046581v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimie Berger Daux&#232;re" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Montagne" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/insects14040313" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793581v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Thellier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Thouvenel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Diperi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/20222020" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03233202v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Mildonian" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838826v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien R. Serres" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinsphys.2022.104451" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614115v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Morice" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Blary" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Miot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsbl.2021.0534" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854123v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Moretto" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fourcassi&#233;" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MIM.2022.9955461" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840277v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2022.2116885" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03271535v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Buloup" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03457099v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/insects12121075" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03430897v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Patan&#232;" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaofeng Xiong" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dupeyroux" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s21227609" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03320154v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine H. P. Morice" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0255779" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03082645v2" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Marcio Pereira Figueira" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24721840.2020.1862659" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03464001v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2021.1978758" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02500157v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03077863v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02892659v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tc.13557" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02423389v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02157346v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aravind Narain Ravichandran" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Calmes" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Ramuz" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Blayac" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nanoen.2019.05.053" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01990800v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105997v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.robot.2019.04.007" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02321479v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02314398v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25250/thescbr.brk252" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02075700v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/scirobotics.aau0307" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02309725v2" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas J Evans" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Akesson" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Duriez" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judy Shamoun-Baranes" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsif.2019.0486" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01882712v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cois.2018.09.005" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01644523v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asd.2017.06.003" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01574508v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01551122v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Vanhoutte" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Mafrica" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinoud J. Bootsma" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s17030571" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01644531v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Portelli" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-09112-5" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01108274v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1672-6529(14)60099-8" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01848912v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Dubois" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01446797v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric L. Roubieu" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Colonnier" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Franceschini" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-3182/9/3/036003" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01848791v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02010550v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Portelli" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ruffier" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Franceschini" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jphysparis.2009.11.011" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01848804v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lubin Kerhuel" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01848939v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jaunay" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Escolano" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02294572v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume P. Masson" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00114-008-0440-6" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-W8FJC86C-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01758721v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Dray" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10514-007-9069-0" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02295687v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2006.12.032" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00784462v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pinel" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Thirion" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Meriaux" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoinette Jobert" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2202-8-91" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02295426v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbpa.2007.01.255" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02295717v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/5744" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160353v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel G Gattaux" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055159v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AICAS64808.2025.11173128" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833744v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Drapin" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Arroyave-Tob&#243;n" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794347v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607780v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3013560" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643625v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssra Mansar" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Dieuzayde" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bernier" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598667v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.18615.12967" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04145171v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512532v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219358v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04519955v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267766v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSORS56945.2023.10325176" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04122653v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Camman" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selma-Afakh Khader" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Livolsi" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101507v2" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267719v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSORS56945.2023.10325144" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05354130v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350996v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521170v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496952v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03989729v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-12848-6\_15" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03649805v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03255832v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03269654v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03319418v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03285797v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02873396v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean Lapalus" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MED48518.2020.9183091" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03112084v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Mathieu" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; M Pereira Figueira" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34849/cfsb-t270" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03042189v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02873353v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MED48518.2020.9183367" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03319436v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04035950v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judika&#235;l Le Rouzo" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Jacques Simon" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Escoubas" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03453381v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Ruffier" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.24911.00162" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03039183v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01915657v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Boutin" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent U Perrinet" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS.2018.8351433" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01629291v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSENS.2017.8234110" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01528589v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Raharijaona" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Vanhoutte" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EBCCSP.2017.8022822" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01643176v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Passault" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01643172v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Boyron" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2017.8206183" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01593819v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01588859v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECMR.2017.8098680" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01643195v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01332819v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Raharijaona" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Ruffier" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EBCCSP.2016.7605273" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00743129v2" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBIO.2012.6491150" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194478v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194432v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02195500v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01446805v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02298966v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194530v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Aub&#233;part" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02294590v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BIOROB.2008.4762816" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00331566v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02298360v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Dray" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02294544v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Mukai" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Nakashima" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SI.2008.4770432" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02294457v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02296278v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02298370v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02195476v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02195516v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02298992v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02195537v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Ogier" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02301434v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02295748v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BIOROB.2006.1639180" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02295758v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02295829v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02298941v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357376v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357435v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585486v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512698v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520060v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267742v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2023.ieee-sensorsconference.org/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04109732v2" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496956v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357499v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267779v2" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04232445v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357554v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513481v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793157v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03418366v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04621135v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Pradere" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03326480v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793125v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793033v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02272156v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03453393v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630170v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Vanhouette" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01643182v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02078084v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne &#197;kesson" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01915658v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02301416v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02195483v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02295700v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume P. P Masson" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01445551v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume P Masson" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02298950v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05264898v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/books978-3-7258-4545-3" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02294347v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1002/047134608X.W8321" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/047134608X.W8321" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01758731v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/intechopen.72918" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02075674v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-95972-6_16" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02294399v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Roubieu" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Expert" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789814354936_0022" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01985038v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://global.oup.com/academic/?lang=en&amp;amp;cc=fr" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03042173v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dilly" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/6466" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03042183v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/6491" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02294508v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-89393-6_3" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-D5T48VB4-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02529413v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314774v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060451v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Vimbert" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00743520v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00645272v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03085410v2" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347280v2" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Gattaux" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamidou Diallo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien R Serres" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Wystrach" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Ruffier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2026.3667486" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820343v2" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-62327-3" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357612v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Viollet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Serres" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05010005v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Kronland-Martinet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Poughon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Moutenet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Pasquinelli" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Duch&#233;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIM.2025.3553258" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05162876v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swaminath Venkateswaran" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Chablat" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Poramate Manoonpong" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomimetics10070417" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520460v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Toulon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIM.2024.3374965" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584024v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Lapray" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s24113312" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737161v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Aubry" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Monnoyer" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13104-024-06959-6" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583086v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilya Brodoline" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Sauvageot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-62184-y" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04164096v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2304847120" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054227v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Thomas" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rakotomamonjy" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine H P Morice" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-26770-2" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046581v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimie Berger Daux&#232;re" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Montagne" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/insects14040313" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793581v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Thellier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Thouvenel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Diperi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/20222020" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03233202v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Mildonian" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838826v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien R. Serres" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinsphys.2022.104451" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614115v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Morice" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Blary" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Miot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsbl.2021.0534" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854123v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Moretto" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fourcassi&#233;" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MIM.2022.9955461" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840277v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2022.2116885" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03464001v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2021.1978758" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03271535v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Buloup" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03457099v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/insects12121075" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03430897v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Patan&#232;" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaofeng Xiong" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dupeyroux" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s21227609" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03320154v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine H. P. Morice" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0255779" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03082645v2" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Marcio Pereira Figueira" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24721840.2020.1862659" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02500157v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03077863v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02892659v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tc.13557" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02309725v2" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas J Evans" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Akesson" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Duriez" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judy Shamoun-Baranes" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsif.2019.0486" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02157346v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aravind Narain Ravichandran" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Calmes" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Ramuz" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Blayac" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nanoen.2019.05.053" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02423389v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01990800v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105997v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.robot.2019.04.007" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02321479v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02314398v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25250/thescbr.brk252" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02075700v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/scirobotics.aau0307" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01882712v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cois.2018.09.005" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01644523v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asd.2017.06.003" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01574508v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01551122v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Vanhoutte" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Mafrica" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinoud J. Bootsma" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s17030571" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01644531v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Portelli" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-09112-5" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01108274v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1672-6529(14)60099-8" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01848912v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Dubois" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01446797v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric L. Roubieu" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Colonnier" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Franceschini" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-3182/9/3/036003" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01848791v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02010550v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Portelli" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ruffier" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Franceschini" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jphysparis.2009.11.011" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01848804v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lubin Kerhuel" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01848939v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jaunay" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Escolano" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02294572v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume P. Masson" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00114-008-0440-6" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-W8FJC86C-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01758721v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Dray" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10514-007-9069-0" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02295687v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2006.12.032" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00784462v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pinel" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Thirion" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Meriaux" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoinette Jobert" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2202-8-91" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02295426v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbpa.2007.01.255" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02295717v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/5744" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055159v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AICAS64808.2025.11173128" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160353v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel G Gattaux" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598667v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.18615.12967" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643625v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssra Mansar" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Dieuzayde" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bernier" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833744v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Drapin" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Arroyave-Tob&#243;n" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794347v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607780v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3013560" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496952v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521170v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04145171v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512532v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219358v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04519955v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267766v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSORS56945.2023.10325176" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04122653v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Camman" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selma-Afakh Khader" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Livolsi" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101507v2" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267719v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSORS56945.2023.10325144" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05354130v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350996v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03989729v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-12848-6\_15" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03649805v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03285797v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03255832v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03269654v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03319418v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04035950v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judika&#235;l Le Rouzo" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Jacques Simon" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Escoubas" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02873396v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean Lapalus" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MED48518.2020.9183091" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03112084v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Mathieu" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; M Pereira Figueira" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34849/cfsb-t270" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03042189v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02873353v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MED48518.2020.9183367" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03319436v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03453381v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Ruffier" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.24911.00162" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03039183v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01915657v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Boutin" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent U Perrinet" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS.2018.8351433" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01643195v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01629291v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSENS.2017.8234110" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01643176v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Passault" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01528589v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Raharijaona" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Vanhoutte" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EBCCSP.2017.8022822" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01643172v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Boyron" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2017.8206183" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01588859v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECMR.2017.8098680" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01593819v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01332819v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Raharijaona" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Ruffier" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EBCCSP.2016.7605273" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00743129v2" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBIO.2012.6491150" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194478v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194432v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02298966v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194530v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Aub&#233;part" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02195500v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01446805v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02296278v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02294457v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Dray" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02298370v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02195476v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02294590v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BIOROB.2008.4762816" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00331566v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02298360v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02294544v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Mukai" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Nakashima" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SI.2008.4770432" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02301434v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02195516v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02298992v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02195537v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Ogier" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02295748v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BIOROB.2006.1639180" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02295758v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02295829v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02298941v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357376v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357435v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585486v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512698v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520060v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267742v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2023.ieee-sensorsconference.org/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04109732v2" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496956v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357499v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04232445v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267779v2" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357554v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513481v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793157v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03418366v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04621135v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Pradere" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03453393v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03326480v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793125v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793033v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02272156v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630170v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Vanhouette" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01643182v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02078084v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne &#197;kesson" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01915658v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02301416v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02195483v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02295700v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume P. P Masson" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01445551v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume P Masson" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02298950v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05264898v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/books978-3-7258-4545-3" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02294347v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1002/047134608X.W8321" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/047134608X.W8321" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01758731v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/intechopen.72918" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02075674v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-95972-6_16" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02294399v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Roubieu" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Expert" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789814354936_0022" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01985038v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://global.oup.com/academic/?lang=en&amp;amp;cc=fr" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03042173v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dilly" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/6466" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03042183v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/6491" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02294508v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-89393-6_3" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-D5T48VB4-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02529413v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314774v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060451v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Vimbert" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00743520v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00645272v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03085410v2" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>