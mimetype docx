--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -634,183 +634,183 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04364583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les réalismes de l’anneau-monde</w:t>
+                <w:t xml:space="preserve">« La Faillite de l’imagination ». De l’existence scientifique de la sphère de Dyson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Wacquez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Socio - La nouvelle revue des sciences sociales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Science et science-fiction, 13, pp.155-180. </w:t>
+              <w:t xml:space="preserve">Gradhiva : revue d'histoire et d'archives de l'anthropologie </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 29, pp.188-221. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/socio.7915⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/gradhiva.4177⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05148938v1</w:t>
+                <w:t xml:space="preserve">halshs-02196073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« La Faillite de l’imagination ». De l’existence scientifique de la sphère de Dyson</w:t>
+                <w:t xml:space="preserve">Les réalismes de l’anneau-monde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Wacquez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gradhiva : revue d'histoire et d'archives de l'anthropologie </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 29, pp.188-221. </w:t>
+              <w:t xml:space="preserve">Socio - La nouvelle revue des sciences sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Science et science-fiction, 13, pp.155-180. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/gradhiva.4177⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/socio.7915⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02196073v1</w:t>
+                <w:t xml:space="preserve">hal-05148938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Sphère de Dyson</w:t>
               </w:r>
@@ -857,1232 +857,1216 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02196086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
+        <w:t xml:space="preserve">N°spécial de revue/special issue (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Group-Robot Interaction in the Wild: An Exploratory Field Study in Semi-public Spaces</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reconfigurations Robotiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joffrey Becker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Wacquez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Philosophia Scientiae</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 30-1, 2026, </w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elisabetta Zibetti</w:t>
+                <w:t xml:space="preserve">⟨10.4000/15o0m⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05506124v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Futurofolies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Grimaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Wacquez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Terrain : anthropologie et sciences humaines [Anciennement : Carnets du patrimoine ethnologique ; Revue d'ethnologie de l'Europe]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 79, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/terrain.25533⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphael Lorenzo-Louis</w:t>
+                <w:t xml:space="preserve">hal-04364004v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Science et science-fiction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Dufoix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Fabio Amadio</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Wacquez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Socio </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04451266v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Science et science-fiction », Socio</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Dufoix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Wacquez</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...39 lines deleted...]
-                <w:t xml:space="preserve">hal-05478495v2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04430871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">N°spécial de revue/special issue (4)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reconfigurations Robotiques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Group-Robot Interaction in the Wild: An Exploratory Field Study in Semi-public Spaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabetta Zibetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Lorenzo-Louis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Amadio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Wacquez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joffrey Becker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Philosophia Scientiae</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-05506124v1</w:t>
+              <w:t xml:space="preserve">HRI '26: 21st ACM/IEEE International Conference on Human-Robot Interaction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2026, Edinburgh Scotland UK, United Kingdom. pp.589-593, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3776734.3794463⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05478495v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Futurofolies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Grimaud</w:t>
+                <w:t xml:space="preserve">What Can Robots Teach Us About Trust and Reliance? An interdisciplinary dialogue between Social Sciences and Social Robotics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Wacquez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabetta Zibetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joffrey Becker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenzo Aloe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Amadio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Terrain : anthropologie et sciences humaines [Anciennement : Carnets du patrimoine ethnologique ; Revue d'ethnologie de l'Europe]</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04364004v1</w:t>
+              <w:t xml:space="preserve">18th International Workshop on Human-Friendly Robotics 2025, HFR 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Università degli Studi di Napoli Federico II, Jun 2025, Capri Island, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05157054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Science et science-fiction », Socio</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Dufoix</w:t>
+                <w:t xml:space="preserve">La confiance dans l’IA : Un piège épistémologique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Wacquez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...80 lines deleted...]
-                <w:t xml:space="preserve">Julien Wacquez</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joffrey Becker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Socio </w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04451266v1</w:t>
+              <w:t xml:space="preserve">École d'hiver de l'IDHN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut des Humanités Numériques, Dec 2025, Cergy, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05421102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (2)</w:t>
+        <w:t xml:space="preserve">Traduction (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What Can Robots Teach Us About Trust and Reliance? An interdisciplinary dialogue between Social Sciences and Social Robotics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Futurs moddables : la science-fiction comme laboratoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colin Milburn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Wacquez</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...167 lines deleted...]
-                <w:t xml:space="preserve">hal-05421102v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Traduction</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05513223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Traduction (1)</w:t>
+        <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Futurs moddables : la science-fiction comme laboratoire</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Multiversalités : Récits, analyses et critiques de science et de science-fiction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Wacquez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2024</w:t>
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-05513223v1</w:t>
+              <w:t xml:space="preserve">Julien Wacquez. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'oeil d'or</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Angle Mort, Julien Wacquez, 9782490437276</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05513152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ouvrages (1)</w:t>
+        <w:t xml:space="preserve">Article de blog scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiversalités : Récits, analyses et critiques de science et de science-fiction</w:t>
+                <w:t xml:space="preserve">L’inversion de monde. Comment un roman de science-fiction déstabilise les coordonnées de la pensée ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Wacquez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Julien Wacquez. </w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-05513152v1</w:t>
+              <w:t xml:space="preserve">2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.58079/vkdc⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article de blog scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05513095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article de blog scientifique (1)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...102 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La science-fiction n'est pas une littérature comme les autres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Wacquez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Julien Wacquez. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Multiversalités: Récits, analyses et critiques de science et de science-fiction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'oeil d'or</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, Angle Mort, 9782490437276</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05512981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId50"/>
+      <w:footerReference w:type="default" r:id="rId51"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2150,51 +2134,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="134519C0"/>
+    <w:nsid w:val="93441620"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2381,51 +2365,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/julien-wacquez" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0009-2909-901X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506128v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joffrey Becker" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Wacquez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15o0g" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513049v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Mengozzi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mult.094.0216" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148874v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/sfs.2023.a900278" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363960v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Grimaud" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/terrain.25613" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364583v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Halloy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/terrain.25684" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148938v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio.7915" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02196073v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gradhiva.4177" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02196086v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478495v2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Zibetti" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Lorenzo-Louis" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Amadio" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506124v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15o0m" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364004v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/terrain.25533" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430871v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dufoix" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451266v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05157054v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Aloe" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421102v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513223v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Milburn" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513152v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anglemort.media" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513095v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/vkdc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512981v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/julien-wacquez" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0009-2909-901X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506128v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joffrey Becker" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Wacquez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15o0g" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513049v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Mengozzi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mult.094.0216" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148874v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/sfs.2023.a900278" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363960v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Grimaud" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/terrain.25613" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364583v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Halloy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/terrain.25684" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02196073v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gradhiva.4177" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148938v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio.7915" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02196086v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506124v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15o0m" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364004v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/terrain.25533" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451266v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dufoix" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430871v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478495v2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Zibetti" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Lorenzo-Louis" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Amadio" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3776734.3794463" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05157054v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Aloe" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421102v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513223v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Milburn" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513152v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anglemort.media" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513095v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/vkdc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512981v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>