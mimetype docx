--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -619,429 +619,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03613310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clinical phenotype and loss of the slow skeletal muscle troponin T in three new patients with recessive TNNT1 nemaline myopathy</w:t>
+                <w:t xml:space="preserve">Characterization of Loss-Of-Function KCNJ2 Mutations in Atypical Andersen Tawil Syndrome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Justine Géraud</w:t>
+                <w:t xml:space="preserve">Pauline Le Tanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Klaus Dieterich</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">John Rendu</w:t>
+                <w:t xml:space="preserve">Mathilde Folacci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle Uro Coste</w:t>
+                <w:t xml:space="preserve">Jean Revilloud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Murielle Dobrzynski</w:t>
+                <w:t xml:space="preserve">Laurence Faivre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Medical Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/jmedgenet-2019-106714⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fgene.2021.773177⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02964560v1</w:t>
+                <w:t xml:space="preserve">hal-03478814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Second Report of Chronic Granulomatous Disease in Jordan: Clinical and Genetic Description of 31 Patients From 21 Different Families, Including Families From Lybia and Iraq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faris Ghalib Bakri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelle Mollin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Beaumel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Vigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Roux-Buisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Immunology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 12, pp.639226. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fimmu.2021.639226⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03186791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of Loss-Of-Function KCNJ2 Mutations in Atypical Andersen Tawil Syndrome</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Clinical phenotype and loss of the slow skeletal muscle troponin T in three new patients with recessive TNNT1 nemaline myopathy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Folacci</w:t>
+                <w:t xml:space="preserve">Justine Géraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Revilloud</w:t>
+                <w:t xml:space="preserve">Klaus Dieterich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Rendu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Faivre</w:t>
+                <w:t xml:space="preserve">Emmanuelle Uro Coste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabriel Laurent</w:t>
+                <w:t xml:space="preserve">Murielle Dobrzynski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 12, </w:t>
+              <w:t xml:space="preserve">Journal of Medical Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 58 (9), pp.602-608. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fgene.2021.773177⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1136/jmedgenet-2019-106714⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03478814v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02964560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of oculocerebrorenal syndrome of Lowe (OCRL) protein in megakaryocyte maturation, platelet production and functions: a study in patients with Lowe syndrome</w:t>
               </w:r>
@@ -1155,429 +1155,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04463208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In vivo RyR1 reduction in muscle triggers a core-like myopathy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Clinical, functional and genetic characterization of 16 patients suffering from chronic granulomatous disease variants – identification of 11 novel mutations in CYBB</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle Mollin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Beaumel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Vigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Pelletier</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Diane Giovannini</w:t>
+                <w:t xml:space="preserve">Julie Brault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Roux-Buisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Neuropathologica Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s40478-020-01068-4⟩</w:t>
+              <w:t xml:space="preserve">Clinical and Experimental Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/cei.13520⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03357440v2</w:t>
+                <w:t xml:space="preserve">hal-02974713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pathogenic Variants in the Myosin Chaperone UNC-45B Cause Progressive Myopathy with Eccentric Cores</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Donkervoort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carl Kutzner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandra Donkervoort</w:t>
+                <w:t xml:space="preserve">Ying Hu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavière Lornage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Rendu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Journal of Human Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 107 (6), pp.1078-1095. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ajhg.2020.11.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03668017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clinical, functional and genetic characterization of 16 patients suffering from chronic granulomatous disease variants – identification of 11 novel mutations in CYBB</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Bénédicte Vigne</w:t>
+                <w:t xml:space="preserve">In vivo RyR1 reduction in muscle triggers a core-like myopathy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Pelletier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Petiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Brocard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Giannesini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Brault</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Roux-Buisson</w:t>
+                <w:t xml:space="preserve">Diane Giovannini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical and Experimental Immunology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, </w:t>
+              <w:t xml:space="preserve">Acta Neuropathologica Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/cei.13520⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s40478-020-01068-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02974713v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03357440v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New recessive mutations in SYT2 causing severe presynaptic congenital myasthenic syndromes</w:t>
               </w:r>
@@ -2621,295 +2621,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01741725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mild clinical presentation in KLHL40-related nemaline myopathy (NEM 8)</w:t>
+                <w:t xml:space="preserve">The transcription coactivator ASC-1 is a regulator of skeletal myogenesis, and its deficiency causes a novel form of congenital muscle disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andreea M. Seferian</w:t>
+                <w:t xml:space="preserve">Laurianne Davignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edoardo Malfatti</w:t>
+                <w:t xml:space="preserve">Claire Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Bosson</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurent Pelletier</w:t>
+                <w:t xml:space="preserve">Cédric Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jessica Taytard</w:t>
+                <w:t xml:space="preserve">Corinne Dill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Duband-Goulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuromuscular Disorders</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nmd.2016.07.011⟩</w:t>
+              <w:t xml:space="preserve">Human Molecular Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 25 (8), pp.1559--1573. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/hmg/ddw033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01402113v1</w:t>
+                <w:t xml:space="preserve">hal-01295646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The transcription coactivator ASC-1 is a regulator of skeletal myogenesis, and its deficiency causes a novel form of congenital muscle disease</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mild clinical presentation in KLHL40-related nemaline myopathy (NEM 8)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Chauveau</w:t>
+                <w:t xml:space="preserve">Andreea M. Seferian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Julien</w:t>
+                <w:t xml:space="preserve">Edoardo Malfatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corinne Dill</w:t>
+                <w:t xml:space="preserve">Caroline Bosson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Pelletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Duband-Goulet</w:t>
+                <w:t xml:space="preserve">Jessica Taytard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Molecular Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 25 (8), pp.1559--1573. </w:t>
+              <w:t xml:space="preserve">Neuromuscular Disorders</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 26 (10), pp.712 - 716. </w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/hmg/ddw033⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.nmd.2016.07.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01295646v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01402113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional characterization of a Central Core Disease RyR1 mutation (p.Y4864H) associated with quantitative defect in RyR1 protein</w:t>
               </w:r>
@@ -3029,51 +3029,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prevalence and significance of rare RYR2 variants in arrhythmogenic right ventricular cardiomyopathy/dysplasia: results of a systematic screening.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Roux-Buisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Gandjbakhch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3180,51 +3180,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johann Böhm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Biancalana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edoardo Malfatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Dondaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3288,51 +3288,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The neuronal endopeptidase ECEL1 is associated with a distinct form of recessive distal arthrogryposis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klaus Dieterich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susana Quijano-Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3556,51 +3556,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Absence of triadin, a protein of the calcium release complex, is responsible for cardiac arrhythmia with sudden death in human.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Roux-Buisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Cacheux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3824,51 +3824,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional analysis reveals splicing mutations of the CASQ2 gene in patients with CPVT: implication for genetic counselling and clinical management.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Roux-Buisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Rendu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4582,295 +4582,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-00535737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exosomes are released by cultured cortical neurones.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tubulin tyrosination is a major factor affecting the recruitment of CAP-Gly proteins at microtubule plus ends.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leticia Peris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Thery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Fauré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Johannes Hirrlinger</w:t>
+                <w:t xml:space="preserve">Yasmina Saoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Chatellard-Causse</w:t>
+                <w:t xml:space="preserve">Laurence Lafanechère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular and Cellular Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 31 (4), pp.642-8. </w:t>
+              <w:t xml:space="preserve">Journal of Cell Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 174 (6), pp.839-49. </w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mcn.2005.12.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1083/jcb.200512058⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-00393925v1</w:t>
+                <w:t xml:space="preserve">inserm-00380096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tubulin tyrosination is a major factor affecting the recruitment of CAP-Gly proteins at microtubule plus ends.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Exosomes are released by cultured cortical neurones.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Fauré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leticia Peris</w:t>
+                <w:t xml:space="preserve">Gaëlle Lachenal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manuel Thery</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Julien Fauré</w:t>
+                <w:t xml:space="preserve">Magali Court</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yasmina Saoudi</w:t>
+                <w:t xml:space="preserve">Johannes Hirrlinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Lafanechère</w:t>
+                <w:t xml:space="preserve">Christine Chatellard-Causse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cell Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 174 (6), pp.839-49. </w:t>
+              <w:t xml:space="preserve">Molecular and Cellular Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 31 (4), pp.642-8. </w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1083/jcb.200512058⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.mcn.2005.12.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-00380096v1</w:t>
+                <w:t xml:space="preserve">inserm-00393925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Endosome-to-cytosol transport of viral nucleocapsids.</w:t>
               </w:r>
@@ -5234,234 +5234,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00820774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Small angle neutron scattering and gel filtration analyses of neutrophil NADPH oxidase cytosolic factors highlight the role of the C-terminal end of p47phox in the association with p40phox.</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Interactions between Rho GTPases and Rho GDP dissociation inhibitor (Rho-GDI).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Fauré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. C. Dagher</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, 40 (10), pp.3127-33</w:t>
+              <w:t xml:space="preserve">Biochimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 83 (5), pp.409-14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00820784v1</w:t>
+                <w:t xml:space="preserve">hal-00820776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interactions between Rho GTPases and Rho GDP dissociation inhibitor (Rho-GDI).</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Small angle neutron scattering and gel filtration analyses of neutrophil NADPH oxidase cytosolic factors highlight the role of the C-terminal end of p47phox in the association with p40phox.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Grizot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Grandvaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Fieschi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Fauré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Massenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, 83 (5), pp.409-14</w:t>
+              <w:t xml:space="preserve">Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 40 (10), pp.3127-33</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00820776v1</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00820784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Topological organization of the cytosolic activating complex of the superoxide-generating NADPH-oxidase. Pinpointing the sites of interaction between p47phoz, p67phox and p40phox using the two-hybrid system.</w:t>
               </w:r>
@@ -5877,51 +5877,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370307v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Melka" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Rotard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Benstaali" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Brocard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Giannesini" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/22143602251339354" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789691v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Marty" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Beaufils" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Faur&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Rendu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coph.2022.102330" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03820052v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Labasse" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Brochier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Lia Taratuto" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Cadot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-022-01400-0" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613310v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Biancalana" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Chaussenot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Mecili" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bieth" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-021-01254-y" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02964560v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine G&#233;raud" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Dieterich" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Uro Coste" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Dobrzynski" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jmedgenet-2019-106714" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186791v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faris Ghalib Bakri" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Mollin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Beaumel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Vigne" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Roux-Buisson" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2021.639226" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478814v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Le Tanno" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Folacci" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Revilloud" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Faivre" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Laurent" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2021.773177" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04463208v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Egot" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lasne" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Poirault-Chassac" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Mirault" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Pidard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjh.17346" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357440v2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pelletier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Petiot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Giovannini" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-020-01068-4" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668017v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Donkervoort" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Kutzner" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Hu" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavi&#232;re Lornage" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajhg.2020.11.002" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974713v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Brault" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cei.13520" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03555554v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bauch&#233;" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Sureau" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Sternberg" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Buon" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/NXG.0000000000000534" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03486192v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Masingue" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Sol&#233;" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanya Stojkovic" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah L&#233;onard-Louis" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nmd.2018.10.005" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01973947v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Garibaldi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Lac&#232;ne" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-018-0655-5" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475163v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Vanden Abeele" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Lotteau" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Ducreux" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Dubois" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Monnier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41436-018-0066-9" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884888v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Tessier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mallory Ducrozet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien van Coppenolle" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26717/BJSTR.2018.12.002181" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743651v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rendu" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bosson" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Roux-Buisson" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chatagnon" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bankole" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nmd.2017.09.014" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828357v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrick Montjean" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Coutton" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohnish Suri" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetan Chicanne" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/humu.23139" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01741725v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zine-Eddine Kherraf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Christou-Kent" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Karaouzene" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Amiri-Yekta" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martinez" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/emmm.201607461" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01402113v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreea M. Seferian" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edoardo Malfatti" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bosson" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Taytard" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nmd.2016.07.011" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01295646v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurianne Davignon" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chauveau" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Julien" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Dill" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Duband-Goulet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/ddw033" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01216714v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Cacheux" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Blum" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel S&#233;bastien" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Mamchaoui" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JND-150073" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01120324v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Gandjbakhch" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Donal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Probst" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Deharo" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981583v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann B&#246;hm" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Biancalana" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dondaine" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Koch" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awu272" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00904747v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Quijano-Roy" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Zhou" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/dds514" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00904818v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Denarier" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Pi&#233;tri-Rouxel" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/hum.2013.052" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00763211v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Fourest-Lieuvin" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fauconnier" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/dds104" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00763148v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Osseni" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Pernet-Gallay" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniella Rossi" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jcs.100958" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00644146v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Denjoy" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Guicheney" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Goldenberg" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/humu.21537" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/820CA8DF02663E8B809D2CD73D72FE241FD7F23B/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00567166v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vassilopoulos" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Oddoux" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Groh" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bi100796v" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00410303v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/jphysiol.2009.171892" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00516073v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Schweitzer" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Szentesi" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M109.022442" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00516977v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Lunardi" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00535737v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lunardi Jo&#235;l" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00393925v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lachenal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Court" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Hirrlinger" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chatellard-Causse" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mcn.2005.12.003" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00380096v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia Peris" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Thery" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmina Saoudi" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lafanech&#232;re" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1083/jcb.200512058" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00381829v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Le Blanc" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Philippe Luyet" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Pons" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Ferguson" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil Emans" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncb1269" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00820772v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Di-Po&#239;" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Faur&#233;" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Grizot" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Moln&#225;r" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pick" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00820774v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fieschi" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. V. Vignais" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. C. Dagher" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00820784v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Grandvaux" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Massenet" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00820776v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00820791v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Fuchs" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00954592v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-40282-1_9" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370307v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Melka" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Rotard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Benstaali" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Brocard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Giannesini" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/22143602251339354" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789691v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Marty" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Beaufils" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Faur&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Rendu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coph.2022.102330" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03820052v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Labasse" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Brochier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Lia Taratuto" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Cadot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-022-01400-0" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613310v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Biancalana" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Chaussenot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Mecili" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bieth" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-021-01254-y" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478814v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Le Tanno" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Folacci" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Revilloud" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Faivre" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Laurent" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2021.773177" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186791v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faris Ghalib Bakri" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Mollin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Beaumel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Vigne" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Roux-Buisson" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2021.639226" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02964560v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine G&#233;raud" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Dieterich" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Uro Coste" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Dobrzynski" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jmedgenet-2019-106714" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04463208v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Egot" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lasne" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Poirault-Chassac" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Mirault" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Pidard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjh.17346" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974713v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Brault" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cei.13520" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668017v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Donkervoort" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Kutzner" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Hu" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavi&#232;re Lornage" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajhg.2020.11.002" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357440v2" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pelletier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Petiot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Giovannini" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-020-01068-4" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03555554v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bauch&#233;" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Sureau" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Sternberg" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Buon" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/NXG.0000000000000534" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03486192v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Masingue" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Sol&#233;" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanya Stojkovic" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah L&#233;onard-Louis" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nmd.2018.10.005" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01973947v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Garibaldi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Lac&#232;ne" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-018-0655-5" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475163v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Vanden Abeele" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Lotteau" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Ducreux" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Dubois" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Monnier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41436-018-0066-9" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884888v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Tessier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mallory Ducrozet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien van Coppenolle" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26717/BJSTR.2018.12.002181" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743651v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rendu" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bosson" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Roux-Buisson" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chatagnon" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bankole" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nmd.2017.09.014" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828357v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrick Montjean" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Coutton" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohnish Suri" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetan Chicanne" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/humu.23139" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01741725v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zine-Eddine Kherraf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Christou-Kent" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Karaouzene" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Amiri-Yekta" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martinez" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/emmm.201607461" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01295646v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurianne Davignon" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chauveau" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Julien" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Dill" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Duband-Goulet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/ddw033" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01402113v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreea M. Seferian" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edoardo Malfatti" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bosson" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Taytard" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nmd.2016.07.011" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01216714v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Cacheux" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Blum" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel S&#233;bastien" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Mamchaoui" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JND-150073" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01120324v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Gandjbakhch" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Donal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Probst" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Deharo" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981583v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann B&#246;hm" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Biancalana" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dondaine" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Koch" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awu272" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00904747v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Quijano-Roy" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Zhou" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/dds514" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00904818v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Denarier" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Pi&#233;tri-Rouxel" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/hum.2013.052" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00763211v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Fourest-Lieuvin" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fauconnier" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/dds104" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00763148v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Osseni" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Pernet-Gallay" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniella Rossi" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jcs.100958" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00644146v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Denjoy" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Guicheney" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Goldenberg" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/humu.21537" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/820CA8DF02663E8B809D2CD73D72FE241FD7F23B/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00567166v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vassilopoulos" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Oddoux" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Groh" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bi100796v" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00410303v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/jphysiol.2009.171892" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00516073v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Schweitzer" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Szentesi" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M109.022442" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00516977v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Lunardi" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00535737v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lunardi Jo&#235;l" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00380096v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia Peris" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Thery" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmina Saoudi" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lafanech&#232;re" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1083/jcb.200512058" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00393925v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lachenal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Court" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Hirrlinger" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chatellard-Causse" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mcn.2005.12.003" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00381829v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Le Blanc" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Philippe Luyet" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Pons" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Ferguson" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil Emans" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncb1269" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00820772v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Di-Po&#239;" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Faur&#233;" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Grizot" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Moln&#225;r" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pick" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00820774v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fieschi" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. V. Vignais" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. C. Dagher" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00820776v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00820784v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Grandvaux" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Massenet" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00820791v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Fuchs" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00954592v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-40282-1_9" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>