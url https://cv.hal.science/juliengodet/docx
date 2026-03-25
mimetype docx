--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -364,412 +364,412 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05470973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microbiome‐Based Colon Cancer Patient Stratification and Survival Analysis</w:t>
+                <w:t xml:space="preserve">Sputum Inflammatory Patterns Are Associated With Distinct Clinical Characteristics in Patients with Occupational Asthma Independently of the Causal Agent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joshua Smyth</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Julien Godet</w:t>
+                <w:t xml:space="preserve">N. Migueres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anisa Choudhary</w:t>
+                <w:t xml:space="preserve">O. Vandenplas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anubrata Das</w:t>
+                <w:t xml:space="preserve">J. Walusiak-Skorupa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Georgios Gkoutos</w:t>
+                <w:t xml:space="preserve">M. Wiszniewska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Munoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancer Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/cam4.70434⟩</w:t>
+              <w:t xml:space="preserve">Journal of Investigational Allergology and Clinical Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 34 (2), pp.85-96. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18176/jiaci.0868⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05470952v1</w:t>
+                <w:t xml:space="preserve">hal-05471059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Outcomes of total elbow arthroplasty in the treatment of distal humeral fractures in the elderly: a retrospective cohort comparison between primary arthroplasty and arthroplasty secondary to failed internal fixation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Palladino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Baldairon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Clavert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Shoulder and Elbow Surgery</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 33 (8), pp.1659-1664. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jse.2024.03.032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05471044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sputum Inflammatory Patterns Are Associated With Distinct Clinical Characteristics in Patients with Occupational Asthma Independently of the Causal Agent</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Microbiome‐Based Colon Cancer Patient Stratification and Survival Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Vandenplas</w:t>
+                <w:t xml:space="preserve">Joshua Smyth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Walusiak-Skorupa</w:t>
+                <w:t xml:space="preserve">Anisa Choudhary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Wiszniewska</w:t>
+                <w:t xml:space="preserve">Anubrata Das</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X. Munoz</w:t>
+                <w:t xml:space="preserve">Georgios Gkoutos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Investigational Allergology and Clinical Immunology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 34 (2), pp.85-96. </w:t>
+              <w:t xml:space="preserve">Cancer Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 13 (22), </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.18176/jiaci.0868⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/cam4.70434⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05471059v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05470952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PvdL Orchestrates the Assembly of the Nonribosomal Peptide Synthetases Involved in Pyoverdine Biosynthesis in Pseudomonas aeruginosa</w:t>
               </w:r>
@@ -1130,399 +1130,399 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05471052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MEESSI-AHF score to estimate short-term prognosis of acute heart failure patients in the Emergency Department: a prospective and multicenter study</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Advancing Spectrally-Resolved Single Molecule Localization Microscopy with Deep Learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanna Manko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Mély</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Godet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Emergency Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/mej.0000000000001064⟩</w:t>
+              <w:t xml:space="preserve">Small</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/smll.202300728⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05461366v1</w:t>
+                <w:t xml:space="preserve">hal-04093209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daily socket comfort in transtibial amputee with a vacuum-assisted suspension system: study protocol of a randomized, multicenter, double-blind multiple N-of-1 trial</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Renaud Urbinelli</w:t>
+                <w:t xml:space="preserve">MEESSI-AHF score to estimate short-term prognosis of acute heart failure patients in the Emergency Department: a prospective and multicenter study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Oberlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Buis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Alamé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Paule Bitard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Sports Science, Medicine and Rehabilitation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13102-023-00694-4⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Emergency Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 30 (6), pp.424-431. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/mej.0000000000001064⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04245722v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05461366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advancing Spectrally-Resolved Single Molecule Localization Microscopy with Deep Learning</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yves Mély</w:t>
+                <w:t xml:space="preserve">Daily socket comfort in transtibial amputee with a vacuum-assisted suspension system: study protocol of a randomized, multicenter, double-blind multiple N-of-1 trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Klotz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Emile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu de Seze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Godet</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Urbinelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Small</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, </w:t>
+              <w:t xml:space="preserve">BMC Sports Science, Medicine and Rehabilitation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15 (1), pp.85. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/smll.202300728⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13102-023-00694-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04093209v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04245722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of Modifications Induced by Continued Direct Oral Anticoagulant Therapy during Atrial Fibrillation Ablation Procedures on Standard Hemostasis Parameters</w:t>
               </w:r>
@@ -2038,161 +2038,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03891191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of High-Dose Prophylactic Anticoagulation in Critically Ill Patients With COVID-19 Pneumonia</w:t>
+                <w:t xml:space="preserve">Predictive factors of amoxicillin immediate hypersensitivity and validation of PEN-FAST clinical decision rule.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charles Tacquard</w:t>
+                <w:t xml:space="preserve">Anays Piotin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Mansour</w:t>
+                <w:t xml:space="preserve">Jason A. Trubiano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Godon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Julien Godet</w:t>
+                <w:t xml:space="preserve">Manon Grandbastien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Poissy</w:t>
+                <w:t xml:space="preserve">Lydie Guénard-Bilbault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chest</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 159 (6), pp.2417-2427. </w:t>
+              <w:t xml:space="preserve">Annals of Allergy, Asthma and Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.chest.2021.01.017⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.anai.2021.07.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03285114v1</w:t>
+                <w:t xml:space="preserve">hal-03797781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Occupational Asthma Caused by Quaternary Ammonium Compounds: A Multicenter Cohort Study</w:t>
               </w:r>
@@ -2306,161 +2306,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03803842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predictive factors of amoxicillin immediate hypersensitivity and validation of PEN-FAST clinical decision rule.</w:t>
+                <w:t xml:space="preserve">Impact of High-Dose Prophylactic Anticoagulation in Critically Ill Patients With COVID-19 Pneumonia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anays Piotin</w:t>
+                <w:t xml:space="preserve">Charles Tacquard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Mansour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Godon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lydie Guénard-Bilbault</w:t>
+                <w:t xml:space="preserve">Julien Poissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Allergy, Asthma and Immunology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, </w:t>
+              <w:t xml:space="preserve">Chest</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 159 (6), pp.2417-2427. </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.anai.2021.07.005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.chest.2021.01.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03797781v1</w:t>
+                <w:t xml:space="preserve">hal-03285114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accuracy and technical limits of percutaneous pedicle screw placement in the thoracolumbar spine</w:t>
               </w:r>
@@ -2842,191 +2842,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03797766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phenotyping occupational asthma caused by acrylates in a multicentre cohort study</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Biostatistiques médicales avec GMRC Shiny Stats - un outil de formation par la pratique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Katri Suuronen</w:t>
+                <w:t xml:space="preserve">Thibaut Fabacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Cullinan</w:t>
+                <w:t xml:space="preserve">Michael Schaeffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Irmeli Lindström</w:t>
+                <w:t xml:space="preserve">Nicolas Tuzin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joaquin Sastre</w:t>
+                <w:t xml:space="preserve">Francois Severac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Allergy and Clinical Immunology: In Practice</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jaip.2019.10.017⟩</w:t>
+              <w:t xml:space="preserve">Annales Pharmaceutiques Françaises</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.499-506. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pharma.2020.06.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03877598v1</w:t>
+                <w:t xml:space="preserve">hal-03020600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Machine learning application for incident prostate adenocarcinomas automatic registration in a French regional cancer registry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Fabacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3076,51 +3076,51 @@
               <w:t xml:space="preserve">International Journal of Medical Informatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 139, pp.104139. </w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ijmedinf.2020.104139⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03478022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
@@ -3240,161 +3240,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03085907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biostatistiques médicales avec GMRC Shiny Stats - un outil de formation par la pratique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thibaut Fabacher</w:t>
+                <w:t xml:space="preserve">Phenotyping occupational asthma caused by acrylates in a multicentre cohort study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hille Suojalehto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Schaeffer</w:t>
+                <w:t xml:space="preserve">Katri Suuronen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Tuzin</w:t>
+                <w:t xml:space="preserve">Paul Cullinan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francois Severac</w:t>
+                <w:t xml:space="preserve">Irmeli Lindström</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Lefebvre</w:t>
+                <w:t xml:space="preserve">Joaquin Sastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales Pharmaceutiques Françaises</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, pp.499-506. </w:t>
+              <w:t xml:space="preserve">Journal of Allergy and Clinical Immunology: In Practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8 (3), pp.971-979.e1. </w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.pharma.2020.06.001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jaip.2019.10.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03020600v1</w:t>
+                <w:t xml:space="preserve">hal-03877598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FRET-FLIM and single molecule tracking reveal the supra-molecular organization of the pyoverdine bio-synthetic enzymes in Pseudomonas aeruginosa.</w:t>
               </w:r>
@@ -3618,64 +3618,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SARS-CoV-2 Pneumonia in Hospitalized Asthmatic Patients Did Not Induce Severe Exacerbation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Grandbastien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anays Piotin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3746,723 +3746,723 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03492500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cluster analysis of indoor environmental factors associated with symptoms of mite allergy</w:t>
+                <w:t xml:space="preserve">Severe Occupational Asthma: Insights From a Multicenter European Cohort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edouard Virot</w:t>
+                <w:t xml:space="preserve">Olivier Vandenplas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Naji Khayath</w:t>
+                <w:t xml:space="preserve">Laura Hurdubaea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martine Ott</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Audrey Dazy</w:t>
+                <w:t xml:space="preserve">Catherine Rifflart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hille Suojalehto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of allergy, asthma, &amp; immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.anai.2019.05.020⟩</w:t>
+              <w:t xml:space="preserve">Journal of Allergy and Clinical Immunology: In Practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 7 (7), pp.2309-2318.e4. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jaip.2019.03.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03637867v1</w:t>
+                <w:t xml:space="preserve">hal-05024435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Severe Occupational Asthma: Insights From a Multicenter European Cohort</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Exploring protein–protein interactions with large differences in protein expression levels using FLIM-FRET</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Mely</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Allergy and Clinical Immunology: In Practice</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jaip.2019.03.017⟩</w:t>
+              <w:t xml:space="preserve">Methods and Applications in Fluorescence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 8 (1), pp.014007. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/2050-6120/ab5dd2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05024435v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03034866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring protein–protein interactions with large differences in protein expression levels using FLIM-FRET</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cluster analysis of indoor environmental factors associated with symptoms of mite allergy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Virot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naji Khayath</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Ott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Dazy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Methods and Applications in Fluorescence</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 8 (1), pp.014007. </w:t>
+              <w:t xml:space="preserve">Annals of allergy, asthma, &amp; immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 123 (3), pp.280-283. </w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/2050-6120/ab5dd2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.anai.2019.05.020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03034866v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03637867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The RNA Complement of Outer Membrane Vesicles From Salmonella enterica Serovar Typhimurium Under Distinct Culture Conditions.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Key Role for the Periplasmic PfeE Esterase in Iron Acquisition via the Siderophore Enterobactin in Pseudomonas aeruginosa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Perraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Malabirade</w:t>
+                <w:t xml:space="preserve">Lucile Moynié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Gasser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Janine Habier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Patrick May</w:t>
+                <w:t xml:space="preserve">Mathilde Munier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2018.02015⟩</w:t>
+              <w:t xml:space="preserve">ACS Chemical Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 13 (9), pp.2603-2614. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acschembio.8b00543⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01870351v1</w:t>
+                <w:t xml:space="preserve">hal-02348537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Key Role for the Periplasmic PfeE Esterase in Iron Acquisition via the Siderophore Enterobactin in Pseudomonas aeruginosa</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Quentin Perraud</w:t>
+                <w:t xml:space="preserve">The RNA Complement of Outer Membrane Vesicles From Salmonella enterica Serovar Typhimurium Under Distinct Culture Conditions.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Malabirade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janine Habier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucile Moynié</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Véronique Gasser</w:t>
+                <w:t xml:space="preserve">Anna Heintz-Buschart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Munier</w:t>
+                <w:t xml:space="preserve">Patrick May</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Chemical Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 13 (9), pp.2603-2614. </w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9, pp.2015. </w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acschembio.8b00543⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2018.02015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02348537v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01870351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are high‐ and low‐molecular‐weight sensitizing agents associated with different clinical phenotypes of occupational asthma?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Vandenplas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Hurdubaea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Rifflart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hille Suojalehto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4653,425 +4653,425 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03879490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Critical shoulder angle: Measurement reproducibility and correlation with rotator cuff tendon tears</w:t>
+                <w:t xml:space="preserve">Structural insights into the HIV-1 minus-strand strong-stop DNA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Cherchi</w:t>
+                <w:t xml:space="preserve">Yingying Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. F. Ciornohac</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Philippe Clavert</w:t>
+                <w:t xml:space="preserve">Ouerdia Maskri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-François Kempf</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Francoise Chaminade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Rene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Benkaroun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Orthopaedics &amp; Traumatology: Surgery &amp; Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.otsr.2016.03.017⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 291 (7), pp.3468-3482. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1074/jbc.M115.708099⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03763927v1</w:t>
+                <w:t xml:space="preserve">hal-01280522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Can the presence of an infection be predicted before a revision total hip arthroplasty? Preliminary study to establish an infection score</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Jenny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Adamczewski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel de Thomasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Bonfait</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Orthopaedics &amp; Traumatology: Surgery &amp; Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 102 (2), pp.161-165. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.otsr.2015.12.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03637860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural insights into the HIV-1 minus-strand strong-stop DNA</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Critical shoulder angle: Measurement reproducibility and correlation with rotator cuff tendon tears</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francoise Chaminade</w:t>
+                <w:t xml:space="preserve">L. Cherchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brigitte Rene</w:t>
+                <w:t xml:space="preserve">J. F. Ciornohac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Godet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Clavert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jessica Benkaroun</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-François Kempf</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 291 (7), pp.3468-3482. </w:t>
+              <w:t xml:space="preserve">Orthopaedics &amp; Traumatology: Surgery &amp; Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 102 (5), </w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1074/jbc.M115.708099⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.otsr.2016.03.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01280522v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03763927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-dimensional super-resolution imaging enables surface hydrophobicity mapping</w:t>
               </w:r>
@@ -5185,860 +5185,860 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03859385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantitative sampling of conformational heterogeneity of a DNA hairpin using molecular dynamics simulations and ultrafast fluorescence spectroscopy</w:t>
+                <w:t xml:space="preserve">FRET-based assay to screen inhibitors of HIV-1 reverse transcriptase and nucleocapsid protein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karine Voltz</w:t>
+                <w:t xml:space="preserve">Kamal Kant Sharma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémie Léonard</w:t>
+                <w:t xml:space="preserve">Frédéric Przybilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patricia Touceda</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tobias Restle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Godet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Mély</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nucleic Acids Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 44 (7), pp.3408-3419. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/nar/gkw077⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 44 (8), pp.e74. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/nar/gkv1532⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02463446v1</w:t>
+                <w:t xml:space="preserve">hal-03709466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FRET-based assay to screen inhibitors of HIV-1 reverse transcriptase and nucleocapsid protein</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quantitative sampling of conformational heterogeneity of a DNA hairpin using molecular dynamics simulations and ultrafast fluorescence spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Voltz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Léonard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kamal Kant Sharma</w:t>
+                <w:t xml:space="preserve">Patricia Touceda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Przybilla</w:t>
+                <w:t xml:space="preserve">Jamie Conyard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tobias Restle</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ziyad Chaker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nucleic Acids Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 44 (8), pp.e74. </w:t>
+              <w:t xml:space="preserve">, 2016, 44 (7), pp.3408-3419. </w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/nar/gkv1532⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/nar/gkw077⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03709466v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02463446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FRET-based assay for monitoring flipping and polymerase activity in real time</w:t>
+                <w:t xml:space="preserve">Reverse Transcriptase in Action: FRET-Based Assay for Monitoring Flipping and Polymerase Activity in Real Time</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. K. Sharma</w:t>
+                <w:t xml:space="preserve">Kamal Sharma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Przybilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Przybilla</w:t>
+                <w:t xml:space="preserve">T Restle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Restle</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">J. Godet</w:t>
+                <w:t xml:space="preserve">Christian Boudier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Analytical Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 87, pp.7690-7697</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2015, 87 (15), pp.7690-7697. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.analchem.5b01126⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01280509v1</w:t>
+                <w:t xml:space="preserve">hal-05259964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of the Nucleocapsid Domain in HIV-1 Gag Oligomerization and Trafficking to the Plasma Membrane: A Fluorescence Lifetime Imaging Microscopy Investigation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salah Edin El Meshri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Salah Edin El Meshri</w:t>
+                <w:t xml:space="preserve">Denis Dujardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Dujardin</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Ludovic Richert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Boudier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Molecular Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 427 (6 Pt B), pp.1480-1494. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jmb.2015.01.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-02154959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development and multi-centre evaluation of a method for assessing the severity of potential harm of medication reconciliation errors at hospital admission in elderly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Doerper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Godet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean François Alexandra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Doerper</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Julien Godet</w:t>
+                <w:t xml:space="preserve">Benoit Allenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Andrès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Internal Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 26 (7), pp.491-497. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ejim.2015.07.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02007490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reverse Transcriptase in Action: FRET-Based Assay for Monitoring Flipping and Polymerase Activity in Real Time</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">FRET-based assay for monitoring flipping and polymerase activity in real time</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. K. Sharma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Przybilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kamal Sharma</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Przybilla</w:t>
+                <w:t xml:space="preserve">T. Restle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T Restle</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Julien Godet</w:t>
+                <w:t xml:space="preserve">C. Boudier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Analytical Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 87 (15), pp.7690-7697. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2015, 87, pp.7690-7697</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05259964v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01280509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamic interactions of the HIV-1 Tat with nucleic acids are critical for Tat activity in reverse transcription.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Boudier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Humbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6128,77 +6128,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Site-selective probing of cTAR destabilization highlights the necessary plasticity of the HIV-1 nucleocapsid protein to chaperone the first strand transfer.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Kenfack</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Przybilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Richert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6314,51 +6314,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Bernacchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Richert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Virology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 87 (11), pp.6492-6506. </w:t>
@@ -6390,459 +6390,459 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00841235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrin α5β1 plays a critical role in resistance to temozolomide by interfering with the p53 pathway in high-grade glioma.</w:t>
+                <w:t xml:space="preserve">Preoperative phlebography in anterior L4-L5 disc approach. Clinical experience about 63 cases.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hana Janouskova</w:t>
+                <w:t xml:space="preserve">Y. Diesinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Maglott</w:t>
+                <w:t xml:space="preserve">Y.P. Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David y Leger</w:t>
+                <w:t xml:space="preserve">D. Bouaka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Bossert</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">J.P. Steib</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancer Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1158/0008-5472.CAN-11-4199⟩</w:t>
+              <w:t xml:space="preserve">Orthopaedics &amp; Traumatology: Surgery &amp; Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 98 (8), pp.887-893. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.otsr.2012.09.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00746868v1</w:t>
+                <w:t xml:space="preserve">hal-00789014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Is preoperative embolization a prerequisite for spinal metastases surgical management?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Robial</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y.P. Charles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Robial</w:t>
+                <w:t xml:space="preserve">I. Bogorin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Beaujeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Orthopaedics &amp; Traumatology: Surgery &amp; Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 98 (5), pp.536-542</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00745653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preoperative phlebography in anterior L4-L5 disc approach. Clinical experience about 63 cases.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Integrin α5β1 plays a critical role in resistance to temozolomide by interfering with the p53 pathway in high-grade glioma.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hana Janouskova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Maglott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Diesinger</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Y.P. Charles</w:t>
+                <w:t xml:space="preserve">David y Leger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Bouaka</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J. Godet</w:t>
+                <w:t xml:space="preserve">Catherine Bossert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.P. Steib</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Fanny Noulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Orthopaedics &amp; Traumatology: Surgery &amp; Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 98 (8), pp.887-893. </w:t>
+              <w:t xml:space="preserve">Cancer Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 72 (14), pp.3463-3470. </w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.otsr.2012.09.011⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1158/0008-5472.CAN-11-4199⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00789014v1</w:t>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00746868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Involvement of the TGFβ pathway in the regulation of α5β1 integrins by caveolin-1 in human glioblastoma.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E.C. Cosset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Entz-Werle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7184,291 +7184,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00667422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative nucleic acid chaperone properties of the nucleocapsid protein NCp7 and Tat protein of HIV-1</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Structural and functional role of INI1 and LEDGF in the HIV-1 preintegration complex.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Ivanyi-Nagy</w:t>
+                <w:t xml:space="preserve">Benoit Maillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.L. Darlix</w:t>
+                <w:t xml:space="preserve">Nicolas Lévy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Mely</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sylvia Eiler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Crucifix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Granger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Virus Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.virusres.2012.06.021⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 8, pp.e60734. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0060734⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00783447v1</w:t>
+                <w:t xml:space="preserve">hal-01101113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural and functional role of INI1 and LEDGF in the HIV-1 preintegration complex.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Lévy</w:t>
+                <w:t xml:space="preserve">Comparative nucleic acid chaperone properties of the nucleocapsid protein NCp7 and Tat protein of HIV-1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Godet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Humbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvia Eiler</w:t>
+                <w:t xml:space="preserve">R. Ivanyi-Nagy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corinne Crucifix</w:t>
+                <w:t xml:space="preserve">J.L. Darlix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Granger</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Y. Mely</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 8, pp.e60734. </w:t>
+              <w:t xml:space="preserve">Virus Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 169 (2), pp.349-360. </w:t>
             </w:r>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0060734⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.virusres.2012.06.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01101113v1</w:t>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00783447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Common architecture of nuclear receptor heterodimers on DNA direct repeat elements with different spacings</w:t>
               </w:r>
@@ -7480,51 +7480,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Rochel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Ciesielski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Moman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7725,51 +7725,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Specific implications of the HIV-1 nucleocapsid zinc fingers in the annealing of the primer binding site complementary sequences during the obligatory plus strand transfer.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Ramalanjaona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8019,51 +8019,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Igor Kanevsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Chaminade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yingying Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8127,64 +8127,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biophysical studies of the nucleic acid chaperone properties of the HIV-1 nucleocapsid protein.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Mely</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RNA Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 7, pp.48-60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8235,51 +8235,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.V. Fritz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Dujardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Didier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8328,364 +8328,364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00448523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Site-specific characterization of HIV-1 nucleocapsid protein binding to oligonucleotides with two binding sites.</w:t>
+                <w:t xml:space="preserve">HIV-1 Vpr Oligomerization but Not That of Gag Directs the Interaction between Vpr and Gag</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S.V. Avilov</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J. Godet</w:t>
+                <w:t xml:space="preserve">Joëlle V. Fritz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Dujardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Piemont</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pascal Didier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan de Mey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 84 (3), pp.1585-1596. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/JVI.01691-09⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00406363v1</w:t>
+                <w:t xml:space="preserve">hal-04575463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Two-photon two-focus fluorescence correlation spectroscopy with a tunable distance between the excitation volumes.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Didier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Mely</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Fluorescence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 19, pp.561-565</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00406372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HIV-1 Vpr Oligomerization but Not That of Gag Directs the Interaction between Vpr and Gag</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Site-specific characterization of HIV-1 nucleocapsid protein binding to oligonucleotides with two binding sites.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jan de Mey</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">S.V. Avilov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Godet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Piemont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Mely</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Virology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 48, pp.2422-2430</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId355" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04575463v1</w:t>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00406363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Consequences of Isostructural Main-Chain Modifications for the Design of Antimicrobial Foldamers: Helical Mimics of Host-Defense Peptides Based on a Heterogeneous Amide/Urea Backbone.</w:t>
               </w:r>
@@ -8830,90 +8830,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HIV-1 nucleocapsid traps reverse transcriptase on nucleic acid substrates.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Grohmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Mely</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.L. Darlix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Restle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 47, pp.12230-12240</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8938,51 +8938,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">During the early phase of HIV-1 DNA synthesis, nucleocapsid protein directs hybridization of the TAR complementary sequences via the ends of their double-stranded stem.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. de Rocquigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9063,51 +9063,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">During the early phase of HIV-1 DNA synthesis, nucleocapsid protein directs hybridization of the TAR complementary sequences via the ends of their double-stranded stem.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Derocquigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9357,51 +9357,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05471049v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Alkanj" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Godet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erin Johns" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Gourieux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Michel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/ejhpharm-2024-004139" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05470973v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Felten" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Bigaut" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Wirth" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Kremer" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Gauer" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12909-025-07536-6" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05470952v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Smyth" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anisa Choudhary" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anubrata Das" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Gkoutos" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cam4.70434" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05471044v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Palladino" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Baldairon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Clavert" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jse.2024.03.032" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05471059v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Migueres" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Vandenplas" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Walusiak-Skorupa" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Wiszniewska" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Munoz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18176/jiaci.0868" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700786v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Manko" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Steffan" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gasser" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves M&#233;ly" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Schalk" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms25116013" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04568164v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew G Burton" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.202400101" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05471052v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Gourieux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ajhp/zxae011" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05461366v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Oberlin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Buis" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Alam&#233;" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Martinez" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Paule Bitard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/mej.0000000000001064" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245722v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Klotz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Emile" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu de Seze" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Urbinelli" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13102-023-00694-4" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093209v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.202300728" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05471080v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Muller" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Delabranche" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Sattler" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Millard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm12062236" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03821845v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Rousselle" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arielle Ferrandon" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mathieu" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ball" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bprint.2022.e00247" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222083v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Kepka" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Zarca" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lersy" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Moris" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00330-022-08791-7" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891191v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Blanc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Bilger" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2021-060459" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285114v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Tacquard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mansour" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Godon" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Poissy" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chest.2021.01.017" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03803842v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Migueres" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Debaille" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jolanta Walusiak-Skorupa" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Lipi&#324;ska-Ojrzanowska" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Munoz" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaip.2021.04.041" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797781v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anays Piotin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason A. Trubiano" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Grandbastien" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Gu&#233;nard-Bilbault" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anai.2021.07.005" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636051v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Philippe Charles" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Ntilikina" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Collinet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Schuller" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Garnon" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00276-020-02673-7" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763934v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Jochum" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Garbin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Ragueneau" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Meyer" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jogoh.2021.102280" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797766v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Wiszniewska" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Dellis" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vera van Kampen" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hille Suojalehto" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaip.2020.08.056" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877598v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katri Suuronen" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Cullinan" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irmeli Lindstr&#246;m" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquin Sastre" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaip.2019.10.017" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478022v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Fabacher" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Klein" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Velten" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Jegu" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmedinf.2020.104139" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03085907v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Normant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Perraud" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/61602" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020600v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Schaeffer" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tuzin" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Severac" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lefebvre" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pharma.2020.06.001" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011090v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Gasser" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Malrieu" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Forster" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Mely" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0033583519000155" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03017527v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coraline Rigouin" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.14937" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03492500v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Abessolo-Amougou" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Ederl&#233;" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaip.2020.06.032" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637867v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Virot" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naji Khayath" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Ott" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Dazy" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anai.2019.05.020" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024435v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vandenplas" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Hurdubaea" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Rifflart" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaip.2019.03.017" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034866v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2050-6120/ab5dd2" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870351v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Malabirade" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janine Habier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Heintz-Buschart" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick May" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.02015" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348537v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Moyni&#233;" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Munier" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acschembio.8b00543" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05471077v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/all.13542" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879490v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Bel" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Billard" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Viviani" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherif Akladios" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejogrb.2017.07.013" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P2VZSLSR-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763927v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cherchi" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. F. Ciornohac" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Kempf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.otsr.2016.03.017" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637860v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Jenny" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Adamczewski" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel de Thomasson" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Bonfait" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.otsr.2015.12.017" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280522v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yingying Chen" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouerdia Maskri" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Chaminade" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Rene" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Benkaroun" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M115.708099" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859385v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie N Bongiovanni" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathew H Horrocks" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Tosatto" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander R Carr" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms13544" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02463446v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Voltz" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie L&#233;onard" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Touceda" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamie Conyard" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziyad Chaker" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkw077" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709466v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Kant Sharma" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Przybilla" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Restle" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkv1532" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280509v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. K. Sharma" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Przybilla" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Restle" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Boudier" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Godet" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02154959v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah Edin El Meshri" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Dujardin" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Richert" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Boudier" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2015.01.015" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02007490v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Doerper" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois Alexandra" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Allenet" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Andr&#232;s" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejim.2015.07.014" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RZ41X4TP-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05259964v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Sharma" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Restle" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.5b01126" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00942758v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Humbert" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chaminade" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Chen" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. de Rocquigny" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkt934" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00838122v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Kenfack" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Richert" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Duportail" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkt164" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00841235v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Batisse" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.X. Guerrero" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bernacchi" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.03494-12" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00746868v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hana Janouskova" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Maglott" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David y Leger" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bossert" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Noulet" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/0008-5472.CAN-11-4199" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00745653v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Robial" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.P. Charles" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bogorin" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Beaujeux" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00789014v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Diesinger" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bouaka" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Steib" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.otsr.2012.09.011" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00705319v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.C. Cosset" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Entz-Werle" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gu&#233;rin" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Guenot" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00746869v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika C Cosset" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Entz-Werl&#233;" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gu&#233;rin" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Guenot" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.26415" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FZRTFG3Z-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667422v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Lutz" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Frances" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bessis" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cosnes" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Kluger" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/archdermatol.2011.305" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00783447v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ivanyi-Nagy" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Darlix" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Mely" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virusres.2012.06.021" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01101113v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Maillot" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas L&#233;vy" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Eiler" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Crucifix" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Granger" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0060734" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667005v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rochel" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ciesielski" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Moman" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Roessle" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666974v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Darlix" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Ivanyi-Nagy" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Foss&#233;" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mauffret" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2011.03.037" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PWRSPT0G-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667440v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ramalanjaona" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.K. Sharma" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkr274" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667406v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bennouna-Greene" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Kremer" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Stoetzel" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Christmann" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Schuster" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1399-0004.2011.01688.x" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667206v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Kanevsky" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Chaminade" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Ren&#233;" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkr526" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00658927v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448523v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.V. Fritz" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dujardin" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Didier" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. de Mey" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00406363v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.V. Avilov" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Piemont" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00406372v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575463v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle V. Fritz" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Didier" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan de Mey" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.01691-09" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00440427v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Claudon" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Violette" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Lamour" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Decossas" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Fournel" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.200905591" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-1V0SKNZ6-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00339361v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Grohmann" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00129870v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Raja" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Glasser" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ficheux" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00314251v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Derocquigny" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05471049v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Alkanj" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Godet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erin Johns" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Gourieux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Michel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/ejhpharm-2024-004139" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05470973v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Felten" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Bigaut" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Wirth" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Kremer" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Gauer" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12909-025-07536-6" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05471059v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Migueres" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Vandenplas" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Walusiak-Skorupa" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Wiszniewska" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Munoz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18176/jiaci.0868" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05471044v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Palladino" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Baldairon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Clavert" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jse.2024.03.032" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05470952v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Smyth" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anisa Choudhary" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anubrata Das" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Gkoutos" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cam4.70434" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700786v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Manko" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Steffan" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gasser" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves M&#233;ly" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Schalk" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms25116013" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04568164v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew G Burton" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.202400101" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05471052v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Gourieux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ajhp/zxae011" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093209v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.202300728" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05461366v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Oberlin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Buis" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Alam&#233;" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Martinez" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Paule Bitard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/mej.0000000000001064" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245722v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Klotz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Emile" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu de Seze" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Urbinelli" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13102-023-00694-4" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05471080v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Muller" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Delabranche" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Sattler" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Millard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm12062236" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03821845v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Rousselle" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arielle Ferrandon" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mathieu" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ball" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bprint.2022.e00247" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222083v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Kepka" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Zarca" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lersy" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Moris" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00330-022-08791-7" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891191v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Blanc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Bilger" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2021-060459" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797781v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anays Piotin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason A. Trubiano" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Grandbastien" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Gu&#233;nard-Bilbault" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anai.2021.07.005" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03803842v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Migueres" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Debaille" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jolanta Walusiak-Skorupa" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Lipi&#324;ska-Ojrzanowska" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Munoz" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaip.2021.04.041" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285114v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Tacquard" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mansour" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Godon" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Poissy" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chest.2021.01.017" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636051v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Philippe Charles" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Ntilikina" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Collinet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Schuller" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Garnon" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00276-020-02673-7" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763934v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Jochum" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Garbin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Ragueneau" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Meyer" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jogoh.2021.102280" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797766v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Wiszniewska" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Dellis" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vera van Kampen" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hille Suojalehto" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaip.2020.08.056" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020600v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Fabacher" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Schaeffer" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tuzin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Severac" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lefebvre" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pharma.2020.06.001" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478022v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Klein" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Velten" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Jegu" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmedinf.2020.104139" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03085907v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Normant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Perraud" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/61602" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877598v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katri Suuronen" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Cullinan" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irmeli Lindstr&#246;m" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquin Sastre" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaip.2019.10.017" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011090v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Gasser" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Malrieu" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Forster" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Mely" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0033583519000155" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03017527v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coraline Rigouin" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.14937" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03492500v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Abessolo-Amougou" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Ederl&#233;" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaip.2020.06.032" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024435v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vandenplas" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Hurdubaea" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Rifflart" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaip.2019.03.017" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034866v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2050-6120/ab5dd2" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637867v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Virot" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naji Khayath" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Ott" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Dazy" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anai.2019.05.020" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348537v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Moyni&#233;" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Munier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acschembio.8b00543" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870351v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Malabirade" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janine Habier" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Heintz-Buschart" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick May" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.02015" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05471077v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/all.13542" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879490v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Bel" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Billard" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Viviani" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherif Akladios" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejogrb.2017.07.013" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P2VZSLSR-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280522v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yingying Chen" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouerdia Maskri" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Chaminade" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Rene" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Benkaroun" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M115.708099" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637860v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Jenny" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Adamczewski" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel de Thomasson" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Bonfait" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.otsr.2015.12.017" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763927v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cherchi" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. F. Ciornohac" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Kempf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.otsr.2016.03.017" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859385v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie N Bongiovanni" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathew H Horrocks" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Tosatto" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander R Carr" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms13544" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709466v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Kant Sharma" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Przybilla" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Restle" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkv1532" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02463446v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Voltz" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie L&#233;onard" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Touceda" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamie Conyard" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziyad Chaker" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkw077" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05259964v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Sharma" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Restle" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Boudier" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.5b01126" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02154959v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah Edin El Meshri" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Dujardin" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Richert" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2015.01.015" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02007490v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Doerper" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois Alexandra" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Allenet" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Andr&#232;s" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejim.2015.07.014" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RZ41X4TP-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280509v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. K. Sharma" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Przybilla" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Restle" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Boudier" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Godet" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00942758v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Humbert" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chaminade" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Chen" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. de Rocquigny" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkt934" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00838122v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Kenfack" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Richert" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Duportail" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkt164" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00841235v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Batisse" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.X. Guerrero" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bernacchi" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.03494-12" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00789014v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Diesinger" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.P. Charles" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bouaka" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Steib" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.otsr.2012.09.011" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00745653v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Robial" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bogorin" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Beaujeux" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00746868v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hana Janouskova" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Maglott" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David y Leger" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bossert" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Noulet" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/0008-5472.CAN-11-4199" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00705319v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.C. Cosset" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Entz-Werle" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gu&#233;rin" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Guenot" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00746869v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika C Cosset" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Entz-Werl&#233;" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gu&#233;rin" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Guenot" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.26415" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FZRTFG3Z-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667422v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Lutz" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Frances" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bessis" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cosnes" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Kluger" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/archdermatol.2011.305" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01101113v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Maillot" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas L&#233;vy" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Eiler" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Crucifix" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Granger" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0060734" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00783447v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ivanyi-Nagy" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Darlix" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Mely" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virusres.2012.06.021" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667005v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rochel" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ciesielski" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Moman" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Roessle" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666974v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Darlix" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Ivanyi-Nagy" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Foss&#233;" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mauffret" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2011.03.037" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PWRSPT0G-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667440v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ramalanjaona" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.K. Sharma" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkr274" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667406v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bennouna-Greene" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Kremer" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Stoetzel" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Christmann" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Schuster" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1399-0004.2011.01688.x" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667206v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Kanevsky" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Chaminade" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Ren&#233;" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkr526" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00658927v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448523v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.V. Fritz" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dujardin" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Didier" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. de Mey" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575463v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle V. Fritz" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Didier" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan de Mey" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.01691-09" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00406372v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00406363v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.V. Avilov" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Piemont" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00440427v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Claudon" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Violette" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Lamour" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Decossas" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Fournel" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.200905591" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-1V0SKNZ6-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00339361v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Grohmann" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00129870v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Raja" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Glasser" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ficheux" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00314251v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Derocquigny" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>