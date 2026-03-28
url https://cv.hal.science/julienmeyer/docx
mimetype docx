--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -533,191 +533,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03659878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le pli, une figure d'interface entre architecture et ingénierie</w:t>
+                <w:t xml:space="preserve">Le pli, une figure d’interface entre architecture et ingénierie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Meyer</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Bignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SCAN’14 : Séminaire de Conception Architecturale Numérique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, Luxembourg, Luxembourg</w:t>
+              <w:t xml:space="preserve">Rencontre Recherche Arts-Architecture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Lorraine; École nationale supérieure d'architecture de Nancy; École nationale supérieure d'art de Nancy; École supérieure d'art de Nancy, Dec 2014, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02890234v1</w:t>
+                <w:t xml:space="preserve">halshs-05001576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le pli, une figure d’interface entre architecture et ingénierie</w:t>
+                <w:t xml:space="preserve">Le pli, une figure d'interface entre architecture et ingénierie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Duchanois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Bignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontre Recherche Arts-Architecture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Lorraine; École nationale supérieure d'architecture de Nancy; École nationale supérieure d'art de Nancy; École supérieure d'art de Nancy, Dec 2014, Metz, France</w:t>
+              <w:t xml:space="preserve">SCAN’14 : Séminaire de Conception Architecturale Numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Luxembourg, Luxembourg</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-05001576v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02890234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -975,51 +975,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410910v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Fr&#233;chard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anwar Nehlawi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Meyer" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Duchanois" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur d'Arabian" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04135362v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bl&#233;ron" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Besan&#231;on" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52202/069179-0482" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659878v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890234v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Bignon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05001576v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01615887v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017LORR0099" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410910v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Fr&#233;chard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anwar Nehlawi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Meyer" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Duchanois" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur d'Arabian" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04135362v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bl&#233;ron" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Besan&#231;on" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52202/069179-0482" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659878v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05001576v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890234v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Bignon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01615887v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017LORR0099" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>