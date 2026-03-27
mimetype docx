--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -434,316 +434,316 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04548942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study on nut shell lignification progress in hazelnut (Corylus vallena L.) cv. Segorbe</w:t>
+                <w:t xml:space="preserve">Solutions et stratégies pour maîtriser Halyomorpha halys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Alexandre Bout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessia Iacovonec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean‐Claude Streito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Julien Toillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Alison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nuts</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Phytoma </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 763, pp.16-22</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04271713v1</w:t>
+                <w:t xml:space="preserve">hal-04946788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solutions et stratégies pour maîtriser Halyomorpha halys</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alessia Iacovonec</w:t>
+                <w:t xml:space="preserve">Study on nut shell lignification progress in hazelnut (Corylus vallena L.) cv. Segorbe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Toillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean‐Claude Streito</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rachid Hamidi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phytoma </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Nuts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (3), pp.191-199. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.22034/jon.2022.1970774.1200⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04946788v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04271713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Underestimated Damage Caused by the European Hazelnut Weevil, Curculio nucum (Curculionidae)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Hamidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Toillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -833,51 +833,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leyla Ramade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Mulot-Greffeuille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Hamidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -932,51 +932,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Early effects of two planting densities on growth dynamics and water-use efficiency in Robinia pseudoacacia (L.) and Populus deltoides (Bartr. ex Marsh.) × P. nigra (L.) short rotation plantations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Toillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrick Priault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1066,51 +1066,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plasticity of yield and nitrogen removal in 56 Populus deltoides×P. nigra genotypes over two rotations of short-rotation coppice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Toillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwin Dallé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1334,51 +1334,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variability and plasticity of productivity, water-use efficiency, and nitrogen exportation rate in Salix short rotation coppice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Toillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Rollin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1468,51 +1468,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Planting density affects growth and water-use efficiency depending on site in Populus deltoides x P. nigra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Toillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Fichot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1640,689 +1640,689 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The green shield bug, Palomena prasina, and the red-legged shield bug, Pentatoma rufipes , two secondary pests of French hazelnuts</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A retrospective of 18 years of hazelnut phenology in southwestern France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Toillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Hamidi</w:t>
+                <w:t xml:space="preserve">C. Mulot-Greffeuille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Rouzes</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Julien Toillon</w:t>
+                <w:t xml:space="preserve">A. Paradinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Thomas</w:t>
+                <w:t xml:space="preserve">A. Lefrançois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Tavella</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">L. Ramade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Horticulturae</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1379, pp.385-392, 2023, </w:t>
+              <w:t xml:space="preserve">, 1379, pp.149-158, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.17660/ActaHortic.2023.1379.56⟩</w:t>
+                <w:t xml:space="preserve">⟨10.17660/ActaHortic.2023.1379.22⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04271753v1</w:t>
+                <w:t xml:space="preserve">hal-04271737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Consolidated BBCH scale for hazelnut phenotyping</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">French organic hazelnut production: a case study in southwestern France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Toillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">R. Hamidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Salaün</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">A. Paradinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Thomas</w:t>
+                <w:t xml:space="preserve">A. Lefrançois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Horticulturae</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1379, pp.159-168, 2023, </w:t>
+              <w:t xml:space="preserve">, 1379, pp.531-538, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.17660/ActaHortic.2023.1379.23⟩</w:t>
+                <w:t xml:space="preserve">⟨10.17660/ActaHortic.2023.1379.77⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04271745v1</w:t>
+                <w:t xml:space="preserve">hal-04271759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">French organic hazelnut production: a case study in southwestern France</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">French hazelnut production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Saphy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Ramade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.L. Reigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Toillon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Horticulturae</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1379, pp.531-538, 2023, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.17660/ActaHortic.2023.1379.77⟩</w:t>
+              <w:t xml:space="preserve">, 1379, pp.15-20, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17660/ActaHortic.2023.1379.3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04271759v1</w:t>
+                <w:t xml:space="preserve">hal-04271723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">French hazelnut production</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">L. Ramade</w:t>
+                <w:t xml:space="preserve">The green shield bug, Palomena prasina, and the red-legged shield bug, Pentatoma rufipes , two secondary pests of French hazelnuts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Hamidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.L. Reigne</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+                <w:t xml:space="preserve">R. Rouzes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Toillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Julien Toillon</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Tavella</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Horticulturae</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1379, pp.15-20, 2023, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.17660/ActaHortic.2023.1379.3⟩</w:t>
+              <w:t xml:space="preserve">, 1379, pp.385-392, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17660/ActaHortic.2023.1379.56⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04271723v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04271753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A retrospective of 18 years of hazelnut phenology in southwestern France</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Consolidated BBCH scale for hazelnut phenotyping</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Toillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid Hamidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Paradinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Ramade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Horticulturae</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1379, pp.149-158, 2023, </w:t>
+              <w:t xml:space="preserve">, 1379, pp.159-168, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.17660/ActaHortic.2023.1379.22⟩</w:t>
+                <w:t xml:space="preserve">⟨10.17660/ActaHortic.2023.1379.23⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04271737v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04271745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2459,57 +2459,57 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02742977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of wood production in bioenergy plantations: 1. through the use of adequate plant material in terms of resource use efficiencies</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Optimization of wood production in bioenergy plantations: Through the use of adequate plant material in terms of resource use efficiencies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Toillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Rollin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2538,103 +2538,103 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck F. Brignolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Poplars and Willows on the Prairies. Joint Conference of Poplar Council of Canada, IPC Environmental Applications Working Party, and Poplar Council of the United States</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2011, Edmonton, Canada</w:t>
+              <w:t xml:space="preserve">Poplars and Willows on the Prairies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Poplar Council of Canada, IPC Environmental. CAN., Sep 2011, Edmonton, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02748842v1</w:t>
+                <w:t xml:space="preserve">hal-02807114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of wood production in bioenergy plantations: Through the use of adequate plant material in terms of resource use efficiencies</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Optimization of wood production in bioenergy plantations: 1. through the use of adequate plant material in terms of resource use efficiencies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Toillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Rollin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2663,103 +2663,103 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck F. Brignolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Poplars and Willows on the Prairies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Poplar Council of Canada, IPC Environmental. CAN., Sep 2011, Edmonton, Canada</w:t>
+              <w:t xml:space="preserve">Poplars and Willows on the Prairies. Joint Conference of Poplar Council of Canada, IPC Environmental Applications Working Party, and Poplar Council of the United States</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Edmonton, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02807114v1</w:t>
+                <w:t xml:space="preserve">hal-02748842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wood production determinants in poplar: where are we going ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Toillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Rollin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2872,51 +2872,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variabilité génétique et plasticité de l’efficience d’utilisation des ressources (eau et azote chez les Salicacées cultivées en taillis à courte et très courte rotations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Toillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences du Vivant [q-bio]. Université de Lorraine, 2013. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -2943,51 +2943,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variabilité génétique et plasticité de l'efficience d'utilisation des ressources (eau et azote) chez les salicaceae cultivées en taillis à courte et à très courte rotation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Toillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sylviculture, foresterie. Université de Lorraine, 2013. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2013LORR0096⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -3046,51 +3046,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimization of wood production in bioenergy plantations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Toillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Rollin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3244,51 +3244,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1F5D391F"/>
+    <w:nsid w:val="0F44BA16"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3475,51 +3475,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/julientoillon" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9997-9460" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05393479v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Robin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibylle Papillon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gomes" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;n&#233;lope Montagnat-Misson" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Thomas" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59655/nc52122995494" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04548942v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bernard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Albouy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloise Tranchand" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/horticulturae10040402" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271713v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Toillon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Hamidi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22034/jon.2022.1970774.1200" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04946788v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bout" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Iacovonec" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;Claude Streito" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Alison" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271676v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agronomy12123059" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271576v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alane Paradinas" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leyla Ramade" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Mulot-Greffeuille" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scientia.2022.110902" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03326748v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Priault" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwin Dall&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bodineau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Bastien" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13595-021-01087-8" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01559392v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Berthelot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2016.05.023" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638028v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck F. Brignolas" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Marron" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Maury" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/58175" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01555325v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Rollin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Feinard-Duranceau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biombioe.2013.05.017" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01555329v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Fichot" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Brignolas" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2013.05.017" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V7VQ3K3X-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271753v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hamidi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Rouzes" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Thomas" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tavella" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2023.1379.56" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271745v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Paradinas" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ramade" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2023.1379.23" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271759v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Sala&#252;n" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lefran&#231;ois" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2023.1379.77" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271723v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Saphy" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Reigne" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2023.1379.3" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271737v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mulot-Greffeuille" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2023.1379.22" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742977v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Monclus" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Bonhomme" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis R. Fichot" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Chamaillard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748842v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807114v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753807v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Gauvin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02810513v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01749868v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013LORR0096" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744799v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/julientoillon" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9997-9460" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05393479v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Robin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibylle Papillon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gomes" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;n&#233;lope Montagnat-Misson" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Thomas" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59655/nc52122995494" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04548942v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bernard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Albouy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloise Tranchand" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/horticulturae10040402" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04946788v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bout" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Iacovonec" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;Claude Streito" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Toillon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Alison" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271713v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Hamidi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22034/jon.2022.1970774.1200" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271676v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agronomy12123059" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271576v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alane Paradinas" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leyla Ramade" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Mulot-Greffeuille" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scientia.2022.110902" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03326748v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Priault" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwin Dall&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bodineau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Bastien" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13595-021-01087-8" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01559392v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Berthelot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2016.05.023" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638028v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck F. Brignolas" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Marron" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Maury" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/58175" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01555325v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Rollin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Feinard-Duranceau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biombioe.2013.05.017" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01555329v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Fichot" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Brignolas" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2013.05.017" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V7VQ3K3X-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271737v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mulot-Greffeuille" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Paradinas" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lefran&#231;ois" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ramade" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2023.1379.22" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271759v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hamidi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Sala&#252;n" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2023.1379.77" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271723v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Saphy" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Reigne" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Thomas" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2023.1379.3" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271753v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Rouzes" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tavella" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2023.1379.56" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271745v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2023.1379.23" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742977v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Monclus" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Bonhomme" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis R. Fichot" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Chamaillard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807114v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748842v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753807v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Gauvin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02810513v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01749868v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013LORR0096" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744799v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>