--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -30,6492 +30,7039 @@
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:spacing w:after="20"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Julien ZURBACH </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
-[...26 lines deleted...]
-      <w:pPr>
         <w:spacing w:before="400"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (28)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (30)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Quelques leçons à tirer de l’historiographie de la fiscalité grecque archaïque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Zurbach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Archimède : archéologie et histoire ancienne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 10, pp.97-105. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.47245/archimede.0010.ds2.03⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04305449v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La disparition de la cité ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue des études anciennes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 125 (1), p. 161-178</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04652625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Phocide protohistorique : recherches archéologiques et géoarchéologiques sur le tell de Kirrha et dans la plaine d’Itea (Grèce) — 2022</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Orgeolet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioanna Moutafi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Pagnoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Zurbach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin archéologique des Écoles françaises à l’étranger</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Grèce centrale, pp.10233. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/baefe.10233⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04827391v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une nouvelle vision de l’esclavage antique. A propos de D.M. Lewis, Greek slave systems c. 800-146 B.C. in their Eastern Mediterranean Context (2018)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Topoi Orient - Occident</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 23, pp.121-131</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04052965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’envie de monnaie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Desmedt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eneko Hiriart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéopages : archéologie &amp; société</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Les archéologues face à l’économie, HS 5, pp.12-21</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02279521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neue Inschriften und Zeichen der Linear A – Schrift aus Milet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. del Freo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W.-D. Niemeier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Zurbach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kadmos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/kadmos-2015-0001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01630052v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans van Wees, Ships and Silver, Taxes and Tribute : A Fiscal History of Archaic Athens. London / New York : I. B. Tauris (2013). Pp. x, 213. ISBN 9781780766867.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Topoi Orient - Occident</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 21 (2), pp.471-481</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04052998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">M. del Freo</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Fragmentary Libation Table With Inscription In Linear A From Petsophas, Palaikastro (Pk Za 27)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carl Knappett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...103 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurizio del Freo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Studi Micenei ed Egeo-Anatolici. Nuova Serie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, pp.73-82</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04053005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kirrha 2008-2015 : un bilan d’étape. 1. La fouille et les structures archéologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Orgeolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Despoina Skorda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lou de Barbarin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reine-Marie Bérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de Correspondance Hellénique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 141 (1), pp.41-116. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/bch.519⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01913263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kirrha (Phocide)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Skorda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Orgeolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lagia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Moutafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de Correspondance Hellénique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 136-137 (2012-2013), pp.569-592</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01571062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D.W. Jones, Economic Theory and the Ancient Mediterranean,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Topoi</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, pp.671-673</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01571046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. De Angelis (ed.), Regionalism and Globalism in Antiquity. Exploring their Limits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014, pp.675-678</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01571048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La formation des cités grecques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Annales. Histoire, sciences sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 68/4 (oct.-déc. ), pp.957-998 </w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1017/S0395264900015079⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01570958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Présentation thème III</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ouzoulias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahier des thèmes transversaux ArScAn</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, X, 121-122</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02264543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les diasporas grecques du Détroit de Gibraltar à l’Indus (VIIIe s. av. J.-C. – fin du IIIe s. av. J.-C.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Historiens et géographes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 418, pp.99-131</w:t>
+              <w:t xml:space="preserve">, 2012, 417, pp.227-237</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01571066v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les diasporas grecques du Détroits de Gibraltar à l’Indus (VIIIe a – fin du IIIe a.C.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Capdetrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Historiens et géographes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Historiens et géographes, 417, pp.99-131</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01536802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les diasporas grecques du Détroit de Gibraltar à l’Indus (VIIIe s. av. J.-C. – fin du IIIe s. av. J.-C.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Historiens et géographes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 417, pp.227-237</w:t>
+              <w:t xml:space="preserve">, 2012, 418, pp.99-131</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01571069v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ch. 7 à 10, in R. Étienne (ed.), Actes de la table ronde de Nanterre sur la Cambridge Economic History of the Greco-Roman World, Topoi 17</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2012, pp.22-27</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01571027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Désorientalisation’ de la Méditerranée archaïque ? À propos de R. Étienne (dir.), La Méditerranée au VIIe siècle. Essais d’analyses archéologiques, Travaux de la Maison René Ginouvès,Topoi 17</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01630136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Demetriou, Negotiating Identity in the Ancient Mediterranean. The Archaic and Classical Greek Multiethnic Emporia, Topoi 8/2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2012, pp.431-434</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01571040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grèce : les hommes et la terre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 362 (mars), pp.70-75</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00784785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La terre en Grèce ancienne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Zurbach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Etudes foncières</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 143 (janvier-février), pp.53-56</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00784778v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La &amp;quot; société homérique &amp;quot; et le don</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gaïa - Revue interdisciplinaire sur la Grèce archaïque</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 13, pp.57-79</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00783103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...68 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kirrha (Phocide)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Skorda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de Correspondance Hellénique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 134 (2), pp.545-549. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3406/bch.2010.7718⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00784755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kirrha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Skorda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de Correspondance Hellénique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 133 (2), pp.565. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3406/bch.2009.7583⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00784753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paysanneries de la Grèce archaïque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Histoire &amp; sociétés rurales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 31, pp.9-44</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00779105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colonisation et question foncière.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annuario della Scuola Archeologica di Atene e delle Missioni Italiane in Oriente</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 86 (III/1), pp.87-103</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00779173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Journées maliotes Malia, ville et territoire:</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maia Pomadère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de Correspondance Hellénique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 131 (2), pp.821-887. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3406/bch.2007.7473⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00778848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. TREUIL (dir.), Dikili Tash. Village préhistorique de Macédoine orientale.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Zurbach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00784625v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ph. Cancier, F. Joannes, P. Rouillard, A. Tenu (éd.), Autour de Polanyi.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lerouxel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2006, pp.349-360</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00783249v1</w:t>
-              </w:r>
-[...64 lines deleted...]
-                <w:t xml:space="preserve">halshs-00784625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Supports d'écriture et les sources conservées ou disparues dans les mondes chinois et grec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Venture</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comparaison des mondes hellénistiques et de la Chine ancienne. Archéologie et textes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Christelle Fischer-Bovet; Institut d'Etudes Avancées de Paris, Feb 2026, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05531619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ouvrages (13)</w:t>
+        <w:t xml:space="preserve">Ouvrages (16)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Passés croisés, passés composés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jing Xie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editions Kimé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Détours littéraires, 9782380720679</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04052979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le pouvoir et la parole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane Guieu-Coppolani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Joséphine Werlings</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Zurbach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">De Boccard, 2021, Etudes Anciennes, 978-2913667-62-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03923081v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Édouard Will historien nancéen du monde grec</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Graslin-Thomé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Zurbach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">ADRA, pp.196, 2021, 978-2-913667-61-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03206052v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Will</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Graslin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Zurbach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">ADRA, 75, 2021, Études anciennes, 978-2-913667-61-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03366935v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Statuts personnels et main-d’œuvre en Méditerranée hellénistique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Maillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Zurbach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses Universitaires Blaise-Pascal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, HISTOIRES CROISÉES, 978-2-84516-976-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03550771v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le changement dans les économies antiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...16 lines deleted...]
-                <w:t xml:space="preserve">Laetitia Graslin-Thomé</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lerouxel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">ADRA, pp.196, 2021, 978-2-913667-61-7</w:t>
+              <w:t xml:space="preserve">Ausonius Éditions, Scripta Antiqua (140), 2020, 978-2-35613-346-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Laetitia Graslin</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04048747v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naissance de la Grèce. De Minos à Solon, 3200-510 avant notre ère</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Cecilia D'Ercole</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">ADRA, 75, 2021, Études anciennes, 978-2-913667-61-7</w:t>
+              <w:t xml:space="preserve">Edition Belin, 2019, 978-2-7011-6492-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Maillot</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03848635v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Country in the City: Agricultural Functions of Protohistoric Urban Settlements (Aegean and Western Mediterranean)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...23 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Orgeolet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maia Pomadère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Zurbach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Archaeopress Publishing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 210 p., 2019, 9781789691337. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2307/j.ctvr00x98⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">François Lerouxel</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03152596v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Carlier (†), Fr. Joannès, Fr. Rougemont, J. Zurbach (éd.), Palatial Economies in the Ancient Near East and in the Aegean. First Steps Towards a Comprehensive Study and Analysis, ESF Exploratory Workshop held in Sèvres (France), 16-19 Sept. 2010, Pasiphae 11, Pise – Rome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Ausonius Éditions, Scripta Antiqua (140), 2020, 978-2-35613-346-5</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Joannès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Rougemont</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrizio Serra Editore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, PASIPHAE, 978-88-6227-921-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Dominique Garcia</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04053021v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les hommes, la terre et la dette en Grèce, c 1400 - c 500 aC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Zurbach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ausonius Editions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 95, 2017, Scripta antiqua, 9782356134301</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04053023v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La céramique commune.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Esposito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Raphaël Orgeolet</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Zurbach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">A. Esposito, J. Zurbach De Boccard 21, pp.13-36, 2015, Travaux de la MAE René Ginouvès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01571010v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les céramiques communes.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Zurbach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">A. Esposito, J. Zurbach De Boccard 21, 2015, Travaux de la MAE René Ginouvès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01570887v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les céramiques communes. Techniques et cultures en contact</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arianna Esposito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Zurbach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Éditions De Boccard. pp.171, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02944757v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Études mycéniennes 2010</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Carlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ch. de Lamberterie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Egetmeyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Guilleux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Rougemont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pise-Rome, Fabrizio Serra, 611 p., 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00716962v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mobilités grecques. Mouvements, réseaux, contacts en Méditerranée, de l’époque archaïque à l’époque classique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Capdetrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Zurbach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Capdetrey, Laurent et Zurbach, Julien. Ausonius Editions, 46, 2012, Scripta Antiqua</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01792641v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La nécropole de Dréros</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Massimo Perna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maia Pomadère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...23 lines deleted...]
-            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco de Sanctis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Mulliez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Massimo Perna. Athènes : École française d'Athènes Naples : Università degli studi di Napoli Suor Orsola Benincasa Paris : diff. de Boccard, pp.170, 2009, Études Crétoises ISSN 1105-2236; 8,2</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...572 lines deleted...]
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00778803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (36)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (37)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le déchiffrement du linéaire B ; Les écritures égéennes,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Déchiffrements. Catalogue de l’exposition au Musée Champollion, Figeac, 2022, 56-62 et 64-69</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Musée Champollion Figeac, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04052983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les textes homériques et la « découverte » de la communauté rurale par l’Europe savante du XIXe s</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">JING Xie; Julien ZURBACH. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Passés croisés, passés composés. Perspectives à partir des “Classiques” depuis la Chine et la France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editions Kimé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.125-133, 2022, 9782380720679</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04052981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Derrière le savant, l’homme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Graslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Laëtitia Graslin-Thomé; Julien Zurbach. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Édouard Will : historien nancéen du monde grec</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ADRA, pp.5-32, 2021, 978-2-913667-61-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03527015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metal money before coinage in the Aegean, ca. 1400–600 BC</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Lorenz Rahmstorf; Gojko Barjamovic; Nicola Ialongo. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Merchants, Measures and Money Understanding Technologies of Early Trade in a Comparative Perspective</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wachholtz Verlag</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.317-333, 2021, Weight &amp; Value, 978-3-529-03541-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04052957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Avant-propos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane Guieu-Coppolani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Joséphine Werlings</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Zurbach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">ADRA. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le pouvoir et la parole. Mélanges en mémoire de Pierre Carlier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, De Boccard, p. 5-12, 2021, 978-2913667-62-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03923109v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Greece and Anatolia, 1200-500 BC</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Pagnoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">David Hollander; Timothy Howe. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">A companion to ancient agriculture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Wiley, p. 267-287, 2020, 978-1-118-97092-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03040508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monnaies pesées en plusieurs métaux : bronze, or, argent en Méditerranée archaïque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Eneko Hiriart; Julia Genechesi; Vernonica Cicolani; Stéphane Martin; Sylvia Nieto-Pelletier; Fabienne Olmer. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monnaies et archéologie en Europe celtique. Mélanges en l’honneur de Katherine Gruel</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bibracte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.185-188, 2018, Bibracte, 978-2-909668-970</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04052991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Discerning Acculturation at Miletus: Minoanisation and Mycenaeanisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Raymond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Kaiser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L.-C. Rizzotto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Beyond Thalassocracies. Understanding the Processes of Minoanisation and Mycenaeanisation in the Aegean </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01630046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Confiscation, conquête et colonisation dans les cités grecques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Expropriations et confiscations dans l’Italie et les provinces : la colonisation durant la République et l’empire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01630038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vasi con iscrizioni in lineare B</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Manuale di filologia micenea</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01630026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Die zyprominoischen Zeichen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Zurbach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Die mykenischen Gräber am Değirmentepe, Milesische Forschungen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01630040v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Revisiting the Tomb: Mortuary Practices in Habitation Areas in the Transition to the Late Bronze Age at Kirrha, Phocis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lagia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Moutafi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Orgeolet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Zurbach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Skorda</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Staging Death. Funerary performance, Architecture and Landscape in the Aegean</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01630056v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le registrazioni relative alle terre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Manuale di filologia micenea</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01630016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...189 lines deleted...]
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esclaves, dette, monnaie en Grèce mycénienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Marie-Louise Nosch; Hedvig Landenius Enegren. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aegean Scripts Proceedings of the 14th International Colloquium on Mycenaean Studies Copenhagen, 2-5 September 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CV, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Istituto di Studi sul Mediterraneo Antico (Consiglio Nazionale delle Ricerche)</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.659-672, 2017, INCUNABULA GRAECA, 978-88-8080-275-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04053017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miletus. A great city and the social tensions of the Archaic period</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Karia Arkhaia, actes du colloque d’Istanbul, Nov. 2013 </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01630121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les communautés rurales et le palais dans la Grèce mycénienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tierra, territorio y población en la Grecia antigua: aspectos institucionales y míticos, acts of the Barcelona congress (2012) </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, inPress</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01630115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamiques égéennes (2500-400)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Histoire des mondes anciens </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01630049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Revisiting the Tomb: Mortuary Practices in Habitation Areas in the Transition to the Late Bronze Age at Kirrha, Phocis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Lagia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioanna Moutafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Orgeolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Despoina Skorda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Anastasia Dakouri-Hild; Michael J. Boyd. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Staging Death: Funerary Performance, Architecture and Landscape in the Aegean</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, De Gruyter, pp.181-205, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02309608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">J. Zurbach. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La main-d’oeuvre agricole en Méditerranée archaïque. Statuts et dynamiques économiques. Actes des journées « Travail de la terre et statuts de la main-d’oeuvre en Grèce et en Méditerranée archaïques », Athènes, 15 et 16 décembre 2008</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 74, Ausonius, pp.11-14, 2015, Scripta Antiqua</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01571004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Festins royaux et communs dans les sociétés mycéniennes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">A. Esposito. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Autour du « banquet ». Modèles de consommation et usages sociaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.31-41 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01571012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zur Rolle der kleinasiatischen Beziehungen in der mykenischen Palastwirtschaft</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Zurbach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">D. Panagiotopoulos, I. Kaiser, O. Kouka. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ein Minoer im Exil. Festschrift für Wolf-Dietrich Niemeier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 270, pp.407-418 2015, Universitätsforschungen zur prähistorischen Archäologie</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01571018v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La céramique commune : problèmes et perspectives de recherches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arianna Esposito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les céramiques communes. Techniques et cultures en contact</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 21, De Boccard, pp.13-36, 2015, Travaux de la Maison Archéologie &amp; Ethnologie René Ginouvès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03626010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...72 lines deleted...]
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conclusions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">J. Zurbach. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La main-d’oeuvre agricole en Méditerranée archaïque. Statuts et dynamiques économiques. Actes des journées « Travail de la terre et statuts de la main-d’oeuvre en Grèce et en Méditerranée archaïques », Athènes, 15 et 16 décembre 2008</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 74, Ausonius, pp.243-250, 2015, Scripta Antiqua</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01571005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La situation épigraphique et linguistique à Milet à l’époque mycénienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">A. Bernabé et E.R. Luján. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Donum Mycenologicum. Mycenaean Studies in Honour of Francisco Aura Jorro</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 131, pp.221-235 2014, BCILL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01570996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entre libres et esclaves dans l'Athènes classique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">C. Apicella, M.-L. Haack, Fr. Lerouxel. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les affaires de Monsieur Andreau. Economie et société du monde romain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ausonius, pp.273-285 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01571003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Technological standardization and cultural contact</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arianna Esposito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kotsonas Antonis. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Understanding standardization and variation in mediterranean ceramics : mid 2nd to late 1st millennium bc : [annual meeting, Hague, 2010]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Peeters, pp.39-48, 2014, Babesch. Supplément 25, 978-90-429-3091-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01155129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Technological standardization and cultural contact: some methodological considerations and two case studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Esposito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">A. Kotsonas. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Understanding Standardization and Variation in Mediterranean Ceramics. Mid-2nd to late 1st millenium B.C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Peeters, pp.39-47 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01570998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mobilités, réseaux, ethnicité.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">L. Capdetrey, J. Zurbach. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mobilités grecques. Mouvements, réseaux, contacts en Méditerranée, de l’époque archaïque à l’époque hellénistique (actes du colloque de Nanterre, juin 2012)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 46, pp.261-273, 2012, Scripta Antiqua</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01570993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Espaces de la production céramique et spécialisation artisanale entre Bronze et Fer en Egée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-S. Gros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Zurbach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">A. Esposito, G. Sanidas. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quartiers artisanaux en Grèce ancienne. Une perspective méditerranéenne, Lille 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.107-124 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01570992v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hésiode oriental, ou : le discours sur l’économie avant le logos oikonomikos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Zurbach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">K. Konuk. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Stéphanéphoros. De l’économie antique à l’Asie mineure. Hommages à Raymond Descat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 28, Ausonius, pp.179-191, 2012, Mémoires</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01570990v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hésiode oriental, ou le discours sur l'économie avant le logos oikonomikos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Koray Konuk. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Stephanèphoros : de l'économie antique à l'Asie mineure : hommages à Raymond Descat</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Bordeaux : Ausonius Éditions, pp.179-191, 2012, Mémoires - Ausonius ISSN 128 3-2995; 28</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00783206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...158 lines deleted...]
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Production et consommation de la vaisselle céramique à Milet au Bronze récent III</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dominique Garcia. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'âge du bronze en Méditerranée : recherches récentes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Paris : Éd. Errance, pp.43-64, 2011, Collection des Hespérides ISSN 0982-2720; 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00783189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Territoires des communautés rurales et territoire du palais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">René Treuil et Georgia Kourtessi-Philippakis. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéologie du territoire, de l'Egée au Sahara</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Paris : Publications de la Sorbonne, pp.199-212, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00783175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les prérogatives foncières du temple mycénien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Isabelle Boehm et Sylvie Müller-Celka. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Espace civil, espace religieux en Égée durant la période mycénienne : approches épigraphique, linguistique et archéologique : actes des journées d'archéologie et de philologie mycéniennes tenues à la Maison de l'Orient et de la Méditerranée-Jean Pouilloux les 1er février 2006 et 1er mars 2007</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Lyon : Maison de l'Orient et de la Méditerranée-Jean Pouilloux ; Paris : diff. de Boccard, pp.21-34, 2010, Travaux de la Maison de l'Orient et de la Méditerranée ISSN 1955-4982; 54</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00783126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Femmes indigènes et colons grecs : quelques observations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arianna Esposito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pierre Rouillard. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Portaits de migrants, portraits de colons. II</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Paris : de Boccard, pp.51-70, 2010, Colloques de la Maison René-Ginouvès, ISSN 1775-6626 ; 6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00783117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pylos, Tirynthe, Cnossos :</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloquium Romanum : atti del XII Colloquio internazionale di micenologia, Roma, 20-25 febbraio 2006</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Pisa ; Roma : F. Serra, pp.825-838, 2008, Pasiphae": ISSN 1974-0565 (2007) ; 1/2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00778981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La plaine de Malia entre la fin des palais et l'époque archaïque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Maïa Pomadère et Julien Zurbach. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées maliotes Malia, ville et territoire: organisation des espaces et exploitations des ressources</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Athènes : École française d'Athènes Naples : Università degli studi di Napoli Suor Orsola Benincasa Paris : diff. de Boccard, pp.870-872, 2007, Bulletin de correspondance hellénique ; 131/2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00779135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6525,353 +7072,629 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Review of Y. Duhoux, A. Morpurgo Davies (ed.), A Companion to Linear B. Mycenaean Greek Texts and Their World,</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Zurbach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2014, pp.891-892</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01571042v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Review of Nicoletta Momigliano, Bronze Age Carian Iasos. Structures and Finds from the Area of the Roman Agora (c. 3000-1500 BC)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014, pp.500-502</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01571053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Review of S. Privitera, Principi, Pelasgi e pescatori. L’Attica nella Tarda Età del Bronzo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zurbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014, pp.498-500</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01571052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">2014, pp.891-892</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Review of M. Ndoye, Groupes sociaux et idéologie du travail dans les mondes homérique et hésiodique, Annales HSS 67</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Zurbach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2012, pp.1087-1088</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2012, pp.1087-1088</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01571034v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Review of L. Graslin, Les échanges à longue distance en Mésopotamie au Ier millénaire. Une approche économique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Zurbach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2012, pp.1085-1087</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...61 lines deleted...]
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01571036v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rapport (2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Campagnes d’étude 2012-2013</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Orgeolet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Despina Skorda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Zurbach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Lagia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioanna Moutafi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ecole française d'Athènes. 2014, pp.691-693</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03935472v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kirrha (Phocide)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Zurbach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Despina Skorda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Orgeolet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Lagia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioanna Moutafi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ecole française d'Athènes; Sorbonne Universite. 2012, pp.569-592</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03935468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId143"/>
+      <w:footerReference w:type="default" r:id="rId161"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7018,51 +7841,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652625v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Zurbach" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04052965v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279521v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Desmedt" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eneko Hiriart" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04052998v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01630052v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. del Freo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.-D. Niemeier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/kadmos-2015-0001" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04053005v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Knappett" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurizio del Freo" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01913263v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Orgeolet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Despoina Skorda" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lou de Barbarin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reine-Marie B&#233;rard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bch.519" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01571062v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Skorda" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lagia" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Moutafi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01571046v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01571048v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01570958v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0395264900015079" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264543v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ouzoulias" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01571069v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536802v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Capdetrey" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01571066v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01571027v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01630136v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01571040v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00784785v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00783103v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00784778v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00784755v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bch.2010.7718" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00784753v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bch.2009.7583" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00779105v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00779173v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00778848v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maia Pomad&#232;re" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bch.2007.7473" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00783249v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lerouxel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00784625v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531619v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Venture" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04052979v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Xie" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionskime.fr/publications/passes-croises-passes-composes/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03206052v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Graslin-Thom&#233;" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03366935v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Graslin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550771v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Maillot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pubp.univ-bpclermont.fr/public/Fiche_produit.php?titre=Statuts%20personnels%20et%20main-d%27oeuvre%20en%20M%C3%A9diterran%C3%A9e%20hell%C3%A9nistique" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04048747v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03152596v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Garcia" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jstor.org/stable/j.ctvr00x98" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctvr00x98" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04053021v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Joann&#232;s" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rougemont" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.libraweb.net/result1.php?chiave=3166&amp;amp;valore=sku" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04053023v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ausoniuseditions.u-bordeaux-montaigne.fr/open-access/livres" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01571010v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Esposito" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02944757v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arianna Esposito" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01570887v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792641v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00778803v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Perna" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco de Sanctis" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Mulliez" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04052983v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04052981v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03527015v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04052957v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wachholtz-verlag.de/Wissenschaft/Archaeologie/Weight-Value/Merchants-Measures-and-Money-Hardcover.html?listtype=search&amp;amp;searchparam=Rahmstorf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03040508v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Pagnoux" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04052991v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bibracte.fr/collection-bibracte" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01630046v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Raymond" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Kaiser" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.-C. Rizzotto" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01630038v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01630026v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01630016v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01630056v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01630040v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04053017v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arborsapientiae.com/libro/20836/aegean-scripts-proceedings-of-the-14th-international-colloquium-on-mycenaean-studies-copenhagen-2-5-september-2015-2-voll-incunabua-graeca-vol-cv-105-on-reprint.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01630121v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01630115v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01630049v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309608v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Lagia" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioanna Moutafi" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01571004v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01571012v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03626010v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01571018v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01571005v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01570996v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01571003v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01155129v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01570998v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01570993v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00783206v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01570992v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-S. Gros" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01570990v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00783189v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00783175v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00783126v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00783117v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00778981v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00779135v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01571053v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01571052v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01571042v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01571034v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01571036v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305449v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Zurbach" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.47245/archimede.0010.ds2.03" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652625v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827391v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Orgeolet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioanna Moutafi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Pagnoux" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/baefe.10233" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04052965v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279521v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Desmedt" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eneko Hiriart" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01630052v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. del Freo" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.-D. Niemeier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/kadmos-2015-0001" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04052998v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04053005v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Knappett" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurizio del Freo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01913263v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Despoina Skorda" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lou de Barbarin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reine-Marie B&#233;rard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bch.519" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01571062v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Skorda" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lagia" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Moutafi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01571046v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01571048v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01570958v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0395264900015079" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264543v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ouzoulias" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01571066v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536802v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Capdetrey" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01571069v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01571027v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01630136v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01571040v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00784785v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00784778v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00783103v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00784755v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bch.2010.7718" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00784753v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bch.2009.7583" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00779105v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00779173v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00778848v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maia Pomad&#232;re" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bch.2007.7473" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00784625v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00783249v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lerouxel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531619v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Venture" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04052979v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Xie" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionskime.fr/publications/passes-croises-passes-composes/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923081v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Guieu-Coppolani" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233;phine Werlings" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03206052v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Graslin-Thom&#233;" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03366935v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Graslin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550771v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Maillot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pubp.univ-bpclermont.fr/public/Fiche_produit.php?titre=Statuts%20personnels%20et%20main-d%27oeuvre%20en%20M%C3%A9diterran%C3%A9e%20hell%C3%A9nistique" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04048747v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848635v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Cecilia D'Ercole" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03152596v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Garcia" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jstor.org/stable/j.ctvr00x98" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctvr00x98" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04053021v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Joann&#232;s" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rougemont" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.libraweb.net/result1.php?chiave=3166&amp;amp;valore=sku" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04053023v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ausoniuseditions.u-bordeaux-montaigne.fr/open-access/livres" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01571010v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Esposito" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01570887v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02944757v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arianna Esposito" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716962v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Carlier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. de Lamberterie" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Egetmeyer" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Guilleux" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792641v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00778803v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Perna" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco de Sanctis" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Mulliez" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04052983v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04052981v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03527015v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04052957v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wachholtz-verlag.de/Wissenschaft/Archaeologie/Weight-Value/Merchants-Measures-and-Money-Hardcover.html?listtype=search&amp;amp;searchparam=Rahmstorf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923109v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03040508v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04052991v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bibracte.fr/collection-bibracte" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01630046v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Raymond" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Kaiser" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.-C. Rizzotto" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01630038v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01630026v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01630040v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01630056v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01630016v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04053017v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arborsapientiae.com/libro/20836/aegean-scripts-proceedings-of-the-14th-international-colloquium-on-mycenaean-studies-copenhagen-2-5-september-2015-2-voll-incunabua-graeca-vol-cv-105-on-reprint.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01630121v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01630115v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01630049v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309608v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Lagia" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01571004v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01571012v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01571018v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03626010v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01571005v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01570996v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01571003v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01155129v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01570998v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01570993v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01570992v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-S. Gros" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01570990v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00783206v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00783189v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00783175v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00783126v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00783117v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00778981v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00779135v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01571042v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01571053v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01571052v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01571034v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01571036v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03935472v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Despina Skorda" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03935468v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>