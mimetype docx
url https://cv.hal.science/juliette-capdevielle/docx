--- v0 (2026-03-04)
+++ v1 (2026-03-31)
@@ -100,260 +100,260 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigate large flake productions involvement in Late Middle Pleistocene technical changes: a technoeconomic and technopetrographic experimental approach of Menez-Dregan I upper level (Finistère, France)</w:t>
+                <w:t xml:space="preserve">Sidi Abderrahmane Extension industry within Moroccan late Middle Pleistocene lithic technical systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Capdevielle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Mourre</w:t>
+                <w:t xml:space="preserve">Rosalia Gallotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Brenet</w:t>
+                <w:t xml:space="preserve">Jean-Paul Raynal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">David Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Daujeard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Palaeolithic-Mesolithic Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, British Museum, Apr 2024, London, United Kingdom</w:t>
+              <w:t xml:space="preserve">12ème Rencontre des Quaternaristes Marocains</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Cadi Ayyad Ecole Normale Supérieure, Nov 2024, Marrakech, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04624475v1</w:t>
+                <w:t xml:space="preserve">hal-04835599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sidi Abderrahmane Extension industry within Moroccan late Middle Pleistocene lithic technical systems</w:t>
+                <w:t xml:space="preserve">Investigate large flake productions involvement in Late Middle Pleistocene technical changes: a technoeconomic and technopetrographic experimental approach of Menez-Dregan I upper level (Finistère, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Capdevielle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Paul Raynal</w:t>
+                <w:t xml:space="preserve">Vincent Mourre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Lefèvre</w:t>
+                <w:t xml:space="preserve">Michel Brenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Daujeard</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12ème Rencontre des Quaternaristes Marocains</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Cadi Ayyad Ecole Normale Supérieure, Nov 2024, Marrakech, Morocco</w:t>
+              <w:t xml:space="preserve">Palaeolithic-Mesolithic Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, British Museum, Apr 2024, London, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04835599v1</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04624475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Addressing the ambiguity between debitage and shaping objectives in the European Late Middle Pleistocene industries: a technico structural analysis of cores and macro tools from sub level TD10.1 of Gran Dolina (Sierra de Atapuerca, Spain)</w:t>
               </w:r>
@@ -434,77 +434,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Opportunities and limits of a cleaver’s technomorphometric approach: the cases of Menez-Dregan I (Finistère) and Lanne-Darré (Hautes- Pyrénées)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Capdevielle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Colonge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Mourre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd Virtual Conference for Women Archaeologists and Paleontologists</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2022, On line Conference, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -582,546 +582,546 @@
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaternaire 13 - Palaeoclimate changes, landscape evolution and human societies: from sedimentary basins to industrial landscapes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2022, Strasboug, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03950640v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (3)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le site de la falaise de Chabiague (Biarritz, France) : un témoin du Paléolithique ancien sur la façade atlantique des Pyrénées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justin Guibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Deschamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Colonge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Capdevielle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Chauchat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 120 (4), pp.543-570</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04388816v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contributions and Limitations of a Technomorphometric Approach for Cleavers: The Case of Lanne-Darré (Hautes-Pyrénées)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Capdevielle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Colonge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lithic Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.1-26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/01977261.2023.2279350⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04283937v3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse technotypologique des hachereaux et autres macro-outils à tranchant transversal de Menez-Dregan I (Plouhinec, Finistère)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Capdevielle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 118 (2), pp.215-243</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03296270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le projet collectif de recherche ChroTAll : « Chronostratigraphie pléistocène des terrasses alluviales entre Pyrénées et Massif Central (Occitanie, France). Implications paléoenvironnementales et archéologiques pour les sites paléolithiques »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julienne Piana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Beauvillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teddy Bos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bruxelles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Bündgen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lire le sol en archéologie : pratiques de terrain et regards croisés / Reading the soil in archaeology: field practice and interdisciplinary perspectives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Tours, France. 2023, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.34692/TVA7-9K96⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.34692/TVA7-9K96⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-04350490v1</w:t>
-              </w:r>
-[...324 lines deleted...]
-                <w:t xml:space="preserve">hal-03296270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId36"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -1276,51 +1276,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624475v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Capdevielle" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mourre" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Brenet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lyse Ravon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835599v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalia Gallotti" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Raynal" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lef&#232;vre" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Daujeard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258142v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Garc&#237;a-Medrano" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258101v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Colonge" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03950640v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Guibert" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04350490v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julienne Piana" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Beauvillier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Bos" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bruxelles" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanche B&#252;ndgen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/TVA7-9K96" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04388816v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Deschamps" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Chauchat" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283937v3" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01977261.2023.2279350" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03296270v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835599v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Capdevielle" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalia Gallotti" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Raynal" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lef&#232;vre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Daujeard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624475v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mourre" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Brenet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lyse Ravon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258142v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Garc&#237;a-Medrano" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258101v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Colonge" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03950640v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Guibert" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04388816v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Deschamps" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Chauchat" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283937v3" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01977261.2023.2279350" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03296270v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04350490v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julienne Piana" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Beauvillier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Bos" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bruxelles" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanche B&#252;ndgen" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/TVA7-9K96" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>