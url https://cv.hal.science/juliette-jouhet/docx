--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -234,1847 +234,1847 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05369654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional study of Phaeodactylum tricornutum Seipin highlights specificities of lipid droplets biogenesis in diatoms</w:t>
+                <w:t xml:space="preserve">Betaine lipids overproduced in seed plants are not imported into plastid membranes and promote endomembrane expansion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Le Moigne</w:t>
+                <w:t xml:space="preserve">Sarah Salomon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marta Carletti</w:t>
+                <w:t xml:space="preserve">Marion Schilling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chems Amari</w:t>
+                <w:t xml:space="preserve">Catherine Albrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rachel Bonnarde</w:t>
+                <w:t xml:space="preserve">Grégory Si Larbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Richard</w:t>
+                <w:t xml:space="preserve">Pierre-Henri Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Phytologist</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 247 (5), pp.2245-2269. </w:t>
+              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 76 (4), pp.980-996. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/nph.70350⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/jxb/erae458⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05147856v1</w:t>
+                <w:t xml:space="preserve">hal-04868681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Betaine lipids: Biosynthesis, functional diversity and evolutionary perspectives</w:t>
+                <w:t xml:space="preserve">Phototropin connects blue light perception to starch metabolism in green algae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Salomon</w:t>
+                <w:t xml:space="preserve">Yizhong Yuan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Océane Oliva</w:t>
+                <w:t xml:space="preserve">Anthony Iannetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alberto Amato</w:t>
+                <w:t xml:space="preserve">Minjae Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Bastien</w:t>
+                <w:t xml:space="preserve">Patric Sadecki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgane Michaud</w:t>
+                <w:t xml:space="preserve">Marius Arend</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress in Lipid Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 97, pp.101320. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16 (1), pp.2545. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.plipres.2025.101320⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-025-57809-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04881998v1</w:t>
+                <w:t xml:space="preserve">hal-04463739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arabidopsis seed lipid extract reference spectrum</w:t>
+                <w:t xml:space="preserve">Functional study of Phaeodactylum tricornutum Seipin highlights specificities of lipid droplets biogenesis in diatoms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Seydoux</w:t>
+                <w:t xml:space="preserve">Damien Le Moigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Simon</w:t>
+                <w:t xml:space="preserve">Marta Carletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Paul Barnes</w:t>
+                <w:t xml:space="preserve">Chems Amari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette Jouhet</w:t>
+                <w:t xml:space="preserve">Rachel Bonnarde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Henri Jouneau</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Fabien Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Surface Science Spectra</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 32 (1), </w:t>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 247 (5), pp.2245-2269. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1116/6.0004263⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/nph.70350⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05350965v1</w:t>
+                <w:t xml:space="preserve">hal-05147856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The valuable role of high-performance thin-layer chromatography in the lipidomic analysis of Thlaspi arvense, an emerging feedstock for biofuel production</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Betaine lipids: Biosynthesis, functional diversity and evolutionary perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Salomon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">José Manuel Escuín</w:t>
+                <w:t xml:space="preserve">Océane Oliva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ana Claver</w:t>
+                <w:t xml:space="preserve">Alberto Amato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">María Ángeles Luján</w:t>
+                <w:t xml:space="preserve">Olivier Bastien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Schilling</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Juliette Jouhet</w:t>
+                <w:t xml:space="preserve">Morgane Michaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Planar Chromatography</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Progress in Lipid Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 97, pp.101320. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00764-025-00346-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.plipres.2025.101320⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05084221v1</w:t>
+                <w:t xml:space="preserve">hal-04881998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Vps13-like protein BLTP2 regulates phosphatidylethanolamine levels to maintain plasma membrane fluidity and breast cancer aggressiveness</w:t>
+                <w:t xml:space="preserve">Arabidopsis seed lipid extract reference spectrum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Subhrajit Banerjee</w:t>
+                <w:t xml:space="preserve">Claire Seydoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephan Daetwyler</w:t>
+                <w:t xml:space="preserve">Mathilde Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiaofei Bai</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Jean-Paul Barnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Henri Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Cell Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41556-025-01672-3⟩</w:t>
+              <w:t xml:space="preserve">Surface Science Spectra</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 32 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1116/6.0004263⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05215205v1</w:t>
+                <w:t xml:space="preserve">hal-05350965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Betaine lipids overproduced in seed plants are not imported into plastid membranes and promote endomembrane expansion</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">The valuable role of high-performance thin-layer chromatography in the lipidomic analysis of Thlaspi arvense, an emerging feedstock for biofuel production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Manuel Escuín</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Claver</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">María Ángeles Luján</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Schilling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Henri Jouneau</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/jxb/erae458⟩</w:t>
+              <w:t xml:space="preserve">Journal of Planar Chromatography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00764-025-00346-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04868681v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05084221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phototropin connects blue light perception to starch metabolism in green algae</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Vps13-like protein BLTP2 regulates phosphatidylethanolamine levels to maintain plasma membrane fluidity and breast cancer aggressiveness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Minjae Kim</w:t>
+                <w:t xml:space="preserve">Subhrajit Banerjee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patric Sadecki</w:t>
+                <w:t xml:space="preserve">Stephan Daetwyler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marius Arend</w:t>
+                <w:t xml:space="preserve">Xiaofei Bai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Michaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 16 (1), pp.2545. </w:t>
+              <w:t xml:space="preserve">Nature Cell Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 27 (7), pp.1125 - 1135. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-025-57809-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41556-025-01672-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04463739v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05215205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two plastidial lysophosphatidic acid acyltransferases differentially mediate the biosynthesis of membrane lipids and triacylglycerols in Phaeodactylum tricornutum</w:t>
+                <w:t xml:space="preserve">Delta-5 elongase knockout reduces docosahexaenoic acid and lipid synthesis and increases heat sensitivity in a diatom</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lingjie You</w:t>
+                <w:t xml:space="preserve">Junkai Zhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ada Połońska</w:t>
+                <w:t xml:space="preserve">Shuangqing Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Katarzyna Jasieniecka-Gazarkiewicz</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Juliette Jouhet</w:t>
+                <w:t xml:space="preserve">Weizhong Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xinde Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoping Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Phytologist</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/nph.19434⟩</w:t>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 196 (2), pp.1356-1373. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/plphys/kiae297⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04315566v1</w:t>
+                <w:t xml:space="preserve">hal-04594151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monogalactosyldiacylglycerol synthase isoforms play diverse roles inside and outside the diatom plastid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwenn Guéguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Sérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Félix Cicéron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Gros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Si Larbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Plant cell</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 2024 (12), pp.koae275. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/plcell/koae275⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04731720v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plant and algal lipidomes: Analysis, composition, and their societal significance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliana Alves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohann Boutté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Darnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Domergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Progress in Lipid Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 96, pp.101290. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.plipres.2024.101290⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04673335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delta-5 elongase knockout reduces docosahexaenoic acid and lipid synthesis and increases heat sensitivity in a diatom</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Shuangqing Li</w:t>
+                <w:t xml:space="preserve">Functional study of Phaeodactylum tricornutum Seipin homolog highlights unique features of lipid droplets biogenesis in diatoms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Le Moigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Albrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Weizhong Chen</w:t>
+                <w:t xml:space="preserve">Mégane Mahieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xinde Xu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Xiaoping Wang</w:t>
+                <w:t xml:space="preserve">Matteo Arrighi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/plphys/kiae297⟩</w:t>
+              <w:t xml:space="preserve">BioRxiv</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1101/2024.10.11.617903⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04594151v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04758564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allele-dependent expression and functionality of lipid enzyme phospholipid:diacylglycerol acyltransferase affect diatom carbon storage and growth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yufang Pan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yufang Pan</w:t>
+                <w:t xml:space="preserve">Wanting Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wanting Zhang</w:t>
+                <w:t xml:space="preserve">Xiaofei Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 194, pp.1024-1040. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/plphys/kiad581⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04297748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional study of Phaeodactylum tricornutum Seipin homolog highlights unique features of lipid droplets biogenesis in diatoms</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Two plastidial lysophosphatidic acid acyltransferases differentially mediate the biosynthesis of membrane lipids and triacylglycerols in Phaeodactylum tricornutum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lingjie You</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ada Połońska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katarzyna Jasieniecka-Gazarkiewicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Matteo Arrighi</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioRxiv</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, </w:t>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 241, pp.1543-1558. </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1101/2024.10.11.617903⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/nph.19434⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04758564v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04315566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transcriptomic and lipidomic analysis of the differential pathway contribution to the incorporation of erucic acid to triacylglycerol during Pennycress seed maturation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Claver</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">María Ángeles Luján</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Manuel Escuín</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Schilling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 15, </w:t>
@@ -2106,887 +2106,887 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04835631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roles of plastoglobules and lipid droplets in leaf neutral lipid accumulation during senescence and nitrogen deprivation</w:t>
+                <w:t xml:space="preserve">Complementary environmental analysis and functional characterization of lower glycolysis-gluconeogenesis in the diatom plastid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Coulon</w:t>
+                <w:t xml:space="preserve">Richard G Dorrell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Houda Nacir</w:t>
+                <w:t xml:space="preserve">Youjun Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Bahammou</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Juliette Jouhet</w:t>
+                <w:t xml:space="preserve">Yue Liang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Jacques Bessoule</w:t>
+                <w:t xml:space="preserve">Nolwenn Gueguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tomomi Nonoyama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/jxb/erae301⟩</w:t>
+              <w:t xml:space="preserve">The Plant cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 36 (9), pp.3584-3610. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/plcell/koae168⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04652906v1</w:t>
+                <w:t xml:space="preserve">hal-04607109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complementary environmental analysis and functional characterization of lower glycolysis-gluconeogenesis in the diatom plastid</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Roles of plastoglobules and lipid droplets in leaf neutral lipid accumulation during senescence and nitrogen deprivation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Youjun Zhang</w:t>
+                <w:t xml:space="preserve">Denis Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yue Liang</w:t>
+                <w:t xml:space="preserve">Houda Nacir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nolwenn Gueguen</w:t>
+                <w:t xml:space="preserve">Delphine Bahammou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tomomi Nonoyama</w:t>
+                <w:t xml:space="preserve">Jean-Jacques Bessoule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Plant cell</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 36 (9), pp.3584-3610. </w:t>
+              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 75 (20), pp.6542-6562. </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/plcell/koae168⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/jxb/erae301⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04607109v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04652906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dryland endolithic Chroococcidiopsis and temperate fresh water Synechocystis have distinct membrane lipid and photosynthesis acclimation strategies upon desiccation and temperature increase</w:t>
+                <w:t xml:space="preserve">Adaptive traits of cysts of the snow alga Sanguina nivaloides unveiled by 3D subcellular imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Douchi</w:t>
+                <w:t xml:space="preserve">Jade Ezzedine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gregory Si Larbi</w:t>
+                <w:t xml:space="preserve">Clarisse Uwizeye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Si Larbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Fel</w:t>
+                <w:t xml:space="preserve">Gaelle Villain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Louwagie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant and Cell Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/pcp/pcad139⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (1), pp.7500. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-023-43030-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04281075v1</w:t>
+                <w:t xml:space="preserve">hal-04294008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lipid bilayer properties potentially contributed to the evolutionary disappearance of betaine lipids in seed plants</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dryland endolithic Chroococcidiopsis and temperate fresh water Synechocystis have distinct membrane lipid and photosynthesis acclimation strategies upon desiccation and temperature increase</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Douchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Bolik</w:t>
+                <w:t xml:space="preserve">Gregory Si Larbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexander Schlaich</w:t>
+                <w:t xml:space="preserve">Benjamin Fel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tetiana Mukhina</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Olivier Bastien</w:t>
+                <w:t xml:space="preserve">Marlène Bonnanfant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Louwagie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 21 (1), pp.275. </w:t>
+              <w:t xml:space="preserve">Plant and Cell Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12915-023-01775-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/pcp/pcad139⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04397402v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04281075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acyl‐CoA :lysophosphatidylcholine acyltransferase from the unicellular diatom Phaeodactylum tricornutum ( PtLPCAT1 ) is involved in triacylglycerol and galactoglycerolipid synthesis and enhances eicosapentaenoic acid accumulation in recombinant oleaginous yeast</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Lipid bilayer properties potentially contributed to the evolutionary disappearance of betaine lipids in seed plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bolik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Schlaich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tetiana Mukhina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alberto Amato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Xiahui Hao</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bastien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Biotechnology Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/pbi.13952⟩</w:t>
+              <w:t xml:space="preserve">BMC Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 21 (1), pp.275. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12915-023-01775-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03994752v1</w:t>
+                <w:t xml:space="preserve">hal-04397402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive traits of cysts of the snow alga Sanguina nivaloides unveiled by 3D subcellular imaging</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Grégory Si Larbi</w:t>
+                <w:t xml:space="preserve">Acyl‐CoA :lysophosphatidylcholine acyltransferase from the unicellular diatom Phaeodactylum tricornutum ( PtLPCAT1 ) is involved in triacylglycerol and galactoglycerolipid synthesis and enhances eicosapentaenoic acid accumulation in recombinant oleaginous yeast</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lingjie You</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Jouhet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Maréchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Amato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaelle Villain</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mathilde Louwagie</w:t>
+                <w:t xml:space="preserve">Xiahui Hao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 14 (1), pp.7500. </w:t>
+              <w:t xml:space="preserve">Plant Biotechnology Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 21 (2), pp.238-240. </w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-023-43030-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/pbi.13952⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04294008v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03994752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The redox state of the plastoquinone (PQ) pool is connected to thylakoid lipid saturation in a marine diatom</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kuan Yu Cheong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul G Falkowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3033,103 +3033,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sulfoquinovosyldiacylglycerol and phosphatidylglycerol bilayers share biophysical properties and are good mutual substitutes in photosynthetic membranes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bolik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Albrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuel Schneck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Demé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biochimica et Biophysica Acta:Biomembranes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 1864 (12), pp.184037. </w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3163,103 +3163,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiplex CRISPR/Cas9 editing of the long‐chain acyl‐CoA synthetase family in the diatom Phaeodactylum tricornutum reveals that mitochondrial ptACSL3 is involved in the synthesis of storage lipids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiahui Hao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wenchao Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alberto Amato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Phytologist</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 233 (4), pp.1797-1812. </w:t>
@@ -3297,51 +3297,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editorial: Lipids in Cyanobacteria, Algae, and Plants—From Biology to Biotechnology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mie Shimojima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3542,965 +3542,965 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03787887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The ligand-bound state of a G protein-coupled receptor stabilizes the interaction of functional cholesterol molecules</w:t>
+                <w:t xml:space="preserve">An Oil Hyper-Accumulator Mutant Highlights Peroxisomal ATP Import as a Regulatory Step for Fatty Acid Metabolism in Aurantiochytrium limacinum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Lemel</w:t>
+                <w:t xml:space="preserve">Etienne Deragon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Katarzyna Nieścierowicz</w:t>
+                <w:t xml:space="preserve">Martin Schuler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Dolores García-Fernández</w:t>
+                <w:t xml:space="preserve">Riccardo Aiese Cigliano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leonardo Darré</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thierry Durroux</w:t>
+                <w:t xml:space="preserve">Younes Dellero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory Si Larbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Lipid Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jlr.2021.100059⟩</w:t>
+              <w:t xml:space="preserve">Cells</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 10 (10), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/cells10102680⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03180171v1</w:t>
+                <w:t xml:space="preserve">hal-03423342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of the Bubblegum acyl-CoA synthetase of Microchloropsis gaditana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Billey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Billey</w:t>
+                <w:t xml:space="preserve">Leonardo Magneschi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leonardo Magneschi</w:t>
+                <w:t xml:space="preserve">Sébastien Leterme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Leterme</w:t>
+                <w:t xml:space="preserve">Mariette Bedhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Andres-Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 185 (3), pp.815-835. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/plphys/kiaa110⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03185953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plastidial ACP Δ9‐desaturase modulates EPA biosynthesis and TAG accumulation in Phaeodactylum tricornutum</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The ligand-bound state of a G protein-coupled receptor stabilizes the interaction of functional cholesterol molecules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Lemel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Smith Richard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Juliette Jouhet</w:t>
+                <w:t xml:space="preserve">Katarzyna Nieścierowicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chiara Gandini</w:t>
+                <w:t xml:space="preserve">M. Dolores García-Fernández</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vladimir Nekrasova</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eric Marechal</w:t>
+                <w:t xml:space="preserve">Leonardo Darré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Durroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Plant Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/tpj.15231⟩</w:t>
+              <w:t xml:space="preserve">Journal of Lipid Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 62, pp.100059. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jlr.2021.100059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03194504v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03180171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Oil Hyper-Accumulator Mutant Highlights Peroxisomal ATP Import as a Regulatory Step for Fatty Acid Metabolism in Aurantiochytrium limacinum</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Plastidial ACP Δ9‐desaturase modulates EPA biosynthesis and TAG accumulation in Phaeodactylum tricornutum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Schuler</w:t>
+                <w:t xml:space="preserve">Smith Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Riccardo Aiese Cigliano</w:t>
+                <w:t xml:space="preserve">Chiara Gandini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Younes Dellero</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gregory Si Larbi</w:t>
+                <w:t xml:space="preserve">Vladimir Nekrasova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Marechal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cells</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 10 (10), </w:t>
+              <w:t xml:space="preserve">The Plant Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 106 (5), pp.1247-1259. </w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/cells10102680⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/tpj.15231⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03423342v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03194504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PUB11-Dependent ubiquitination of the phospholipid flippase ALA10 modifies ALA10 localization and affects the pool of linolenic phosphatidylcholine</w:t>
+                <w:t xml:space="preserve">The Myb‐like transcription factor Phosphorus Starvation Response (PtPSR) controls conditional P acquisition and remodeling in marine microalgae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette Salvaing</w:t>
+                <w:t xml:space="preserve">Amit Kumar Sharma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">César Botella</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Valérie Gros</w:t>
+                <w:t xml:space="preserve">Alice Mühlroth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Jouhet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maryse Block</w:t>
+                <w:t xml:space="preserve">Leila Alipanah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 11, pp.1070. </w:t>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 225, pp.2380-2395. </w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fpls.2020.01070⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/nph.16248⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02902861v1</w:t>
+                <w:t xml:space="preserve">hal-02333579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unveiling membrane thermoregulation strategies in marine picocyanobacteria</w:t>
+                <w:t xml:space="preserve">PUB11-Dependent ubiquitination of the phospholipid flippase ALA10 modifies ALA10 localization and affects the pool of linolenic phosphatidylcholine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solène Breton</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Juliette Jouhet</w:t>
+                <w:t xml:space="preserve">Juliette Salvaing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ulysse Guyet</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId66" w:history="1">
+                <w:t xml:space="preserve">César Botella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Albrieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Gros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Justine Pittera</w:t>
+                <w:t xml:space="preserve">Maryse Block</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Phytologist</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 225 (6), pp.2396-2410. </w:t>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, pp.1070. </w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/nph.16239⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2020.01070⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02323286v1</w:t>
+                <w:t xml:space="preserve">hal-02902861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Myb‐like transcription factor Phosphorus Starvation Response (PtPSR) controls conditional P acquisition and remodeling in marine microalgae</w:t>
+                <w:t xml:space="preserve">Unveiling membrane thermoregulation strategies in marine picocyanobacteria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amit Kumar Sharma</w:t>
+                <w:t xml:space="preserve">Solène Breton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alice Mühlroth</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Eric Maréchal</w:t>
+                <w:t xml:space="preserve">Ulysse Guyet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Gros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leila Alipanah</w:t>
+                <w:t xml:space="preserve">Justine Pittera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Phytologist</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 225, pp.2380-2395. </w:t>
+              <w:t xml:space="preserve">, 2020, 225 (6), pp.2396-2410. </w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/nph.16248⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/nph.16239⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02333579v1</w:t>
+                <w:t xml:space="preserve">hal-02323286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plastidic Δ6 Fatty-Acid Desaturases with Distinctive Substrate Specificity Regulate the Pool of C18-PUFAs in the Ancestral Picoalga Ostreococcus tauri</w:t>
               </w:r>
@@ -4646,77 +4646,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Jaussaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josselin Lupette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Salvaing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bastien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 11, pp.48. </w:t>
@@ -4882,2443 +4882,2469 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02952992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lipid Trafficking at Membrane Contact Sites During Plant Development and Stress Response.</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Supercritical fluid chromatography coupled to mass spectrometry for lipidomics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Chollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Boutet-Mercey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Laboureur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Rincon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Méjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpls.2019.00002⟩</w:t>
+              <w:t xml:space="preserve">Journal of Mass Spectrometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 54 (10), pp.791-801. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jms.4445⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02088248v1</w:t>
+                <w:t xml:space="preserve">hal-02374883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interplay between Jasmonic Acid, Phosphate Signaling and the Regulation of Glycerolipid Homeostasis in Arabidopsis</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Serge Chiarenza</w:t>
+                <w:t xml:space="preserve">Algal Remodeling in a Ubiquitous Planktonic Photosymbiosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Decelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hryhoriy Stryhanyuk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Gallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giulia Veronesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant and Cell Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/pcp/pcz027⟩</w:t>
+              <w:t xml:space="preserve">Current Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 29 (6), pp.968-978.e4. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cub.2019.01.073⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02083049v1</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02083159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lipid Phases and Cell Geometry During the Cell Cycle of Streptococcus pneumoniae</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Lipid Trafficking at Membrane Contact Sites During Plant Development and Stress Response.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Michaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">André Zapun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2019.00351⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, pp.2. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2019.00002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-02086215v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02088248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The architecture of lipid droplets in the diatom Phaeodactylum tricornutum</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lipid Phases and Cell Geometry During the Cell Cycle of Streptococcus pneumoniae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Calvez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Jouhet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Vie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Durmort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Zapun</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Algal Research - Biomass, Biofuels and Bioproducts</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.algal.2019.101415⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, pp.351. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2019.00351⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02021446v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02086215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Supercritical fluid chromatography coupled to mass spectrometry for lipidomics</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Interplay between Jasmonic Acid, Phosphate Signaling and the Regulation of Glycerolipid Homeostasis in Arabidopsis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Méjean</w:t>
+                <w:t xml:space="preserve">Florian Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Cuyas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Jouhet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Gros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Chiarenza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Mass Spectrometry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jms.4445⟩</w:t>
+              <w:t xml:space="preserve">Plant and Cell Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 60 (6), pp.1260-1273. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/pcp/pcz027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02374883v1</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02083049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Algal Remodeling in a Ubiquitous Planktonic Photosymbiosis</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hryhoriy Stryhanyuk</w:t>
+                <w:t xml:space="preserve">The architecture of lipid droplets in the diatom Phaeodactylum tricornutum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josselin Lupette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Jaussaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Gallet</w:t>
+                <w:t xml:space="preserve">Khawla Seddiki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giulia Veronesi</w:t>
+                <w:t xml:space="preserve">Christian Morabito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthias Schmidt</w:t>
+                <w:t xml:space="preserve">Sabine Brugière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 29 (6), pp.968-978.e4. </w:t>
+              <w:t xml:space="preserve">Algal Research - Biomass, Biofuels and Bioproducts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 38, pp.101415. </w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cub.2019.01.073⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.algal.2019.101415⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02083159v1</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02021446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do Galactolipid Synthases Play a Key Role in the Biogenesis of Chloroplast Membranes of Higher Plants?</w:t>
+                <w:t xml:space="preserve">Enhanced triacylglycerol production in the diatom Phaeodactylum tricornutum by inactivation of a Hotdog-fold thioesterase gene using TALEN-based targeted mutagenesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joana Rocha</w:t>
+                <w:t xml:space="preserve">Xiahui Hu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Milène Nitenberg</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Ling Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Rébeillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpls.2018.00126⟩</w:t>
+              <w:t xml:space="preserve">Biotechnology for Biofuels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 11 (1), pp.312. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13068-018-1309-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01735596v1</w:t>
+                <w:t xml:space="preserve">hal-02196964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Screening for Biologically Annotated Drugs That Trigger Triacylglycerol Accumulation in the Diatom Phaeodactylum</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Thermoacclimation and genome adaptation of the membrane lipidome in marine Synechococcus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Pittera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Jouhet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solène Breton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Garczarek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Melissa Conte</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Lina-Juana Dolch</w:t>
+                <w:t xml:space="preserve">Frédéric Partensky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1104/pp.17.01804⟩</w:t>
+              <w:t xml:space="preserve">Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 20 (2), pp.612-631. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1462-2920.13985⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01851869v1</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01699416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proposal of a new thraustochytrid genus Hondaea gen. nov. and comparison of its lipid dynamics with the closely related pseudo-cryptic genus Aurantiochytrium</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Younes Dellero</w:t>
+                <w:t xml:space="preserve">Quantification of lipids: model, reality, and compromise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spiro Khoury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Canlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Cagnac</w:t>
+                <w:t xml:space="preserve">Marlène Z. Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suzanne Rose</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Mathilde Cussac</w:t>
+                <w:t xml:space="preserve">Olivier Berdeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Algal Research - Biomass, Biofuels and Bioproducts</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.algal.2018.08.018⟩</w:t>
+              <w:t xml:space="preserve">Biomolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8 (4), pp.174. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/biom8040174⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-02046577v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02199860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantification of lipids: model, reality, and compromise</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Proposal of a new thraustochytrid genus Hondaea gen. nov. and comparison of its lipid dynamics with the closely related pseudo-cryptic genus Aurantiochytrium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Younes Dellero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Cagnac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spiro Khoury</w:t>
+                <w:t xml:space="preserve">Suzanne Rose</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khawla Seddiki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Canlet</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Juliette Jouhet</w:t>
+                <w:t xml:space="preserve">Mathilde Cussac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomolecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/biom8040174⟩</w:t>
+              <w:t xml:space="preserve">Algal Research - Biomass, Biofuels and Bioproducts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 35, pp.125-141. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.algal.2018.08.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-02199860v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02046577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermoacclimation and genome adaptation of the membrane lipidome in marine Synechococcus</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Solène Breton</w:t>
+                <w:t xml:space="preserve">Screening for Biologically Annotated Drugs That Trigger Triacylglycerol Accumulation in the Diatom Phaeodactylum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melissa Conte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josselin Lupette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khawla Seddiki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coline Meï</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Garczarek</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Partensky</w:t>
+                <w:t xml:space="preserve">Lina-Juana Dolch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1462-2920.13985⟩</w:t>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 177 (2), pp.532 - 552. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1104/pp.17.01804⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01699416v1</w:t>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01851869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ecophysiology and lipid dynamics of a eukaryotic mangrove decomposer</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Suzanne Rose</w:t>
+                <w:t xml:space="preserve">Do Galactolipid Synthases Play a Key Role in the Biogenesis of Chloroplast Membranes of Higher Plants?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Rocha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coralie Metton</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Josselin Lupette</w:t>
+                <w:t xml:space="preserve">Milène Nitenberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Girard-Egrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Jouhet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1462-2920.14346⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9, pp.126. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2018.00126⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02046628v1</w:t>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01735596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-Enzymatic Synthesis of Bioactive Isoprostanoids in the Diatom Phaeodactylum following Oxidative Stress</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ecophysiology and lipid dynamics of a eukaryotic mangrove decomposer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Younes Dellero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanne Rose</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Metton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Morabito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josselin Lupette</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marie Galano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1104/pp.18.00925⟩</w:t>
+              <w:t xml:space="preserve">Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 20 (8), pp.3057-3068. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1462-2920.14346⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02200346v1</w:t>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02046628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced triacylglycerol production in the diatom Phaeodactylum tricornutum by inactivation of a Hotdog-fold thioesterase gene using TALEN-based targeted mutagenesis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Non-Enzymatic Synthesis of Bioactive Isoprostanoids in the Diatom Phaeodactylum following Oxidative Stress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josselin Lupette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Jaussaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vigor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiahui Hu</w:t>
+                <w:t xml:space="preserve">Camille Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ling Hu</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Eric Maréchal</w:t>
+                <w:t xml:space="preserve">Jean-Marie Galano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biotechnology for Biofuels</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 11 (1), pp.312. </w:t>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 178 (3), pp.1344-1357. </w:t>
             </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13068-018-1309-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1104/pp.18.00925⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02196964v1</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02200346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanisms of Phosphorus Acquisition and Lipid Class Remodeling under P Limitation in a Marine Microalga</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alice Mühlroth</w:t>
+                <w:t xml:space="preserve">LC-MS/MS versus TLC plus GC methods: Consistency of glycerolipid and fatty acid profiles in microalgae and higher plant cells and effect of a nitrogen starvation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Jouhet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josselin Lupette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Per Winge</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Eric Maréchal</w:t>
+                <w:t xml:space="preserve">Olivier Clerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leonardo Magneschi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariette Bedhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1104/pp.17.00621⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 12 (8), pp.1-21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0182423⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01745887v1</w:t>
+                <w:t xml:space="preserve">hal-01608321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glycerolipid characterization and nutrient deprivation-associated changes in the green picoalga Ostreococcus tauri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Degraeve-Guilbault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Bréhélin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Bréhélin</w:t>
+                <w:t xml:space="preserve">Richard Haslam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard Haslam</w:t>
+                <w:t xml:space="preserve">Olga Sayanova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glawdys Marie-Luce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 173 (4), pp.2060-2080. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1104/pp.16.01467⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01606372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nitric Oxide Mediates Nitrite-Sensing and Acclimation and Triggers a Remodeling of Lipids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lina-Juana Dolch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josselin Lupette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Tourcier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariette Bedhomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId287" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 175 (3), pp.1407 - 1423. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1104/pp.17.01042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01664940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Glycerolipid synthesis and lipid trafficking in plant mitochondria</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Morgane Michaud</w:t>
+                <w:t xml:space="preserve">Mechanisms of Phosphorus Acquisition and Lipid Class Remodeling under P Limitation in a Marine Microalga</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Mühlroth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Per Winge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">William A. Prinz</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Aimen El Assimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Maréchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEBS Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 284 (3), pp.375-390. </w:t>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 175 (4), pp.1543 - 1559. </w:t>
             </w:r>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/febs.13812⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1104/pp.17.00621⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-01415499v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01745887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tight cohesion between glycolipid membranes results from balanced water-headgroup interactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matej Kanduc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Schlaich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alex H. de Vries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Marechal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7363,606 +7389,580 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01691818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Palmitic Acid Elongase Affects Eicosapentaenoic Acid and Plastidial Monogalactosyldiacylglycerol Levels in Nannochloropsis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lina-Juana Dolch</w:t>
+                <w:t xml:space="preserve">Glycerolipid synthesis and lipid trafficking in plant mitochondria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Michaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Rak</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">William A. Prinz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Jouhet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1104/pp.16.01420⟩</w:t>
+              <w:t xml:space="preserve">FEBS Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 284 (3), pp.375-390. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/febs.13812⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01513236v1</w:t>
+                <w:t xml:space="preserve">hal-01415499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating mixotrophic metabolism in the model diatom Phaeodactylum tricornutum</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Palmitic Acid Elongase Affects Eicosapentaenoic Acid and Plastidial Monogalactosyldiacylglycerol Levels in Nannochloropsis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lina-Juana Dolch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Rak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgio Perin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Tourcier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valeria Villanova</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Melissa Conte</w:t>
+                <w:t xml:space="preserve">Richard Broughton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society B: Biological Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rstb.2016.0404⟩</w:t>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 173 (1), pp.742 - 759. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1104/pp.16.01420⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01608690v1</w:t>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01513236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Importance of phosphatidylcholine on the chloroplast surface.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Juliette Jouhet</w:t>
+                <w:t xml:space="preserve">Investigating mixotrophic metabolism in the model diatom Phaeodactylum tricornutum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valeria Villanova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Emidio Fortunato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dipali Singh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maryse A Block</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Davide Dal Bo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melissa Conte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress in Lipid Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 65, pp.12-23. </w:t>
+              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society B: Biological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 372 (1728), pp.1-14. </w:t>
             </w:r>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.plipres.2016.11.001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1098/rstb.2016.0404⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-01475259v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01608690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LC-MS/MS versus TLC plus GC methods: Consistency of glycerolipid and fatty acid profiles in microalgae and higher plant cells and effect of a nitrogen starvation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Importance of phosphatidylcholine on the chloroplast surface.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">César Botella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Clerc</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Maryse A Block</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 12 (8), pp.1-21. </w:t>
+              <w:t xml:space="preserve">Progress in Lipid Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 65, pp.12-23. </w:t>
             </w:r>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0182423⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.plipres.2016.11.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01608321v1</w:t>
+                <w:t xml:space="preserve">hal-01475259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AtMic60 Is Involved in Plant Mitochondria Lipid Trafficking and Is Part of a Large Complex.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Michaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Gros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Tardif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Brugière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Ferro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8026,90 +8026,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Light Remodels Lipid Biosynthesis in Nannochloropsis gaditana by Modulating Carbon Partitioning Between Organelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Alboresi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giorgio Perin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicola Vitulo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gianfranco Diretto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryse A Block</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 171 (4), pp.2468 - 2482. </w:t>
@@ -8141,791 +8141,791 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01412424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adjustments of embryonic photosynthetic activity modulate seed fitness in Arabidopsis thaliana.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">ALA10, a phospholipid flippase, controls FAD2/FAD3 desaturation of phosphatidylcholine in the ER, and affects chloroplast lipid composition in Arabidopsis thaliana.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">César Botella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Allorent</w:t>
+                <w:t xml:space="preserve">Emeline Sautron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonia Osorio</w:t>
+                <w:t xml:space="preserve">Laurence Boudière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Michaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joseph Ly Vu</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Juliette Jouhet</w:t>
+                <w:t xml:space="preserve">Emmanuelle Dubots</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Phytologist</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/nph.13044⟩</w:t>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 170 (3), pp.1300-1314. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1104/pp.15.01557⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01090931v1</w:t>
+                <w:t xml:space="preserve">hal-01260255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lipid polyunsaturation determines the extent of membrane structural changes induced by Amphotericin B in Pichia pastoris yeast.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Adjustments of embryonic photosynthetic activity modulate seed fitness in Arabidopsis thaliana.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Allorent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis de Ghellinck</w:t>
+                <w:t xml:space="preserve">Sonia Osorio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giovanna Fragneto</w:t>
+                <w:t xml:space="preserve">Joseph Ly Vu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valerie Laux</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Denis Falconet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BBA - Biochimica et Biophysica Acta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bbamem.2015.06.006⟩</w:t>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 205 (2), pp.707-19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/nph.13044⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01166987v1</w:t>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01090931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Levels of polyunsaturated fatty acids correlate with growth rate in plant cell cultures.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Valérie Gros</w:t>
+                <w:t xml:space="preserve">Lipid polyunsaturation determines the extent of membrane structural changes induced by Amphotericin B in Pichia pastoris yeast.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis de Ghellinck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanna Fragneto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Laux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Haertlein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/srep15207⟩</w:t>
+              <w:t xml:space="preserve">BBA - Biochimica et Biophysica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 1848 (10 Pt A), pp.2317-25. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbamem.2015.06.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId335" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01260228v1</w:t>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01166987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Membrane glycerolipid remodeling triggered by nitrogen and phosphorus starvation in Phaeodactylum tricornutum.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId246" w:history="1">
+                <w:t xml:space="preserve">Levels of polyunsaturated fatty acids correlate with growth rate in plant cell cultures.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coline Meï</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId303" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Melissa Conte</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Michaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Cussac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Albrieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Gros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Physiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 5, pp.15207. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/srep15207⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId337" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01141164v1</w:t>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01260228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lipid trafficking at endoplasmic reticulum–chloroplast membrane contact sites</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Membrane glycerolipid remodeling triggered by nitrogen and phosphorus starvation in Phaeodactylum tricornutum.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heni Abida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lina-Juana Dolch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coline Meï</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valeria Villanova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melissa Conte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Opinion in Cell Biology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 167 (1), pp.118-36</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId341" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01141188v1</w:t>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01141164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ALA10, a phospholipid flippase, controls FAD2/FAD3 desaturation of phosphatidylcholine in the ER, and affects chloroplast lipid composition in Arabidopsis thaliana.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lipid trafficking at endoplasmic reticulum–chloroplast membrane contact sites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryse A Block</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Jouhet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Physiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Current Opinion in Cell Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 35, pp.9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ceb.2015.03.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1104/pp.15.01557⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01260255v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01141188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The selective biotin tagging and thermolysin proteolysis of chloroplast outer envelope proteins reveals information on protein topology and association into complexes</w:t>
               </w:r>
@@ -8937,77 +8937,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Hardré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lauriane Kuhn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Albrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Michaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 5, pp.1-15. </w:t>
@@ -9039,669 +9039,669 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02637436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of galactoglycerolipids to the 3-dimensional architecture of thylakoids.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Multi-lamellar organization of fully deuterated lipid extracts of yeast membranes.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Cataye</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Yuri Gerelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis de Ghellinck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Laux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Haertlein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FASEB Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1096/fj.13-247395⟩</w:t>
+              <w:t xml:space="preserve">Acta crystallographica Section D : Structural biology [1993-..]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 70 (Pt 12), pp.3167-76. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1107/S1399004714022913⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00985043v1</w:t>
+                <w:t xml:space="preserve">hal-01133917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of galactoglycerolipid biosynthetic pathways - From cyanobacteria to primary plastids and from primary to secondary plastids.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId355" w:history="1">
+                <w:t xml:space="preserve">Glycerolipids in photosynthesis: Composition, synthesis and trafficking.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Boudière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Michaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitris Petroutsos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId356" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Olivier Bastien</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Rébeillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Falconet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress in Lipid Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.plipres.2014.02.001⟩</w:t>
+              <w:t xml:space="preserve">BBA - Biochimica et Biophysica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 1837 (4), pp.470-480. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbabio.2013.09.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">hal-00981370v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00873376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Glycerolipids in photosynthesis: Composition, synthesis and trafficking.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Contribution of galactoglycerolipids to the 3-dimensional architecture of thylakoids.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Demé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Cataye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryse A Block</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Maréchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Jouhet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BBA - Biochimica et Biophysica Acta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bbabio.2013.09.007⟩</w:t>
+              <w:t xml:space="preserve">FASEB Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 28 (8), pp.3373-83. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1096/fj.13-247395⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00873376v1</w:t>
+                <w:t xml:space="preserve">hal-00985043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-lamellar organization of fully deuterated lipid extracts of yeast membranes.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Juliette Jouhet</w:t>
+                <w:t xml:space="preserve">Evolution of galactoglycerolipid biosynthetic pathways - From cyanobacteria to primary plastids and from primary to secondary plastids.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitris Petroutsos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Laux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Michael Haertlein</w:t>
+                <w:t xml:space="preserve">Souad Amiar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heni Abida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lina-Juana Dolch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bastien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta crystallographica Section D : Structural biology [1993-..]</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 70 (Pt 12), pp.3167-76. </w:t>
+              <w:t xml:space="preserve">Progress in Lipid Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 54C, pp.68-85. </w:t>
             </w:r>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1107/S1399004714022913⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.plipres.2014.02.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId361" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01133917v1</w:t>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00981370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The influence of lipids on MGD1 membrane binding highlights novel mechanisms for galactolipid biosynthesis regulation in chloroplasts.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joe Sarkis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joana Rocha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ofelia Maniti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Vie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FASEB Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 28 (7), pp.3114-3123. </w:t>
@@ -9739,90 +9739,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Production and Analysis of Perdeuterated Lipids from Pichia pastoris Cells.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis de Ghellinck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Schaller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Laux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Haertlein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michele Sferrazza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9886,90 +9886,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The response of Nannochloropsis gaditana to nitrogen starvation includes de novo biosynthesis of triacylglycerols, a decrease of chloroplast galactolipids, and reorganization of the photosynthetic apparatus.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Simionato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryse A Block</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicoletta La Rocca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eukaryotic Cell</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 12 (5), pp.665-76. </w:t>
@@ -10007,51 +10007,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Importance of the hexagonal lipid phase in biological membrane organization.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 4, pp.494. </w:t>
             </w:r>
             <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
@@ -10083,609 +10083,609 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00942927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rubisco small-subunit α-helices control pyrenoid formation in Chlamydomonas.</w:t>
+                <w:t xml:space="preserve">Exclusion of plastid nucleoids and ribosomes from stromules in tobacco and Arabidopsis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moritz T Meyer</w:t>
+                <w:t xml:space="preserve">Christine A Newell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Todor Genkov</w:t>
+                <w:t xml:space="preserve">Senthil Kumar A Natesan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeremy N Skepper</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">James A Sullivan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Madeline C Mitchell</w:t>
+                <w:t xml:space="preserve">Tony A Kavanagh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 109 (47), epub ahead of print. </w:t>
+              <w:t xml:space="preserve">The Plant Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 69 (3), pp.399-410. </w:t>
             </w:r>
             <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1073/pnas.1210993109⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-313X.2011.04798.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00750796v1</w:t>
+                <w:t xml:space="preserve">hal-00636937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of phosphatidic acid in plant galactolipid synthesis.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rubisco small-subunit α-helices control pyrenoid formation in Chlamydomonas.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyrille Botté</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurence Boudière</w:t>
+                <w:t xml:space="preserve">Moritz T Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yoshiki Yamaryo-Botté</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Todor Genkov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy N Skepper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Madeline C Mitchell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.biochi.2011.03.012⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 109 (47), epub ahead of print. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1210993109⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...14 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00607205v1</w:t>
+                <w:t xml:space="preserve">hal-00750796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Galvestine-1, a novel chemical probe for the study of the glycerolipid homeostasis system in plant cells.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId344" w:history="1">
+                <w:t xml:space="preserve">Role of phosphatidic acid in plant galactolipid synthesis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Dubots</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Botté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Boudière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId392" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Lajoie</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jessica Marion</w:t>
+                <w:t xml:space="preserve">Yoshiki Yamaryo-Botté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular BioSystems</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biochimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 94 (1), pp.86-93. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biochi.2011.03.012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c2mb25067e⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00720135v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00607205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exclusion of plastid nucleoids and ribosomes from stromules in tobacco and Arabidopsis.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Galvestine-1, a novel chemical probe for the study of the glycerolipid homeostasis system in plant cells.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Boudière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine A Newell</w:t>
+                <w:t xml:space="preserve">Cyrille y Botté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Senthil Kumar A Natesan</w:t>
+                <w:t xml:space="preserve">Nadia Saidani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">James A Sullivan</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Juliette Jouhet</w:t>
+                <w:t xml:space="preserve">Mathieu Lajoie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tony A Kavanagh</w:t>
+                <w:t xml:space="preserve">Jessica Marion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Plant Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 69 (3), pp.399-410. </w:t>
+              <w:t xml:space="preserve">Molecular BioSystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 8 (8), pp.2023-35. </w:t>
             </w:r>
             <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1365-313X.2011.04798.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/c2mb25067e⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00636937v1</w:t>
+                <w:t xml:space="preserve">hal-00720135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chemical inhibitors of monogalactosyldiacylglycerol synthases in Arabidopsis thaliana.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille y Botté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Deligny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10775,77 +10775,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glycerolipid transfer for the building of membranes in plant cells.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryse Block</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Progress in Lipid Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 46 (1), pp.37-55. </w:t>
             </w:r>
             <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
@@ -10892,90 +10892,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toxoplasma gondii acyl-lipid metabolism: de novo synthesis from apicoplast-generated fatty acids versus scavenging of host cell precursors.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cordelia Bisanz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bastien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Grando</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biochemical Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 394 (Pt 1), pp.197-205. </w:t>
@@ -11052,51 +11052,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kashchandra G. Raghothama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ajay Jain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryse A. Block</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11147,64 +11147,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phosphate deprivation induces transfer of DGDG galactolipid from chloroplast to mitochondria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Baldan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11272,103 +11272,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transient increase of phosphatidylcholine in plant cells in response to phosphate deprivation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Bligny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Joyard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryse Block</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FEBS Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 544, pp.63-68</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11498,73 +11498,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Chambaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Jacques Monod Conference Molecular basis for membrane remodelling and organisation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2025, Roscoff, France</w:t>
+              <w:t xml:space="preserve">12th Scientific days on autophagy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2025, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05283163v1</w:t>
+                <w:t xml:space="preserve">hal-05283121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lipid/protein interplay in membrane formation and remodeling during plant autophagy</w:t>
               </w:r>
@@ -11589,107 +11589,107 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josselin Lupette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Buridan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Chambaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inés Toboso Moreno</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Clément Chambaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th Scientific days on autophagy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2025, Nice, France</w:t>
+              <w:t xml:space="preserve">Saclay Plant Sciences seminars</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2025, Versailles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05283121v1</w:t>
+                <w:t xml:space="preserve">hal-05283108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lipid/protein interplay in membrane formation and remodeling during plant autophagy</w:t>
               </w:r>
@@ -11714,107 +11714,107 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josselin Lupette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Buridan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inés Toboso Moreno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Chambaud</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Inés Toboso Moreno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Saclay Plant Sciences seminars</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2025, Versailles, France</w:t>
+              <w:t xml:space="preserve">Jacques Monod Conference Molecular basis for membrane remodelling and organisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Roscoff, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05283108v1</w:t>
+                <w:t xml:space="preserve">hal-05283163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deciphering the singularity of autophagic membranes: key lipids in autophagy</w:t>
               </w:r>
@@ -11919,168 +11919,168 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05279385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Postharvest lipidomics of lettuce leaves</w:t>
+                <w:t xml:space="preserve">Lipid/protein interplay in membrane formation and remodeling during plant autophagy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Baron</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Florence Charles</w:t>
+                <w:t xml:space="preserve">Amélie Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josselin Lupette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Castets</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Chambaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Buridan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Horticulture Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ISHS, May 2024, Bucarest (Romania), Romania</w:t>
+              <w:t xml:space="preserve">26th International Plant Molecular Biology (IPMB 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Cairns, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05495519v1</w:t>
+                <w:t xml:space="preserve">hal-05279320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId441" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lipid/protein interplay in membrane formation and remodeling during plant autophagy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Castets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -12139,941 +12139,941 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Plant Proteostasis Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId441" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05279334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId442" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lipid/protein interplay in membrane formation and remodeling during plant autophagy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Adaptive traits of Sanguina nivaloides cysts to snow environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jade Ezzedine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clarisse Uwizeye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Si-Larbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Hagenmuller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélie Bernard</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Buridan</w:t>
+                <w:t xml:space="preserve">Benoît Gallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26th International Plant Molecular Biology (IPMB 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Cairns, Australia</w:t>
+              <w:t xml:space="preserve">5th Snow Algae Meeting 6th-7th November 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Bodo, Norway</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId442" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05279320v1</w:t>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04924683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive traits of Sanguina nivaloides cysts to snow environments</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Clarisse Uwizeye</w:t>
+                <w:t xml:space="preserve">AtVPS13M1 is involved in lipid remodeling in response to phosphate starvation and is located to mitochondria in Arabidopsis thaliana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Leterme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Albrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grégory Si-Larbi</w:t>
+                <w:t xml:space="preserve">Yohann Couté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Brugière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Hagenmuller</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Benoît Gallet</w:t>
+                <w:t xml:space="preserve">Benjamin Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th Snow Algae Meeting 6th-7th November 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2024, Bodo, Norway</w:t>
+              <w:t xml:space="preserve">International Conference on Plant Mitochondria Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Saint-Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04924683v1</w:t>
+                <w:t xml:space="preserve">hal-04852503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId448" w:history="1">
+            <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AtVPS13M1 is involved in lipid remodeling in response to phosphate starvation and is located to mitochondria in Arabidopsis thaliana</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Role of peroxisome and peroxisomal β-oxidation in lipid remodeling and plant adaptation to phosphate starvation in higher plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siqi Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Schilling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Jouhet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Michaud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Plant Mitochondria Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, Saint-Malo, France</w:t>
+              <w:t xml:space="preserve">GERLI 19th LIPIDOMICS MEETING : FROM SEA TO FORK</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId448" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04852503v1</w:t>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04852513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId451" w:history="1">
+            <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of peroxisome and peroxisomal β-oxidation in lipid remodeling and plant adaptation to phosphate starvation in higher plants</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Postharvest lipidomics of lettuce leaves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Baron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Jouhet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Schilling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId451" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Cussac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Siqi Yan</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Florence Charles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GERLI 19th LIPIDOMICS MEETING : FROM SEA TO FORK</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Brest, France</w:t>
+              <w:t xml:space="preserve">European Horticulture Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISHS, May 2024, Bucarest (Romania), Romania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId451" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04852513v1</w:t>
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05495519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Membrane Contact Sites and Their Functions</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">How do membrane lipids contribute to autophagy in plants ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigo Enrique Gomez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Chambaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josselin Lupette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Castets</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId454" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Pascal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gordon Research Conference: Plant Lipids Structure, Metabolism, and Function</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2023, Galveston, United States</w:t>
+              <w:t xml:space="preserve">ENPER 2023 - 23rd European Network for Plant Endomembrane Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Constance, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04834771v1</w:t>
+                <w:t xml:space="preserve">hal-05274098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId454" w:history="1">
+            <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The molecular signature of autophagic structures in Arabidopsis thaliana</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">L’utilisation de la technique Tof-SIMS au travers du projet 3DLipid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd French Membrane Meeting Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">1ère journée scientifique et technique de l’alliance Carnot Produits Biosourcés pour la bioéconomie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Mont-Saint Aignan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId454" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05274065v1</w:t>
+            <w:hyperlink r:id="rId455" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04834763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId455" w:history="1">
+            <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lipid transport at chloroplast-mitochondria contact sites in Arabidopsis thaliana.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sabine Brugière</w:t>
+                <w:t xml:space="preserve">The molecular signature of autophagic structures in Arabidopsis thaliana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josselin Lupette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Chambaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Yatim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Gros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">33rd International Conference on Arabidopsis Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Chiba, Japan</w:t>
+              <w:t xml:space="preserve">2nd French Membrane Meeting Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId455" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04852439v1</w:t>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05274065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolutionary significance of the bilayer properties for the disappearance of betaine lipids in seed plants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bolik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Schlaich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tetiana Mukhina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alberto Amato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bastien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IRN France-Japan Frontiers in Plant Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Kyoto, Japan. pp.275</w:t>
@@ -13096,859 +13096,859 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04834756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Betaine Lipid synthase overexpression in higher plants</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Lipid transport at chloroplast-mitochondria contact sites in Arabidopsis thaliana.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Arrighi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Montmayeul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Leterme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Albrieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Brugière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESPL 2023 (European Symposium of Plant Lipids)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Amsterdam, Netherlands</w:t>
+              <w:t xml:space="preserve">33rd International Conference on Arabidopsis Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Chiba, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04834533v1</w:t>
+                <w:t xml:space="preserve">hal-04852439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId459" w:history="1">
+            <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification and characterization of a VPS13 homolog in Arabidopsis thaliana</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Membrane Contact Sites and Their Functions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Jouhet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gordon Research Seminar Plant Lipids: Structure, Metabolism and Function</w:t>
+              <w:t xml:space="preserve">Gordon Research Conference: Plant Lipids Structure, Metabolism, and Function</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2023, Galveston, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId459" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04851879v1</w:t>
+            <w:hyperlink r:id="rId460" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04834771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular cartography of purified autophagic membranes to decrypt autophagosome formation in Arabidopsis thaliana</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Betaine Lipid synthase overexpression in higher plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Salomon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Amato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Michaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESPL 2023 - 10th European Symposium on Plant Lipids</w:t>
+              <w:t xml:space="preserve">ESPL 2023 (European Symposium of Plant Lipids)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Amsterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05274047v1</w:t>
+                <w:t xml:space="preserve">hal-04834533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolutionary significance of the bilayer properties for the disappearance of betaine lipids in seed plants</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Olivier Bastien</w:t>
+                <w:t xml:space="preserve">Identification and characterization of a VPS13 homolog in Arabidopsis thaliana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Leterme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Albrieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId463" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohann Coute</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Brugière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th RFMF Webinar</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2024, Webinar, France. pp.275</w:t>
+              <w:t xml:space="preserve">Gordon Research Seminar Plant Lipids: Structure, Metabolism and Function</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2023, Galveston, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04834752v1</w:t>
+                <w:t xml:space="preserve">hal-04851879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’utilisation de la technique Tof-SIMS au travers du projet 3DLipid</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Molecular cartography of purified autophagic membranes to decrypt autophagosome formation in Arabidopsis thaliana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josselin Lupette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Chambaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Yatim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Gros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1ère journée scientifique et technique de l’alliance Carnot Produits Biosourcés pour la bioéconomie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Mont-Saint Aignan, France</w:t>
+              <w:t xml:space="preserve">ESPL 2023 - 10th European Symposium on Plant Lipids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Amsterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId463" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04834763v1</w:t>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05274047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How do membrane lipids contribute to autophagy in plants ?</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Pascal</w:t>
+                <w:t xml:space="preserve">Evolutionary significance of the bilayer properties for the disappearance of betaine lipids in seed plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bolik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Schlaich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tetiana Mukhina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Amato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bastien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ENPER 2023 - 23rd European Network for Plant Endomembrane Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Constance, Germany</w:t>
+              <w:t xml:space="preserve">13th RFMF Webinar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Webinar, France. pp.275</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId464" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05274098v1</w:t>
+            <w:hyperlink r:id="rId465" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04834752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mitochondrial lipid trafficking during phosphate starvation in plant</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId159" w:history="1">
+                <w:t xml:space="preserve">Dissecting the role of the MTL complex in mitochondrial lipid trafficking during phosphate starvation in Arabidopsis thaliana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Leterme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Arrighi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Albrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Brugière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Ferro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMBO/FEBS Lecture Course: Mitochondria in Life Death and Disease</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Budva, Montenegro</w:t>
+              <w:t xml:space="preserve">25th International Symposium on Plant Lipids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Eric Maréchal; Juliette Jouhet, Jul 2022, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04852441v1</w:t>
+                <w:t xml:space="preserve">hal-04852431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basics of glycerolipid structural identification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd EpiLipidNET General Action meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Aveiro, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -13967,152 +13967,152 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04834614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dissecting the role of the MTL complex in mitochondrial lipid trafficking during phosphate starvation in Arabidopsis thaliana</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId159" w:history="1">
+                <w:t xml:space="preserve">Mitochondrial lipid trafficking during phosphate starvation in plant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Leterme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Arrighi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Albrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Brugière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Ferro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25th International Symposium on Plant Lipids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Eric Maréchal; Juliette Jouhet, Jul 2022, Grenoble, France</w:t>
+              <w:t xml:space="preserve">EMBO/FEBS Lecture Course: Mitochondria in Life Death and Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Budva, Montenegro</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04852431v1</w:t>
+                <w:t xml:space="preserve">hal-04852441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconstruction of a genome-scale metabolic model of Microchloropsis gaditana with detailed lipid metabolism.</w:t>
               </w:r>
@@ -14217,234 +14217,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04924433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plastidial ACP Δ9‐desaturase modulates EPA biosynthesis and TAG accumulation in Phaeodactylum tricornutum</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Différence entre les lipides végétaux et animaux – importance des lipases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GERLI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Bordeaux, France. pp.1247-1259</w:t>
+              <w:t xml:space="preserve">Journées des lipidomystes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04834795v1</w:t>
+                <w:t xml:space="preserve">hal-04868329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lipid transport to mitochondria during plant adaptation to phosphate starvation.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Leterme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Albrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irina Gutsche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohann Couté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Brugière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Young Mito Investigator Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Online, France</w:t>
@@ -14467,757 +14411,813 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04852433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Représentation et visualisation des acides gras dans un réseau métabolique.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">A novel acyl-CoA synthetase subfamily identified in photosynthetic eukaryotes and its role in eicosapentaenoic acid.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Billey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Fourage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Marechal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées des LipidomYstes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">1st International bioenergy &amp; environment congress, Cité des énergies (France))</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2021, Virtual conference, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04931308v1</w:t>
+                <w:t xml:space="preserve">hal-04924478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId478" w:history="1">
+            <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A novel acyl-CoA synthetase subfamily identified in photosynthetic eukaryotes and its role in eicosapentaenoic acid.</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Représentation et visualisation des acides gras dans un réseau métabolique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvaine Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Clerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Marechal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st International bioenergy &amp; environment congress, Cité des énergies (France))</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2021, Virtual conference, France</w:t>
+              <w:t xml:space="preserve">Journées des LipidomYstes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId478" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04924478v1</w:t>
+            <w:hyperlink r:id="rId479" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04931308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of a novel acyl-CoA synthetase of Microchloropsis gaditana.</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Plastidial ACP Δ9‐desaturase modulates EPA biosynthesis and TAG accumulation in Phaeodactylum tricornutum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Smith Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiara Gandini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimir Nekrasova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Marechal</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th Conference of the International Society of Applied Phycology (ISAP 2021 Virtual)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2021, Virtual conference, Japan</w:t>
+              <w:t xml:space="preserve">GERLI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Bordeaux, France. pp.1247-1259</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04924472v1</w:t>
+                <w:t xml:space="preserve">hal-04834795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of betaine lipid (DGTS) and phosphatidylcholine properties</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Characterization of a novel acyl-CoA synthetase of Microchloropsis gaditana.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Billey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Fourage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Marechal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lipids in the Ocean</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2021, Aveiro, Portugal</w:t>
+              <w:t xml:space="preserve">7th Conference of the International Society of Applied Phycology (ISAP 2021 Virtual)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Virtual conference, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04834584v1</w:t>
+                <w:t xml:space="preserve">hal-04924472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of betaine lipid DGTS and phosphatidylcholine PC properties</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId114" w:history="1">
+                <w:t xml:space="preserve">Comparison of betaine lipid (DGTS) and phosphatidylcholine properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bolik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tetiana Mukhina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Demé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuel Schneck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GERLI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Lipids in the Ocean</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Aveiro, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04834561v1</w:t>
+                <w:t xml:space="preserve">hal-04834584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plant and algae glycerolipid analysis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Comparison of betaine lipid DGTS and phosphatidylcholine PC properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bolik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tetiana Mukhina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Demé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emanuel Schneck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées des lipidomystes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">GERLI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04868345v1</w:t>
+                <w:t xml:space="preserve">hal-04834561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Différence entre les lipides végétaux et animaux – importance des lipases</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Plant and algae glycerolipid analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées des lipidomystes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04868329v1</w:t>
+                <w:t xml:space="preserve">hal-04868345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling of lipid droplet population dynamics in diatom cells (Phaeodactylum tricornutum) following a nutrient stress</w:t>
               </w:r>
@@ -15229,77 +15229,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Jaussaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josselin Lupette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Gromova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bastien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19ème journée du GIS IMBL</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Montpellier, France</w:t>
@@ -15328,51 +15328,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of galactoglycerolipids on the chloroplast envelope outer membrane architecture and its adaptation to phosphate deprivation in plants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bolik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ignacio Rodriguez Loureiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15380,51 +15380,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuel Schneck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Demé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilayers at the ILL</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2019, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -15449,51 +15449,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution of galactoglycerolipids to the three-dimensional architecture of thylakoids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilayer at ILL</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2019, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -15518,51 +15518,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“Ecolomics” approach to marine mangrove decomposers: lipidomics, genomics, and transcriptomics applied to ecophysiology of Aurantiochytrium limacinum life stages.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alberto Amato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Bournaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15570,51 +15570,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Younès Dellero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Maës</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Morabito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19ème journée du GIS IMBL</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Montpellier, France</w:t>
@@ -15656,90 +15656,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Specific role of glycolipids in the regular stacking of membranes reconstituted from thylakoid lipid extracts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Demé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cataye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryse Block</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">58. Annual Meeting of the Biophysical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Biophysical Society. USA., Feb 2014, San Francisco, United States. </w:t>
             </w:r>
             <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
@@ -15936,90 +15936,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Postharvest lipidomics of lettuce leaves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Schilling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Cussac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId440" w:history="1">
+            <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -16054,90 +16054,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Plastidial Glycolytic-Gluconeogenic Switch of Mitochondrial Origin Enables Diatom Adaptations to High Latitudes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Dorrell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yue Liang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwenn Gueguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomomi Nonoyama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youjun Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -16339,290 +16339,290 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Seipin protein of Phaeodactylum tricornutum: structure and function specificities</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Betaine Lipids production in higher plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Le Moigne</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sarah Salomon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Amato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Michaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Jouhet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 International Symposium on Plant Lipids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Lincoln, Ne, United States</w:t>
+              <w:t xml:space="preserve">International Symposium on Plant Lipids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Lincoln, Nebraska, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04924634v1</w:t>
+                <w:t xml:space="preserve">hal-04834804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId510" w:history="1">
+            <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Betaine Lipids production in higher plants</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The Seipin protein of Phaeodactylum tricornutum: structure and function specificities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Carletti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Le Moigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId510" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felix Weis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Albrieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Si-Larbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Plant Lipids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Lincoln, Nebraska, United States</w:t>
+              <w:t xml:space="preserve">2024 International Symposium on Plant Lipids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Lincoln, Ne, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId510" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04834804v1</w:t>
+            <w:hyperlink r:id="rId509" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04924634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId511" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of digalactosyldiacylglycerol synthases in the model diatom Phaeodactylum tricornutum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Sérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Serbutoviez-Verville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16630,51 +16630,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Artigas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Armanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Cussac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2024 International Symposium on Plant Lipids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Lincoln, Ne, United States</w:t>
@@ -16697,1804 +16697,1804 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04924553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of peroxisomes and peroxisomal β-oxidation in plant adaptation to phosphate starvation.</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Evolutionary significance of the bilayer properties for the disappearance of betaine lipids in seed plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bolik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Schlaich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tetiana Mukhina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Amato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bastien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th European Symposium on Plant Lipids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Amsterdam, Netherlands</w:t>
+              <w:t xml:space="preserve">XXII Congrès du Groupe d'Etudes des Membranes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Autrans, France. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04852446v1</w:t>
+                <w:t xml:space="preserve">hal-04834781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse quantitative du glycérolipidome d’organismes photosynthétiques : présentation de la plateforme LIPANG.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Role of peroxisomes and peroxisomal β-oxidation in plant adaptation to phosphate starvation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siqi Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Albrieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Jouhet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Schilling</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Juliette Jouhet</w:t>
+                <w:t xml:space="preserve">Morgane Michaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15èmes Journées Scientifiques du RFMF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Perpignan, France</w:t>
+              <w:t xml:space="preserve">Young Researchers' days, Clermont-Ferrand</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Clermon-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04834656v1</w:t>
+                <w:t xml:space="preserve">hal-04852449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification and characterization of a VPS13 homolog in Arabidopsis thaliana.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Analyse quantitative du glycérolipidome d’organismes photosynthétiques : présentation de la plateforme LIPANG.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Schilling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Louwagie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Cussac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvaine Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Jouhet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gordon Research Seminar Plant Lipids: Structure, Metabolism and Function</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2023, Galveston, United States</w:t>
+              <w:t xml:space="preserve">15èmes Journées Scientifiques du RFMF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Perpignan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04852453v1</w:t>
+                <w:t xml:space="preserve">hal-04834656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolutionary significance of the bilayer properties for the disappearance of betaine lipids in seed plants</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Role of peroxisomes and peroxisomal β-oxidation in plant adaptation to phosphate starvation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siqi Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Albrieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Jouhet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Michaud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXII Congrès du Groupe d'Etudes des Membranes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2023, Autrans, France. 2023</w:t>
+              <w:t xml:space="preserve">10th European Symposium on Plant Lipids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Amsterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04834781v1</w:t>
+                <w:t xml:space="preserve">hal-04852446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of peroxisomes and peroxisomal β-oxidation in plant adaptation to phosphate starvation.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Identification and characterization of a VPS13 homolog in Arabidopsis thaliana.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Leterme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Albrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId445" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohann Couté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Brugière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Gillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Young Researchers' days, Clermont-Ferrand</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2023, Clermon-Ferrand, France</w:t>
+              <w:t xml:space="preserve">Gordon Research Seminar Plant Lipids: Structure, Metabolism and Function</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2023, Galveston, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04852449v1</w:t>
+                <w:t xml:space="preserve">hal-04852453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Establishing the molecular signature of autophagic membranes to decrypt autophagosome formation in Arabidopsis thaliana</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Valérie Gros</w:t>
+                <w:t xml:space="preserve">Identification and characterization of a VPS13 homolog in Arabidopsis thaliana.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Leterme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Albrieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId445" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohann Couté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Brugière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISPL 2022 - 25th International Symposium on Plant Lipids</w:t>
+              <w:t xml:space="preserve">25th International Symposium of Plant Lipid</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05273858v1</w:t>
+                <w:t xml:space="preserve">hal-04852466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of green microalgae collected in the snowpack at high-elevations (&gt;2,000 m. a.s.l.) in the French Alps</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mathilde Louwagie</w:t>
+                <w:t xml:space="preserve">Identification and characterization of a VPS13 homolog in Arabidopsis thaliana.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Leterme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Albrieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId445" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohann Couté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Brugière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium of Plant Lipid</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Grenoble, France</w:t>
+              <w:t xml:space="preserve">EMBO workshop: ER: The master regulator of membrane trafficking</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Lucca, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04924537v1</w:t>
+                <w:t xml:space="preserve">hal-04852464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId523" w:history="1">
+            <w:hyperlink r:id="rId522" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of digalactosyldiacylglycerol synthases in the model diatom Phaeodactylum tricornutum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Sérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Armanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId523" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanhua Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId524" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yangmin Gong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium on Plant Lipids, ISPL 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId523" w:history="1">
+            <w:hyperlink r:id="rId522" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04924531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId526" w:history="1">
+            <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Betaine Lipids overexpression in higher plants.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Salomon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alberto Amato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Michaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium of Plant Lipids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId526" w:history="1">
+            <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04834664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId527" w:history="1">
+            <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of peroxisomes and peroxisomes-mitochondria interactions in plant adaptation to phosphate starvation.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Juliette Jouhet</w:t>
+                <w:t xml:space="preserve">Establishing the molecular signature of autophagic membranes to decrypt autophagosome formation in Arabidopsis thaliana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josselin Lupette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Chambaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Castets</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Yatim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Gros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25th International Symposium of Plant Lipid</w:t>
+              <w:t xml:space="preserve">ISPL 2022 - 25th International Symposium on Plant Lipids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId527" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04852458v1</w:t>
+            <w:hyperlink r:id="rId526" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05273858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId528" w:history="1">
+            <w:hyperlink r:id="rId527" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification and characterization of a VPS13 homolog in Arabidopsis thaliana</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Gillet</w:t>
+                <w:t xml:space="preserve">Study of green microalgae collected in the snowpack at high-elevations (&gt;2,000 m. a.s.l.) in the French Alps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jade Ezzedine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaelle Villain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melissa Conte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId528" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Stewart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Louwagie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférences Jacques Monod : Molecular basis for membrane remodeling and organization</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Roscoff, France</w:t>
+              <w:t xml:space="preserve">International Symposium of Plant Lipid</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId528" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04852480v1</w:t>
+            <w:hyperlink r:id="rId527" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04924537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dissecting the role of the MTL complex in mitochondrial lipid trafficking during phosphate starvation in Arabidopsis thaliana</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Role of peroxisomes and peroxisomes-mitochondria interactions in plant adaptation to phosphate starvation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siqi Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Albrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId445" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohann Couté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Brugière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId315" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marianne Tardif</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25th International Symposium on Plant Lipids</w:t>
+              <w:t xml:space="preserve">25th International Symposium of Plant Lipid</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04852460v1</w:t>
+                <w:t xml:space="preserve">hal-04852458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId530" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification and characterization of a VPS13 homolog in Arabidopsis thaliana.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId159" w:history="1">
+                <w:t xml:space="preserve">Identification and characterization of a VPS13 homolog in Arabidopsis thaliana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Leterme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Albrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohann Couté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Brugière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId450" w:history="1">
+            <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25th International Symposium of Plant Lipid</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Conférences Jacques Monod : Molecular basis for membrane remodeling and organization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Roscoff, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId530" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04852466v1</w:t>
+                <w:t xml:space="preserve">hal-04852480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification and characterization of a VPS13 homolog in Arabidopsis thaliana.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId159" w:history="1">
+                <w:t xml:space="preserve">Dissecting the role of the MTL complex in mitochondrial lipid trafficking during phosphate starvation in Arabidopsis thaliana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Leterme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Arrighi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Albrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId449" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Brugière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId450" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Gillet</w:t>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Tardif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMBO workshop: ER: The master regulator of membrane trafficking</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Lucca, Italy</w:t>
+              <w:t xml:space="preserve">25th International Symposium on Plant Lipids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04852464v1</w:t>
+                <w:t xml:space="preserve">hal-04852460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of a complex involved in lipid transport to mitochondria during plant adaptation to phosphate starvation.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Leterme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Albrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irina Gutsche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohann Couté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Brugière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ASBMB, Experimental Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, Online, United States</w:t>
@@ -18549,77 +18549,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Dupont Thibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Marechal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Billey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOBIM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Paris, France</w:t>
@@ -18642,1183 +18642,1183 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04834682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterisation of glycerolipid synthases in Phaeodactylum tricornutum</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Félix Cicéron</w:t>
+                <w:t xml:space="preserve">Role of non-phosphorus lipids in the architecture of microalgae membranes.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bolik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId535" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Falconet</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">V Gros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Demé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alg’in Provence, European Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Arles, France</w:t>
+              <w:t xml:space="preserve">Glyco@Days</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Autrans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04837215v1</w:t>
+                <w:t xml:space="preserve">hal-04834694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterisation of MonoGalactosylDiacylGlycerol synthases in the model diatom Phaeodactylum tricornutum using CRISPR-Cas9 technology</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Félix Cicéron</w:t>
+                <w:t xml:space="preserve">Role of non-phosphorus lipids in the architecture of microalgae membranes.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bolik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId535" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Falconet</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">V Gros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Demé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19ème journée du GIS IMBL</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04837226v1</w:t>
+                <w:t xml:space="preserve">hal-04834710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId537" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterisation of glycerolipid synthases in Phaeodactylum tricornutum</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Félix Cicéron</w:t>
+                <w:t xml:space="preserve">Role of non-phosphorus lipids in the architecture of microalgae membranes.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bolik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId535" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Falconet</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">V Gros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Demé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Glyco@Days</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, Autrans, France</w:t>
+              <w:t xml:space="preserve">Glyco@Alps Event</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId537" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04837218v1</w:t>
+                <w:t xml:space="preserve">hal-04834704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId538" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of non-phosphorus lipids in the architecture of microalgae membranes.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Bolik</w:t>
+                <w:t xml:space="preserve">Characterisation of MonoGalactosylDiacylGlycerol synthases in the model diatom Phaeodactylum tricornutum using CRISPR-Cas9 technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nolwenn Guéguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Félix Cicéron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId539" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V Gros</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">D. Falconet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Salvaing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19ème journée du GIS IMBL</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId538" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04834710v1</w:t>
+                <w:t xml:space="preserve">hal-04837226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId540" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of non-phosphorus lipids in the architecture of microalgae membranes.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Bolik</w:t>
+                <w:t xml:space="preserve">Characterisation of glycerolipid synthases in Phaeodactylum tricornutum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nolwenn Guéguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Félix Cicéron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId539" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V Gros</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">D. Falconet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Salvaing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Glyco@Alps Event</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Glyco@Days</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Autrans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId540" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04834704v1</w:t>
+                <w:t xml:space="preserve">hal-04837218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId541" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The zoosporic stage of the marine mangrove decomposer Aurantiochytrium limacinum: physiology, lipid metabolism and transcriptional dynamics.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Martin Schuler</w:t>
+                <w:t xml:space="preserve">Characterisation of glycerolipid synthases in Phaeodactylum tricornutum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nolwenn Guéguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Félix Cicéron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId539" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Falconet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Jouhet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Salvaing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19ème journée du GIS IMBL</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Alg’in Provence, European Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Arles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId541" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04931339v1</w:t>
+                <w:t xml:space="preserve">hal-04837215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId544" w:history="1">
+            <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling of lipid droplet population dynamics in diatom cells (Phaeodactylum tricornutum) following a nutrient stress.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Olivier Bastien</w:t>
+                <w:t xml:space="preserve">The zoosporic stage of the marine mangrove decomposer Aurantiochytrium limacinum: physiology, lipid metabolism and transcriptional dynamics.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId543" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Maës</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Morabito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId544" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Bournaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId492" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Younès Dellero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Schuler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gordon Conference on Plant Lipids, Galveston (USA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2019, Galveston, TX, United States</w:t>
+              <w:t xml:space="preserve">19ème journée du GIS IMBL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId544" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04924542v1</w:t>
+            <w:hyperlink r:id="rId542" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04931339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId545" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural and functional characterization of a complex involved in lipid transport to mitochondria during plant adaptation to phosphate starvation</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Modeling of lipid droplet population dynamics in diatom cells (Phaeodactylum tricornutum) following a nutrient stress.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Jaussaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josselin Lupette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId486" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Gromova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bastien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bilayers at the ILL</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2019, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Gordon Conference on Plant Lipids, Galveston (USA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2019, Galveston, TX, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId545" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04852492v1</w:t>
+                <w:t xml:space="preserve">hal-04924542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId546" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of non-phosphorus lipids in the architecture of microalgae membranes.</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Structural and functional characterization of a complex involved in lipid transport to mitochondria during plant adaptation to phosphate starvation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Leterme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Albrieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId445" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohann Couté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Brugière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Glyco@Days</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, Autrans, France</w:t>
+              <w:t xml:space="preserve">Bilayers at the ILL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId546" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04834694v1</w:t>
+                <w:t xml:space="preserve">hal-04852492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId547" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloroplasts with four membranes: what consequences for the homeostasis of lipids in model microalgae?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Salvaing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josselin Lupette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lina-Juana Dolch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alberto Amato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Falconet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence Jacques Monod, analyses moléculaires de l'organisation et du remodelage des membranes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Roscoff, France. 1 p., 2017</w:t>
@@ -19987,77 +19987,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId553" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isolation of mitochondria for lipid analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Leterme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Michaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bartels, D.; Dörmann, P. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Lipids -Methods and Protocols</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2295, Humana Press, New York, NY., pp.337-349, 2021, Methods in Molecular Biology, 1064-3745. </w:t>
@@ -20095,77 +20095,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId555" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurement of Lipid Transport in Mitochondria by the MTL Complex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Gros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Michaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Intracellular lipid transport. Series: Methods in Molecular Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer, pp.69-93, 2019, 978-1-4939-9135-8. </w:t>
             </w:r>
             <w:hyperlink r:id="rId556" w:history="1">
               <w:r>
                 <w:rPr>
@@ -20193,312 +20193,312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02151145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId557" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantitative Assessment of the Chloroplast Lipidome</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId66" w:history="1">
+                <w:t xml:space="preserve">Extraction and Quantification of Lipids from Plant or Algae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Gros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josselin Lupette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Marechal Eric. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plastids: Methods and Protocols. Series: Methods in Molecular Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1829, Springer, pp.241-252, 2018, Methods in Molecular Biology, 978-1-4939-8654-5; 978-1-4939-8653-8. </w:t>
+              <w:t xml:space="preserve">, 1829, Springer, pp.213-240, 2018, Methods in Molecular Biology, 978-1-4939-8654-5; 978-1-4939-8653-8. </w:t>
             </w:r>
             <w:hyperlink r:id="rId558" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-1-4939-8654-5_16⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-1-4939-8654-5_15⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId557" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02190360v1</w:t>
+                <w:t xml:space="preserve">hal-02190907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId559" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extraction and Quantification of Lipids from Plant or Algae</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId66" w:history="1">
+                <w:t xml:space="preserve">Quantitative Assessment of the Chloroplast Lipidome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Gros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Marechal Eric. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plastids: Methods and Protocols. Series: Methods in Molecular Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1829, Springer, pp.213-240, 2018, Methods in Molecular Biology, 978-1-4939-8654-5; 978-1-4939-8653-8. </w:t>
+              <w:t xml:space="preserve">, 1829, Springer, pp.241-252, 2018, Methods in Molecular Biology, 978-1-4939-8654-5; 978-1-4939-8653-8. </w:t>
             </w:r>
             <w:hyperlink r:id="rId560" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-1-4939-8654-5_15⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-1-4939-8654-5_16⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId559" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02190907v1</w:t>
+                <w:t xml:space="preserve">hal-02190360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId561" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New Insights on Thylakoid Biogenesis in Plant Cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bastien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">César Botella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryse A Block</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kwang W. Jeon. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Review of Cell and Molecular Biology</w:t>
@@ -20540,90 +20540,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId563" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of the envelope membranes in chloroplast glycerolipid biosynthesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryse A Block</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Marechal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bastien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId564" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Joyard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -20678,90 +20678,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId566" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lipid trafficking in plant photosynthetic cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Dubots</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryse Block</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lipids in Photosynthesis: Essential and Regulatory Functions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 30, Editions Springer, 2009, Advances in Photosynthesis and Respiration, 978-90-481-2862-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -20818,77 +20818,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId567" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Method for the production of triacylglycerides and fatty acids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alberto Amato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Younes Dellero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Marechal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -20964,51 +20964,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId568" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ETUDE DES REMANIEMENTS LIPIDIQUES DES CELLULES VEGETALES EN CARENCE DE PHOSPHATE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Biologie cellulaire. Université Joseph-Fourier - Grenoble I, 2005. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId569" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -21204,51 +21204,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369654v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Dupont-Thibert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Roy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#243;nia Carneiro" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pereira" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Carreira" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2025.133619" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05147856v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Le Moigne" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Carletti" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chems Amari" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Bonnarde" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Richard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.70350" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881998v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Salomon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Oliva" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Amato" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bastien" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Michaud" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plipres.2025.101320" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05350965v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Seydoux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Simon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Barnes" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Jouhet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Jouneau" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/6.0004263" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084221v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Manuel Escu&#237;n" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Claver" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a &#193;ngeles Luj&#225;n" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Schilling" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00764-025-00346-y" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215205v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Subhrajit Banerjee" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Daetwyler" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaofei Bai" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41556-025-01672-3" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868681v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Albrieux" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Si Larbi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erae458" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04463739v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yizhong Yuan" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Iannetta" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minjae Kim" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patric Sadecki" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Arend" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-57809-3" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315566v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lingjie You" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ada Po&#322;o&#324;ska" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarzyna Jasieniecka-Gazarkiewicz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.19434" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731720v2" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Gu&#233;guen" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick S&#233;r&#232;s" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Cic&#233;ron" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gros" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plcell/koae275" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673335v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliana Alves" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Boutt&#233;" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Darnet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Domergue" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plipres.2024.101290" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594151v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junkai Zhu" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuangqing Li" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weizhong Chen" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinde Xu" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoping Wang" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plphys/kiae297" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297748v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yufang Pan" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanting Zhang" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaofei Wang" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mar&#233;chal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plphys/kiad581" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758564v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Mahieu" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Arrighi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2024.10.11.617903" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835631v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2024.1386023" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652906v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Coulon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houda Nacir" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bahammou" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Bessoule" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erae301" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04607109v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard G Dorrell" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youjun Zhang" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Liang" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Gueguen" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomomi Nonoyama" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plcell/koae168" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281075v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Douchi" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Si Larbi" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Fel" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Bonnanfant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Louwagie" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcad139" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397402v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bolik" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Schlaich" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tetiana Mukhina" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-023-01775-z" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03994752v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiahui Hao" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pbi.13952" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294008v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Ezzedine" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Uwizeye" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Villain" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-43030-7" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03704322v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuan Yu Cheong" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul G Falkowski" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11120-022-00914-x" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814722v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuel Schneck" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Dem&#233;" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2022.184037" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03479559v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenchao Chen" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.17911" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552323v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mie Shimojima" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koichiro Awai" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Marechal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2021.834384" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787887v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Felix" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ladislav Bumba" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarissa Liesche" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Fraudeau" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice R&#233;beill&#233;" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-32992-9" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03180171v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Lemel" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarzyna Nie&#347;cierowicz" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dolores Garc&#237;a-Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Darr&#233;" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Durroux" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jlr.2021.100059" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185953v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Billey" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Magneschi" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Leterme" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariette Bedhomme" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Andres-Robin" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plphys/kiaa110" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03194504v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Smith Richard" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Gandini" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Nekrasova" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.15231" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03423342v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Deragon" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Schuler" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Aiese Cigliano" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Dellero" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells10102680" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902861v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Salvaing" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Botella" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Block" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2020.01070" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323286v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Breton" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulysse Guyet" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Pittera" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.16239" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333579v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amit Kumar Sharma" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice M&#252;hlroth" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Alipanah" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.16248" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973890v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Degraeve-Guilbault" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Enrique Gomez" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Lemoigne" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nattiwong Pankansem" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soizic Morin" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.20.00281" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517727v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Jaussaud" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Lupette" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2020.00048" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02952992v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Berger" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Colosetti" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Jalabert" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Meugnier" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Wiklander" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.omtm.2020.08.009" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02088248v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2019.00002" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02083049v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Chevalier" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Cuyas" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Chiarenza" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcz027" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02086215v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Calvez" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Vie" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Durmort" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Zapun" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.00351" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021446v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khawla Seddiki" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Morabito" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Brugi&#232;re" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.algal.2019.101415" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374883v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Chollet" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Boutet-Mercey" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Laboureur" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Rincon" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie M&#233;jean" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jms.4445" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02083159v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Decelle" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hryhoriy Stryhanyuk" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Gallet" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Veronesi" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Schmidt" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2019.01.073" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01735596v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Rocha" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mil&#232;ne Nitenberg" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Girard-Egrot" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2018.00126" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851869v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Conte" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Me&#239;" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina-Juana Dolch" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.17.01804" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046577v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cagnac" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Rose" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Cussac" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.algal.2018.08.018" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02199860v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Spiro Khoury" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Canlet" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Z. Lacroix" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Berdeaux" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom8040174" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01699416v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Garczarek" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Partensky" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.13985" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046628v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Metton" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.14346" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02200346v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Vigor" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Oger" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Galano" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.18.00925" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196964v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiahui Hu" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ling Hu" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13068-018-1309-3" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01745887v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Per Winge" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimen El Assimi" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.17.00621" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606372v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Br&#233;h&#233;lin" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Haslam" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Sayanova" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glawdys Marie-Luce" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.16.01467" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01664940v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Tourcier" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Collin" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.17.01042" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01415499v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William A. Prinz" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/febs.13812" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01691818v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matej Kanduc" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex H. de Vries" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms14899" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513236v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rak" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Perin" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Broughton" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.16.01420" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608690v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Villanova" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Emidio Fortunato" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dipali Singh" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Dal Bo" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2016.0404" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475259v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse A Block" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plipres.2016.11.001" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608321v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Clerc" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0182423" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330457v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Tardif" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Ferro" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2016.01.011" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01412424v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Alboresi" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Vitulo" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianfranco Diretto" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.16.00599" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01090931v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Allorent" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Osorio" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Ly Vu" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Falconet" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.13044" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166987v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis de Ghellinck" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Fragneto" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Laux" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Haertlein" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2015.06.006" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260228v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep15207" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141164v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heni Abida" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141188v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceb.2015.03.004" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9HMZVTGK-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260255v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Sautron" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Boudi&#232;re" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Dubots" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.15.01557" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637436v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Hardr&#233;" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Kuhn" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2014.00203" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985043v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cataye" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.13-247395" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981370v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitris Petroutsos" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souad Amiar" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plipres.2014.02.001" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-80L04JKZ-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873376v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbabio.2013.09.007" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01133917v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuri Gerelli" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Laux" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1399004714022913" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FJDRNGB2-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987212v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe Sarkis" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ofelia Maniti" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.14-250415" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985220v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Schaller" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Sferrazza" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0092999" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00839543v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Simionato" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicoletta La Rocca" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/EC.00363-12" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00942927v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2013.00494" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00750796v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moritz T Meyer" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Todor Genkov" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy N Skepper" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeline C Mitchell" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1210993109" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00607205v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Bott&#233;" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshiki Yamaryo-Bott&#233;" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2011.03.012" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R2NG0TG6-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00720135v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille y Bott&#233;" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Saidani" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lajoie" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Marion" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2mb25067e" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00636937v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine A Newell" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Senthil Kumar A Natesan" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James A Sullivan" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony A Kavanagh" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2011.04798.x" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00636525v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Deligny" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Roccia" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Bonneau" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Sa&#239;dani" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nchembio.658" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00106326v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plipres.2006.06.002" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00171233v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cordelia Bisanz" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Grando" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/BJ20050609" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00086798v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Misson" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kashchandra G. Raghothama" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ajay Jain" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse A. Block" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0505266102" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677304v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Baldan" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Bligny" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Joyard" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673699v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283163v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Castets" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Buridan" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#233;s Toboso Moreno" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Chambaud" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283121v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283108v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279385v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Yatim" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franziska Dittrich-Domergue" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Batsale" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495519v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Baron" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cussac" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Charles" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279334v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279320v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bernard" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924683v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Si-Larbi" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Hagenmuller" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Gallet" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852503v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Cout&#233;" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Gillet" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852513v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siqi Yan" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834771v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05274065v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852439v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Montmayeul" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834756v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834533v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851879v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Coute" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05274047v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834752v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834763v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05274098v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Pascal" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852441v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ferro" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834614v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852431v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924433v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Dupont Thibert" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Carneiro" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Vila&#231;a" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834795v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852433v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Gutsche" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931308v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924478v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Fourage" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924472v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834584v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834561v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868345v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868329v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924510v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Gromova" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834635v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Rodriguez Loureiro" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834776v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924515v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bournaud" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youn&#232;s Dellero" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ma&#235;s" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743431v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2013.11.2860" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05367204v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Wattelet-Boyer" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04475576v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Baron" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03859122v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Dorrell" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05492655v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Raynaud" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Nussaume" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Besnard" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Cenci" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Clesse" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924634v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Weis" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834804v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924553v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Serbutoviez-Verville" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Artigas" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Armanet" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852446v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834656v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852453v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834781v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852449v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273858v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924537v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Stewart" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924531v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanhua Hu" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yangmin Gong" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834664v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852458v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852480v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852460v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852466v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852464v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852488v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834682v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837215v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Falconet" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837226v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837218v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834710v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Gros" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834704v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931339v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ma&#235;s" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bournaud" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924542v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852492v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834694v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787600v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03633090v1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bolik St&#233;phanie" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dem&#233; Bruno" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jouhet Juliette" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.abr.2021.09.001" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243467v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-1362-7_18" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151145v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-9136-5_10" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190360v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-8654-5_16" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190907v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-8654-5_15" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315855v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.ircmb.2015.12.001" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00672869v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Joyard" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hal.archives-ouvertes.fr/hal-00672869" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817716v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03932374v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00011166v1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369654v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Dupont-Thibert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Roy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#243;nia Carneiro" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pereira" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Carreira" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2025.133619" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868681v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Salomon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Schilling" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Albrieux" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Si Larbi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Jouneau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erae458" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04463739v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yizhong Yuan" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Iannetta" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minjae Kim" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patric Sadecki" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Arend" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-57809-3" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05147856v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Le Moigne" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Carletti" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chems Amari" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Bonnarde" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Richard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.70350" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881998v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Oliva" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Amato" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bastien" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Michaud" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plipres.2025.101320" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05350965v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Seydoux" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Simon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Barnes" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Jouhet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/6.0004263" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084221v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Manuel Escu&#237;n" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Claver" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a &#193;ngeles Luj&#225;n" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00764-025-00346-y" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215205v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Subhrajit Banerjee" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Daetwyler" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaofei Bai" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41556-025-01672-3" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594151v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junkai Zhu" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuangqing Li" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weizhong Chen" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinde Xu" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoping Wang" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plphys/kiae297" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731720v2" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Gu&#233;guen" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick S&#233;r&#232;s" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Cic&#233;ron" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gros" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plcell/koae275" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673335v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliana Alves" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Boutt&#233;" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Darnet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Domergue" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plipres.2024.101290" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758564v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Mahieu" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Arrighi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2024.10.11.617903" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297748v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yufang Pan" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanting Zhang" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaofei Wang" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mar&#233;chal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plphys/kiad581" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315566v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lingjie You" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ada Po&#322;o&#324;ska" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarzyna Jasieniecka-Gazarkiewicz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.19434" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835631v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2024.1386023" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04607109v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard G Dorrell" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youjun Zhang" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Liang" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Gueguen" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomomi Nonoyama" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plcell/koae168" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652906v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Coulon" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houda Nacir" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bahammou" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Bessoule" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erae301" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294008v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Ezzedine" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Uwizeye" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Villain" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Louwagie" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-43030-7" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281075v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Douchi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Si Larbi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Fel" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Bonnanfant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcad139" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397402v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bolik" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Schlaich" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tetiana Mukhina" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-023-01775-z" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03994752v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiahui Hao" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pbi.13952" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03704322v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuan Yu Cheong" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul G Falkowski" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11120-022-00914-x" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814722v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuel Schneck" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Dem&#233;" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2022.184037" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03479559v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenchao Chen" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.17911" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552323v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mie Shimojima" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koichiro Awai" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Marechal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2021.834384" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787887v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Felix" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ladislav Bumba" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarissa Liesche" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Fraudeau" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice R&#233;beill&#233;" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-32992-9" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03423342v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Deragon" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Schuler" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Aiese Cigliano" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Dellero" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells10102680" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185953v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Billey" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Magneschi" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Leterme" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariette Bedhomme" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Andres-Robin" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plphys/kiaa110" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03180171v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Lemel" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarzyna Nie&#347;cierowicz" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dolores Garc&#237;a-Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Darr&#233;" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Durroux" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jlr.2021.100059" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03194504v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Smith Richard" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Gandini" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Nekrasova" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.15231" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333579v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amit Kumar Sharma" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice M&#252;hlroth" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Alipanah" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.16248" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902861v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Salvaing" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Botella" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Block" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2020.01070" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323286v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Breton" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulysse Guyet" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Pittera" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.16239" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973890v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Degraeve-Guilbault" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Enrique Gomez" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Lemoigne" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nattiwong Pankansem" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soizic Morin" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.20.00281" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517727v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Jaussaud" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Lupette" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2020.00048" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02952992v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Berger" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Colosetti" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Jalabert" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Meugnier" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Wiklander" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.omtm.2020.08.009" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374883v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Chollet" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Boutet-Mercey" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Laboureur" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Rincon" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie M&#233;jean" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jms.4445" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02083159v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Decelle" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hryhoriy Stryhanyuk" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Gallet" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Veronesi" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Schmidt" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2019.01.073" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02088248v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2019.00002" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02086215v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Calvez" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Vie" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Durmort" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Zapun" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.00351" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02083049v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Chevalier" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Cuyas" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Chiarenza" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcz027" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021446v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khawla Seddiki" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Morabito" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Brugi&#232;re" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.algal.2019.101415" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196964v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiahui Hu" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ling Hu" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13068-018-1309-3" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01699416v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Garczarek" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Partensky" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.13985" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02199860v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Spiro Khoury" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Canlet" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Z. Lacroix" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Berdeaux" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom8040174" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046577v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cagnac" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Rose" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Cussac" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.algal.2018.08.018" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851869v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Conte" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Me&#239;" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina-Juana Dolch" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.17.01804" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01735596v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Rocha" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mil&#232;ne Nitenberg" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Girard-Egrot" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2018.00126" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046628v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Metton" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.14346" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02200346v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Vigor" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Oger" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Galano" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.18.00925" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608321v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Clerc" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0182423" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606372v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Br&#233;h&#233;lin" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Haslam" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Sayanova" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glawdys Marie-Luce" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.16.01467" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01664940v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Tourcier" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Collin" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.17.01042" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01745887v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Per Winge" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimen El Assimi" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.17.00621" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01691818v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matej Kanduc" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex H. de Vries" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms14899" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01415499v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William A. Prinz" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/febs.13812" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513236v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rak" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Perin" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Broughton" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.16.01420" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608690v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Villanova" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Emidio Fortunato" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dipali Singh" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Dal Bo" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2016.0404" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475259v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse A Block" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plipres.2016.11.001" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330457v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Tardif" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Ferro" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2016.01.011" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01412424v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Alboresi" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Vitulo" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianfranco Diretto" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.16.00599" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260255v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Sautron" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Boudi&#232;re" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Dubots" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.15.01557" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01090931v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Allorent" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Osorio" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Ly Vu" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Falconet" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.13044" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166987v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis de Ghellinck" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Fragneto" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Laux" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Haertlein" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2015.06.006" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260228v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep15207" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141164v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heni Abida" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141188v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceb.2015.03.004" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9HMZVTGK-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637436v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Hardr&#233;" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Kuhn" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2014.00203" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01133917v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuri Gerelli" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Laux" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1399004714022913" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FJDRNGB2-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873376v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitris Petroutsos" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbabio.2013.09.007" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985043v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cataye" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.13-247395" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981370v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souad Amiar" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plipres.2014.02.001" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-80L04JKZ-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987212v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe Sarkis" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ofelia Maniti" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.14-250415" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985220v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Schaller" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Sferrazza" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0092999" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00839543v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Simionato" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicoletta La Rocca" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/EC.00363-12" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00942927v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2013.00494" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00636937v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine A Newell" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Senthil Kumar A Natesan" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James A Sullivan" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony A Kavanagh" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2011.04798.x" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00750796v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moritz T Meyer" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Todor Genkov" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy N Skepper" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeline C Mitchell" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1210993109" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00607205v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Bott&#233;" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshiki Yamaryo-Bott&#233;" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2011.03.012" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R2NG0TG6-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00720135v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille y Bott&#233;" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Saidani" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lajoie" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Marion" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2mb25067e" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00636525v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Deligny" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Roccia" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Bonneau" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Sa&#239;dani" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nchembio.658" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00106326v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plipres.2006.06.002" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00171233v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cordelia Bisanz" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Grando" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/BJ20050609" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00086798v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Misson" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kashchandra G. Raghothama" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ajay Jain" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse A. Block" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0505266102" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677304v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Baldan" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Bligny" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Joyard" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673699v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283121v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Castets" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Buridan" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#233;s Toboso Moreno" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Chambaud" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283108v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283163v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279385v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Yatim" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franziska Dittrich-Domergue" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Batsale" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279320v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bernard" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279334v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924683v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Si-Larbi" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Hagenmuller" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Gallet" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852503v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Cout&#233;" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Gillet" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852513v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siqi Yan" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495519v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Baron" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cussac" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Charles" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05274098v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Pascal" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834763v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05274065v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834756v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852439v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Montmayeul" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834771v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834533v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851879v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Coute" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05274047v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834752v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852431v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ferro" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834614v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852441v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924433v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Dupont Thibert" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Carneiro" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Vila&#231;a" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868329v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852433v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Gutsche" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924478v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Fourage" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931308v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834795v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924472v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834584v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834561v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868345v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924510v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Gromova" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834635v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Rodriguez Loureiro" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834776v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924515v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bournaud" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youn&#232;s Dellero" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ma&#235;s" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743431v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2013.11.2860" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05367204v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Wattelet-Boyer" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04475576v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Baron" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03859122v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Dorrell" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05492655v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Raynaud" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Nussaume" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Besnard" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Cenci" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Clesse" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834804v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924634v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Weis" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924553v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Serbutoviez-Verville" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Artigas" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Armanet" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834781v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852449v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834656v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852446v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852453v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852466v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852464v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924531v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanhua Hu" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yangmin Gong" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834664v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273858v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924537v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Stewart" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852458v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852480v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852460v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852488v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834682v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834694v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Gros" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834710v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834704v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837226v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Falconet" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837218v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837215v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931339v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ma&#235;s" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bournaud" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924542v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852492v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787600v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03633090v1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bolik St&#233;phanie" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dem&#233; Bruno" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jouhet Juliette" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.abr.2021.09.001" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243467v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-1362-7_18" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151145v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-9136-5_10" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190907v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-8654-5_15" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190360v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-8654-5_16" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315855v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.ircmb.2015.12.001" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00672869v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Joyard" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hal.archives-ouvertes.fr/hal-00672869" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817716v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03932374v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00011166v1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>