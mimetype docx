--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -3374,295 +3374,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02197147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anisotropic Nanoporous Nickel Obtained through the Chemical Dealloying of Y 2 Ni 7 for the Comprehension of Anode Surface Chemistry of Ni‐ M H Batteries</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bimetallic Cu–Rh Nanoparticles on Diazonium-Modified Carbon Powders for the Electrocatalytic Reduction of Nitrates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Cachet‐vivier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Junxian Zhang</w:t>
+                <w:t xml:space="preserve">Peyman Mirzaei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bastide</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atieh Aghajani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Bourgon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric M. Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemElectroChem</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/celc.201901281⟩</w:t>
+              <w:t xml:space="preserve">Langmuir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 35 (45), pp.14428 - 14436. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.langmuir.9b01911⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02306654v1</w:t>
+                <w:t xml:space="preserve">hal-03097529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bimetallic Cu–Rh Nanoparticles on Diazonium-Modified Carbon Powders for the Electrocatalytic Reduction of Nitrates</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Peyman Mirzaei</w:t>
+                <w:t xml:space="preserve">Anisotropic Nanoporous Nickel Obtained through the Chemical Dealloying of Y 2 Ni 7 for the Comprehension of Anode Surface Chemistry of Ni‐ M H Batteries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Madern</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Monnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Cachet‐vivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junxian Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bastide</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Eric M. Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Langmuir</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 35 (45), pp.14428 - 14436. </w:t>
+              <w:t xml:space="preserve">ChemElectroChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 6 (19), pp.5022-5031. </w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.langmuir.9b01911⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/celc.201901281⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03097529v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02306654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental and Theoretical Investigations on the Influence of A on the Hydrogen Sorption Properties of A Ni y Compounds, A = {Y, Sm, Gd}</w:t>
               </w:r>
@@ -6266,51 +6266,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426361v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikrame Taoufik" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M'Hamed Oubla" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissal Tout" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelfettah Lallaoui" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Mateos" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mseb.2025.118940" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05057622v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Benedikt" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Zimmermann" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Auchmann" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Bartmann" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P Burnet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjs/s11734-025-01958-5" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05188423v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junxian Zhang" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#8217;hamed Oubla" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouzia Cherkaoui El Moursli" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano15070512" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391093v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yona Ait Meddour" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fauvel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fermin Cuevas" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.4c02950" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05188422v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Emery" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.est.2025.115502" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05235327v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pradhan" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. M&#252;ser" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Miller" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Abdelnabe" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Afferrante" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11249-025-02014-y" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05450438v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaxin Qu" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiran Ouyang" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan da Silva" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtener.2025.102127" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457642v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Shen" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Paul-Boncour" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ping Li" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lijun Jiang" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/inorganics12020055" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729457v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Mercier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.est.2024.114027" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457653v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Paul-Boncour" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhinian Li" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jre.2023.09.004" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457661v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li-Jun Jiang" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui-Ping Yuan" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhi-Nian Li" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12598-022-02232-6" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03839967v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara La&#239;k" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Mateos" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Pereira-Ramos" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2023.168785" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129101v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Chaabene" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Zhang" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Turmine" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kurchavova" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Vivier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2023.233176" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229631v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Shen" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.S. Setayandeh" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Paul-Boncour" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Emery" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Li" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2023.169632" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03723277v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Monnier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Latroche" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coelec.2021.100921" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457671v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Serrano-Sevillano" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Charbonnier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Madern" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Mag&#233;n" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.2c00408" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339229v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2021.161375" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03211547v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eng.2021.04.010" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960413v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2020.157008" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02936753v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh Ha Dao" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro L&#243;pez-Aranguren" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma13184028" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919132v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Crivello" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. V. B. Diop" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/ab9d4c" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02907299v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en13133470" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02529479v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Charbonnier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Madern" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Monnier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2020.02.073" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02907292v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelouahab El Kharbachi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Wind" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amund Ruud" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid H&#248;gset" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magnus Nyg&#229;rd" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0CP01334J" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02197147v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radovan &#268;ern&#253;" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Guiader" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssi.2019.05.022" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306654v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Cachet&#8208;vivier" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bastide" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/celc.201901281" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03097529v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peyman Mirzaei" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atieh Aghajani" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bourgon" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric M. Leroy" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.9b01911" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324804v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.9b04600" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055858v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Berti" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01880985v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Berti" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hadjixenophontos" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lacoste" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2018.09.033" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055958v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055964v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01868346v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaojian Li" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lachmanski" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Safi" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sene" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Serre" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-13323-1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01344775v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Joiret" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2016.06.126" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01218397v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. D. Jiang" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. &#352;t&#237;psk&#225;" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sun" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karel Schulmann" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jmg.12110" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-9G63JHM9-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01760671v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Goubault" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bernard" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.5b03096" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00702374v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Oumellal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Warda Zaidi" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bonnet" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2012.01.107" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MX6KL3P8-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00553240v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Za&#239;di" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2010.11.048" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SBQTGQ3C-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00589380v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Bobet" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp2005293" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369914v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tentori" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Muzi" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Dorio" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Scarsella" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Leonetti" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/156800910791208571" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438638v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jishen Zhang" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Bertrand" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Rabaud" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Augier" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fermigier" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387540v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P de Rango" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Chapelle" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Halm" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Villalonga" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04566684v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04191079v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Ghione" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Sargentini" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Damblin" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fillion" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Baccou" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13182/NURETH20-40380" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04633248v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-57012-4_10" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426361v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikrame Taoufik" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M'Hamed Oubla" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissal Tout" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelfettah Lallaoui" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Mateos" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mseb.2025.118940" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05057622v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Benedikt" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Zimmermann" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Auchmann" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Bartmann" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P Burnet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjs/s11734-025-01958-5" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05188423v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junxian Zhang" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#8217;hamed Oubla" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouzia Cherkaoui El Moursli" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano15070512" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391093v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yona Ait Meddour" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fauvel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fermin Cuevas" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.4c02950" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05188422v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Emery" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.est.2025.115502" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05235327v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pradhan" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. M&#252;ser" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Miller" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Abdelnabe" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Afferrante" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11249-025-02014-y" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05450438v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaxin Qu" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiran Ouyang" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan da Silva" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtener.2025.102127" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457642v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Shen" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Paul-Boncour" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ping Li" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lijun Jiang" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/inorganics12020055" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729457v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Mercier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.est.2024.114027" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457653v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Paul-Boncour" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhinian Li" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jre.2023.09.004" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457661v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li-Jun Jiang" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui-Ping Yuan" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhi-Nian Li" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12598-022-02232-6" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03839967v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara La&#239;k" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Mateos" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Pereira-Ramos" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2023.168785" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129101v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Chaabene" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Zhang" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Turmine" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kurchavova" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Vivier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2023.233176" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229631v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Shen" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.S. Setayandeh" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Paul-Boncour" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Emery" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Li" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2023.169632" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03723277v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Monnier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Latroche" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coelec.2021.100921" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457671v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Serrano-Sevillano" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Charbonnier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Madern" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Mag&#233;n" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.2c00408" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339229v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2021.161375" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03211547v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eng.2021.04.010" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960413v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2020.157008" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02936753v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh Ha Dao" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro L&#243;pez-Aranguren" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma13184028" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919132v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Crivello" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. V. B. Diop" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/ab9d4c" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02907299v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en13133470" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02529479v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Charbonnier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Madern" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Monnier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2020.02.073" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02907292v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelouahab El Kharbachi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Wind" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amund Ruud" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid H&#248;gset" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magnus Nyg&#229;rd" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0CP01334J" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02197147v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radovan &#268;ern&#253;" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Guiader" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssi.2019.05.022" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03097529v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peyman Mirzaei" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bastide" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atieh Aghajani" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bourgon" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric M. Leroy" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.9b01911" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306654v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Cachet&#8208;vivier" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/celc.201901281" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324804v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.9b04600" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055858v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Berti" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01880985v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Berti" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hadjixenophontos" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lacoste" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2018.09.033" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055958v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055964v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01868346v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaojian Li" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lachmanski" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Safi" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sene" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Serre" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-13323-1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01344775v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Joiret" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2016.06.126" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01218397v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. D. Jiang" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. &#352;t&#237;psk&#225;" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sun" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karel Schulmann" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jmg.12110" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-9G63JHM9-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01760671v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Goubault" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bernard" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.5b03096" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00702374v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Oumellal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Warda Zaidi" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bonnet" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2012.01.107" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MX6KL3P8-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00553240v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Za&#239;di" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2010.11.048" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SBQTGQ3C-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00589380v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Bobet" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp2005293" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369914v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tentori" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Muzi" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Dorio" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Scarsella" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Leonetti" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/156800910791208571" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438638v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jishen Zhang" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Bertrand" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Rabaud" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Augier" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fermigier" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387540v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P de Rango" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Chapelle" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Halm" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Villalonga" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04566684v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04191079v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Ghione" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Sargentini" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Damblin" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fillion" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Baccou" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13182/NURETH20-40380" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04633248v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-57012-4_10" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>