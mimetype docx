--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1100,295 +1100,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03816054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The M, E, and N structural proteins of the severe acute respiratory syndrome coronavirus are required for efficient assembly, trafficking, and release of virus-like particles.</w:t>
+                <w:t xml:space="preserve">The ALICE experiment at the CERN LHC</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. L. Siu</w:t>
+                <w:t xml:space="preserve">K. Aamodt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. T. Teoh</w:t>
+                <w:t xml:space="preserve">A. Abrahantes Quintana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Lo</w:t>
+                <w:t xml:space="preserve">R. Achenbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. M. Chan</w:t>
+                <w:t xml:space="preserve">S. Acounis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Kien</w:t>
+                <w:t xml:space="preserve">D. Adamová</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Virology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 82 (22), pp.11318-30. </w:t>
+              <w:t xml:space="preserve">Journal of Instrumentation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 3, pp.S08002. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/JVI.01052-08⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1748-0221/3/08/S08002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-00543224v1</w:t>
+                <w:t xml:space="preserve">in2p3-00311441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The ALICE experiment at the CERN LHC</w:t>
+                <w:t xml:space="preserve">The M, E, and N structural proteins of the severe acute respiratory syndrome coronavirus are required for efficient assembly, trafficking, and release of virus-like particles.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Aamodt</w:t>
+                <w:t xml:space="preserve">Y. L. Siu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Abrahantes Quintana</w:t>
+                <w:t xml:space="preserve">K. T. Teoh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Achenbach</w:t>
+                <w:t xml:space="preserve">J. Lo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Acounis</w:t>
+                <w:t xml:space="preserve">C. M. Chan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Adamová</w:t>
+                <w:t xml:space="preserve">F. Kien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Instrumentation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 3, pp.S08002. </w:t>
+              <w:t xml:space="preserve">Journal of Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 82 (22), pp.11318-30. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1748-0221/3/08/S08002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/JVI.01052-08⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00311441v1</w:t>
+                <w:t xml:space="preserve">pasteur-00543224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (13)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1570,51 +1570,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Maho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Muja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Lo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Guillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1678,51 +1678,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Muja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Soulier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Lo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Belenguer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1924,51 +1924,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Caillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Lo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Thérèse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2125,830 +2125,830 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03727918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Switchable directional filter based on defect control by plasma discharge within a metallic EBG structure</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">ELECTROMAGNETIC BAND GAP DEVICES CONTROLLED BY LOW PRESSURE DISCHARGE LAMPS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V I Arkhipenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Th Callegari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juslan LO</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L V Simonchik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Sokoloff</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thierry Callegari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th International Congress on Advanced Electromagnetic Materials in Microwaves and Optics, Barcelone, SPAIN</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Barcelone, Spain</w:t>
+              <w:t xml:space="preserve">XXXVIII International conference on plasma physics and controlled fusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2011, Zvenigorod, Russia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03932575v1</w:t>
+                <w:t xml:space="preserve">hal-03727943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ELECTROMAGNETIC BAND GAP DEVICES CONTROLLED BY LOW PRESSURE DISCHARGE LAMPS</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Switchable directional filter based on defect control by plasma discharge within a metallic EBG structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juslan LO</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Sokoloff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Callegari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXXVIII International conference on plasma physics and controlled fusion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2011, Zvenigorod, Russia</w:t>
+              <w:t xml:space="preserve">5th International Congress on Advanced Electromagnetic Materials in Microwaves and Optics, Barcelone, SPAIN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Barcelone, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03727943v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03932575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dispositif à bande électromagnétique interdite reconfigurable à l’aide de plasmas localisés</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Parametric investigation of non-self-sustained atmospheric pressure glow discharges in a three-electrode configuration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V.I. Arkhipenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Callegari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juslan LO</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Boeuf</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ya.A. Safronau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L.V. Simonchik</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIème Congrès de la Division Plasma de la Société Française de Physique, Talence, France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Talence, France</w:t>
+              <w:t xml:space="preserve">37 th Conference on plasma physics and controlled fusion, Zvenigorod, Russia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Zvenigorod, Russia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03932455v1</w:t>
+                <w:t xml:space="preserve">hal-03953478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasma Column Parameters of Non-self-sustained Atmospheric Pressure Glow Discharges in a Three-electrode Configuration</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">V.I. Arkhipenko</w:t>
+                <w:t xml:space="preserve">Dispositif à bande électromagnétique interdite reconfigurable à l’aide de plasmas localisés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juslan LO</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Sokoloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Callegari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Boeuf</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">37 th EPS Conference on Plasma Physics, Dublin, IRELAND</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, dublin, Ireland</w:t>
+              <w:t xml:space="preserve">XIème Congrès de la Division Plasma de la Société Française de Physique, Talence, France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Talence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03932453v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03932455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parametric investigation of non-self-sustained atmospheric pressure glow discharges in a three-electrode configuration</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Plasma Column Parameters of Non-self-sustained Atmospheric Pressure Glow Discharges in a Three-electrode Configuration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V.I. Arkhipenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Callegari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.A. Kirilov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juslan LO</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V.I. Arkhipenko</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Ya.A. Safronau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">37 th Conference on plasma physics and controlled fusion, Zvenigorod, Russia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Zvenigorod, Russia</w:t>
+              <w:t xml:space="preserve">37 th EPS Conference on Plasma Physics, Dublin, IRELAND</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, dublin, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03953478v1</w:t>
+                <w:t xml:space="preserve">hal-03932453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of the Axial Electron Mobility Profile in the PPS®X000-LM Thruster</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Electromagnetic band gap device controlled by microplasma discharge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juslan LO</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">G J M Hagelaar</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Callegari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Sokoloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Boeuf</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">31st International Electric Propulsion Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2009, Ann Arbor, United States</w:t>
+              <w:t xml:space="preserve">VI International Conference on Plasma Physics and Plasma Technology, Minsk, Belarus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Minsk, Belarus</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03727873v1</w:t>
+                <w:t xml:space="preserve">hal-03932446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electromagnetic band gap device controlled by microplasma discharge</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Determination of the Axial Electron Mobility Profile in the PPS®X000-LM Thruster</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Garrigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Pérez-Luna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juslan LO</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Sokoloff</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G J M Hagelaar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Boeuf</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VI International Conference on Plasma Physics and Plasma Technology, Minsk, Belarus</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Minsk, Belarus</w:t>
+              <w:t xml:space="preserve">31st International Electric Propulsion Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Ann Arbor, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03932446v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03727873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (10)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3085,398 +3085,398 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04396850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A low pressure air plasma improving bell pepper seed germination and vigor</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Belenguer</w:t>
+                <w:t xml:space="preserve">Bread wheat (Triticum astivum) fungal contamination control using a dual microwave-radiofrequency air plasma source</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Muja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Soulier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Maho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maho Thomas</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ibtissam Courti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juslan Lo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International workshop on plasma agriculture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2021, greifswald, Germany</w:t>
+              <w:t xml:space="preserve">International Conference on Plasma Medicine (ICPM8)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Online conference, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03079154v1</w:t>
+                <w:t xml:space="preserve">hal-04396648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A low-pressure air plasma improving bell pepper seed germination and vigor</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thomas Maho</w:t>
+                <w:t xml:space="preserve">A low pressure air plasma improving bell pepper seed germination and vigor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Belenguer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maho Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Muja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Lo</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop On Plasma Agriculture (IWOPA 3)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2021, Online Conferece, France</w:t>
+              <w:t xml:space="preserve">International workshop on plasma agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2021, greifswald, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04396707v1</w:t>
+                <w:t xml:space="preserve">hal-03079154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bread wheat (Triticum astivum) fungal contamination control using a dual microwave-radiofrequency air plasma source</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A low-pressure air plasma improving bell pepper seed germination and vigor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Soulier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Maho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Muja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Ibtissam Courti</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Belenguer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juslan Lo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Plasma Medicine (ICPM8)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2021, Online conference, France</w:t>
+              <w:t xml:space="preserve">International Workshop On Plasma Agriculture (IWOPA 3)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2021, Online Conferece, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04396648v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04396707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germination rate and vigor studies of bell pepper seeds after low-pressure air microwave plasma treatment</w:t>
               </w:r>
@@ -3577,411 +3577,411 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03413554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial distribution of an ECR microwave plasma coupled with a CCP radiofrequency plasma acting on seed surface modification</w:t>
+                <w:t xml:space="preserve">Interactions entre un plasma micro-ondes par résonance cyclo-électronique (RCE) et différentes semences du domaine agroalimentaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Soulier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Maho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Muja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juslan LO</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Renewable Energy and Energy Conversion (ICREEC 1)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, Oran, Algeria</w:t>
+              <w:t xml:space="preserve">Procédés Physiques appliqués aux Biointerfaces – Focus sur le plasma (GdR B2I HappyBio)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04396732v1</w:t>
+                <w:t xml:space="preserve">hal-04396825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seeds treatment by low-pressure microwave plasma</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Spatial distribution of an ECR microwave plasma coupled with a CCP radiofrequency plasma acting on seed surface modification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Soulier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Maho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Muja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Belenguer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...14 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juslan Lo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st International Conference on Renewable Energy and Energy Conversion</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, ICREEC 2019 : Proceedings of the 1st International Conference on Renewable Energy and Energy Conversion, 2019</w:t>
+              <w:t xml:space="preserve">International Conference on Renewable Energy and Energy Conversion (ICREEC 1)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Oran, Algeria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02984383v1</w:t>
+                <w:t xml:space="preserve">hal-04396732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interactions entre un plasma micro-ondes par résonance cyclo-électronique (RCE) et différentes semences du domaine agroalimentaire</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Seeds treatment by low-pressure microwave plasma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Muja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Soulier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Juslan LO</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Lo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Belenguer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Guillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ahmed Belasri, Sid AhmedBeldjilali. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Procédés Physiques appliqués aux Biointerfaces – Focus sur le plasma (GdR B2I HappyBio)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">1st International Conference on Renewable Energy and Energy Conversion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Oran, Algeria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Springer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ICREEC 2019 : Proceedings of the 1st International Conference on Renewable Energy and Energy Conversion, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04396825v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02984383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison between the sporocidal efficacy of two coaxial micro-waves plasma sources for spices decontamination</w:t>
               </w:r>
@@ -4485,51 +4485,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881959v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Soulier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Maho" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juslan Lo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Guillot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Muja" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodcont.2024.110477" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02640823v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Stekke" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Tendero" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Tierce" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Courtois" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetan Rauwel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPS.2020.2985406" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537448v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahmane Kais" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Therese" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Guillot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5005592" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537447v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Latrasse" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilena Radoiu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08327823.2017.1293589" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537446v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08327823.2016.1260880" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615555v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Sokoloff" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pascal" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Callegari" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pascaud" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Pizarro" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crhy.2014.02.006" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03805725v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juslan LO" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Boeuf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3454778" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03816054v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Garrigues" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime P&#233;rez-Luna" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerjan Hagelaar" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3242336" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-00543224v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. L. Siu" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. T. Teoh" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lo" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. M. Chan" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Kien" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.01052-08" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00311441v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Aamodt" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Abrahantes Quintana" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Achenbach" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Acounis" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Adamov&#225;" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/3/08/S08002" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04396695v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Belenguer" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120126v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943163v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Muja" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Soulier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Guillot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04396832v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943161v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Laurent" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Caillier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Th&#233;r&#232;se" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mihailova" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03727918v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L V Simonchik" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03932575v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03727943v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V I Arkhipenko" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th Callegari" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03932455v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03932453v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.I. Arkhipenko" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.A. Kirilov" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ya.A. Safronau" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953478v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.V. Simonchik" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03727873v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J P&#233;rez-Luna" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G J M Hagelaar" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03932446v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04396850v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079154v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maho Thomas" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04396707v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04396648v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibtissam Courti" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03413554v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04396732v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02984383v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icreec2019.wixsite.com/icreec2019" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04396825v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04396799v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04396778v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00713274v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881959v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Soulier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Maho" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juslan Lo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Guillot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Muja" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodcont.2024.110477" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02640823v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Stekke" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Tendero" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Tierce" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Courtois" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetan Rauwel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPS.2020.2985406" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537448v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahmane Kais" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Therese" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Guillot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5005592" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537447v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Latrasse" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilena Radoiu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08327823.2017.1293589" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537446v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08327823.2016.1260880" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615555v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Sokoloff" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pascal" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Callegari" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pascaud" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Pizarro" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crhy.2014.02.006" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03805725v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juslan LO" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Boeuf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3454778" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03816054v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Garrigues" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime P&#233;rez-Luna" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerjan Hagelaar" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3242336" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00311441v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Aamodt" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Abrahantes Quintana" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Achenbach" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Acounis" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Adamov&#225;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/3/08/S08002" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-00543224v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. L. Siu" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. T. Teoh" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lo" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. M. Chan" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Kien" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.01052-08" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04396695v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Belenguer" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120126v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943163v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Muja" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Soulier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Guillot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04396832v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943161v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Laurent" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Caillier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Th&#233;r&#232;se" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mihailova" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03727918v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L V Simonchik" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03727943v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V I Arkhipenko" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th Callegari" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03932575v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953478v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.I. Arkhipenko" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ya.A. Safronau" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.V. Simonchik" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03932455v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03932453v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.A. Kirilov" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03932446v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03727873v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J P&#233;rez-Luna" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G J M Hagelaar" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04396850v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04396648v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibtissam Courti" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079154v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maho Thomas" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04396707v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03413554v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04396825v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04396732v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02984383v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icreec2019.wixsite.com/icreec2019" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04396799v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04396778v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00713274v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>