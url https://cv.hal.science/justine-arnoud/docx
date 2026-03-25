--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Justine Arnoud </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion et enquête sociale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Eynaud et Genauto Carvalho de França Filho. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire d'une autre gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, érès, 2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05473426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petit manuel à destination des chercheurs en quête de plus de démocratie dans les organisations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Corentin Gombert, Eline Vivet-Maladry et Fadi Joseph Lahiani. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Démocratie(s) en action. 50 approches renouvelées de l'entreprise et du travail.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Le Bord de l'eau, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05473135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du contrôle à l'enquête, d'une vision hétéronome à une vision autonome de l'activité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lorino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A. Hussenot, E. Lanciano, P. Lorino, &amp; J. Sambugaro (Eds.). Pratiques de travail et dynamiques organisationnelles. Québec : Les Presses de l'Université Laval.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp. 233-247, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03661901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Enquêter » dans le nucléaire. Contribution du schème de l’enquête à l’analyse et au développement de l’activité collective.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rennes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In S. Bretesché, S. Tillement, B. Geffroy &amp; B. Journé, Enquêter dans le nucléaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp. 117-133, 2022, 978-2-7535-8312-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03529884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intervenir « sur » l'organisation : vers un cadre méthodologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Falzon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ulmann A.-L., Weill-Fassina A., Benchekroun H. (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intervenir. Histoires, recherches, pratiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Octarès, pp. 155-161, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01549953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La co-analyse constructive des pratiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Falzon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Falzon Pierre (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ergonomie constructive</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de France, pp. 223-236, 2013, </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/puf.falzo.2013.01.0223⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01129407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Negotiating time, space and the body: a Lefebvrian rhythmanalysis of mobile care work in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céleste Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Kelemen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Organisational Behaviour in Health Care (OBHC) Conference 2026</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2026, Oxford (UK), United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05473496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technology & the constitution of competences: between alienation and invention?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathy Krohmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Jaujard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Habib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chédotel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Organisation Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Mykonos, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamiques de compétences et créativité dans les organisations de hautes technologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Buisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chédotel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Gastaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude ICC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03483578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The dynamics of creativity - Dancing in bright- and darkness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chédotel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathy Krohmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Jaujard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Vandangeon-Derumez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Group for Organizational Studies Colloquium (EGOS) : "Enlightening the future : the challenge for organization"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Edimbourg, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La pratique créative en quête de légitimité au sein d’une organisation mécaniste: le cas de la SNCF</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Vandangeon-Derumez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIMS 2019 : XXVIIe Conférence de l’Association Internationale de Mangement Stratégique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Internationale de Mangement Stratégique (AIMS), Jun 2019, Dakar, Sénégal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04438519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The contribution of creativity of action to safety: the key role of requisite imagination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Ergonomics Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Florence, Italy. 199-213, Springer</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01865117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les pratiques de créativité collective dans les organisations de hautes technologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathy Krohmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chédotel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Vandangeon-Derumez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Jaujard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29ème congrès Association Francophone de Gestion des Ressources Humaines "AGRH"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collective creativity in Key Technologies context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chédotel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathy Krohmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Vandangeon-Derumez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Jaujard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovation Day - Abbé Grégoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From a &amp;quot;Control-based&amp;quot; to an &amp;quot;Inquiry-based&amp;quot; Model: the power of pragmatism to question the mainstream view of organization and human activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd European Pragmatism Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Helsinki, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01817604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apports de l’approche processuelle des organisations pour l’ergonomie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">53ème Congrès de la Société d’Ergonomie de Langue Française (SELF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01889426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A practice-based approach to collective creativity in high tech organizations : two case studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chédotel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathy Krohmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Jaujard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Vandangeon-Derumez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research in Action – Accelerating knowledge creation in management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EURAM, Jun 2018, Reykjavik, Iceland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Articuler enquête du chercheur et enquêtes des praticiens : une expérimentation pragmatiste dans le nucléaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Peton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01536376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explorer les ressorts de la créativité collective au sein d'une organisation bureaucratique : le cas de professionnels RH invités à renouveler les approches en matière de GRH</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Vandangeon-Derumez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGRH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01616835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dialogical organizing in the interstices of a monological organization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lorino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGOS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Copenhague, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01558832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observer pour co-produire un récit collectif : mise en intrigue d'histoires parallèles d'acteurs du nucléaire.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Peton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop sur l'Observation en théorie des organisations. Atelier Méthodo AIMS.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Audencia Business School et IAE de Nantes., France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01648266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Enquêter » dans le nucléaire : contribution du schème de l’enquête à l’analyse et au développement de l’activité collective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Journées du Risque 2016 : « Nucléaire, Hommes et Société »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Cité des Congrès de Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01648270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Activity control or activity inquiry? The turbulent relationship between management and collective activity and its mediating artefacts.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lorino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGOS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Naples, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01344773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment transformer une politique de RSE en un outil de performance sociale à travers le management intermédiaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pennaforte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14e congrès d'Audit social</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Oran, Algérie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02103186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ORGANIZING BEYOND CONTROLLING: THE PRAGMATIST CONCEPT OF INQUIRY AS A CRITICAL ALTERNATIVE TO CONTROL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lorino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04967631v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Doubting with”: An opportunity to renew the debate on researcher–practitioner collaboration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Peton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Management Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/emre.12609⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04218980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chercheurs et praticiens au « pays des merveilles ». Proposition métaphorique pour la recherche-intervention.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Habib</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 8 (301), pp.143-163</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03565778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observing to Coproduce a Collective Narrative: Emplotment of Multiple Parallel Stories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Peton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">M@n@gement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 23 (3), pp.66-78</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02954212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Appel à la créativité des agents pour « sortir des rails » : la SNCF au milieu des voies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Vandangeon-Derumez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gérer et Comprendre. Annales des Mines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 140, pp.41-51. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/geco1.140.0041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02732986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dilemmes et paradoxes, quels effets sur le travail, quelles actions de prévention ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathy Krohmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Falzon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 44 (274), pp.165-177. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/rfg.2017.00166⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02050081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'intervention capacitante : quels enjeux pour la pratique de l'ergonome ? Introduction du dossier &amp;quot;Dimensions et conditions d’une intervention capacitante : mise en récit d’interventions et production de connaissances sur la pratique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Sol Perez Toralla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Activités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 14 (2), pp.1-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01616869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resúmenes De Tesis : Diseño organizacional: para intervenciones “capacitantes”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Laboreal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 12(1), pp.88-92</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension d'ouvrage : Fernagu Oudet, S. et Batal, C. (Eds), 2016, (R)évolution du management des ressources humaines. Des compétences aux capabilités, Villeneuve d’Ascq : Presses Universitaires du Septentrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathy Krohmer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Relations Industrielles / Industrial Relations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 71(3), pp.573-575. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1037668ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du risque à la ressource psychosociale : l'enjeu du développement de l'activité des professionnels de l'enseignement supérieur et de la recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathel Kornig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formation emploi : revue française des sciences sociales </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 136, pp.79-98. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/formationemploi.4913⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01442991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Favoriser l'émergence d'un collectif transverse par la co-analyse constructive des pratiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Falzon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le travail humain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, vol. 77 (n° 2), pp. 127-153. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/th.772.0127⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01129340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vitalité des activités et rationalité du Lean : deux études de cas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tahar-Hakim Benchekroun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rebecca Arama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspectives Interdisciplinaires sur le Travail et la Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 15 (3), pp.1-32. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/pistes.3589⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01129402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changement organisationnel et reconception de l’organisation : des ressources aux capabilités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Falzon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Activités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, vol. 10 (n° 2), pp. 109-130. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/activites.760⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01129397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shared services centers and work sustainability: which contributions from ergonomics?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Falzon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WORK: A Journal of Prevention, Assessment &amp; Rehabilitation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, vol. 41 (Suppl. n° 1), pp. 3914-3919. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/WOR-2012-0061-3914⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01129405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamiques développementales dans les interventions sur le travail : entre héritages et perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flore Barcellini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Cerf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Sol Perez Toralla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Octarès, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03846218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception organisationnelle : pour des interventions capacitantes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sociologie. Conservatoire national des arts et metiers - CNAM, 2013. Français. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2013CNAM0891⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00962450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId79"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Justine Arnoud </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion et enquête sociale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Eynaud et Genauto Carvalho de França Filho. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire d'une autre gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, érès, 2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05473426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petit manuel à destination des chercheurs en quête de plus de démocratie dans les organisations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Corentin Gombert, Eline Vivet-Maladry et Fadi Joseph Lahiani. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Démocratie(s) en action. 50 approches renouvelées de l'entreprise et du travail.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Le Bord de l'eau, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05473135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Enquêter » dans le nucléaire. Contribution du schème de l’enquête à l’analyse et au développement de l’activité collective.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rennes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In S. Bretesché, S. Tillement, B. Geffroy &amp; B. Journé, Enquêter dans le nucléaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp. 117-133, 2022, 978-2-7535-8312-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03529884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du contrôle à l'enquête, d'une vision hétéronome à une vision autonome de l'activité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lorino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A. Hussenot, E. Lanciano, P. Lorino, &amp; J. Sambugaro (Eds.). Pratiques de travail et dynamiques organisationnelles. Québec : Les Presses de l'Université Laval.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp. 233-247, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03661901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intervenir « sur » l'organisation : vers un cadre méthodologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Falzon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ulmann A.-L., Weill-Fassina A., Benchekroun H. (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intervenir. Histoires, recherches, pratiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Octarès, pp. 155-161, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01549953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La co-analyse constructive des pratiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Falzon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Falzon Pierre (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ergonomie constructive</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de France, pp. 223-236, 2013, </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/puf.falzo.2013.01.0223⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01129407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Negotiating time, space and the body: a Lefebvrian rhythmanalysis of mobile care work in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céleste Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Kelemen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Organisational Behaviour in Health Care (OBHC) Conference 2026</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2026, Oxford (UK), United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05473496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technology & the constitution of competences: between alienation and invention?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathy Krohmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Jaujard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Habib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chédotel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Organisation Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Mykonos, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The dynamics of creativity - Dancing in bright- and darkness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chédotel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathy Krohmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Jaujard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Vandangeon-Derumez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Group for Organizational Studies Colloquium (EGOS) : "Enlightening the future : the challenge for organization"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Edimbourg, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamiques de compétences et créativité dans les organisations de hautes technologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Buisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chédotel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Gastaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude ICC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03483578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La pratique créative en quête de légitimité au sein d’une organisation mécaniste: le cas de la SNCF</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Vandangeon-Derumez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIMS 2019 : XXVIIe Conférence de l’Association Internationale de Mangement Stratégique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Internationale de Mangement Stratégique (AIMS), Jun 2019, Dakar, Sénégal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04438519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From a &amp;quot;Control-based&amp;quot; to an &amp;quot;Inquiry-based&amp;quot; Model: the power of pragmatism to question the mainstream view of organization and human activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd European Pragmatism Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Helsinki, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01817604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apports de l’approche processuelle des organisations pour l’ergonomie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">53ème Congrès de la Société d’Ergonomie de Langue Française (SELF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01889426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A practice-based approach to collective creativity in high tech organizations : two case studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chédotel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathy Krohmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Jaujard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Vandangeon-Derumez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research in Action – Accelerating knowledge creation in management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EURAM, Jun 2018, Reykjavik, Iceland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The contribution of creativity of action to safety: the key role of requisite imagination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Ergonomics Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Florence, Italy. 199-213, Springer</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01865117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les pratiques de créativité collective dans les organisations de hautes technologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathy Krohmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chédotel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Vandangeon-Derumez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Jaujard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29ème congrès Association Francophone de Gestion des Ressources Humaines "AGRH"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collective creativity in Key Technologies context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Chédotel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathy Krohmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Vandangeon-Derumez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Jaujard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovation Day - Abbé Grégoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Articuler enquête du chercheur et enquêtes des praticiens : une expérimentation pragmatiste dans le nucléaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Peton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01536376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explorer les ressorts de la créativité collective au sein d'une organisation bureaucratique : le cas de professionnels RH invités à renouveler les approches en matière de GRH</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Vandangeon-Derumez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGRH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01616835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dialogical organizing in the interstices of a monological organization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lorino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGOS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Copenhague, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01558832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observer pour co-produire un récit collectif : mise en intrigue d'histoires parallèles d'acteurs du nucléaire.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Peton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop sur l'Observation en théorie des organisations. Atelier Méthodo AIMS.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Audencia Business School et IAE de Nantes., France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01648266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Enquêter » dans le nucléaire : contribution du schème de l’enquête à l’analyse et au développement de l’activité collective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Journées du Risque 2016 : « Nucléaire, Hommes et Société »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Cité des Congrès de Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01648270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Activity control or activity inquiry? The turbulent relationship between management and collective activity and its mediating artefacts.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lorino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGOS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Naples, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01344773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment transformer une politique de RSE en un outil de performance sociale à travers le management intermédiaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pennaforte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14e congrès d'Audit social</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Oran, Algérie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02103186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ORGANIZING BEYOND CONTROLLING: THE PRAGMATIST CONCEPT OF INQUIRY AS A CRITICAL ALTERNATIVE TO CONTROL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lorino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04967631v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Doubting with”: An opportunity to renew the debate on researcher–practitioner collaboration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Peton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Management Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/emre.12609⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04218980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chercheurs et praticiens au « pays des merveilles ». Proposition métaphorique pour la recherche-intervention.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Habib</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 8 (301), pp.143-163</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03565778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observing to Coproduce a Collective Narrative: Emplotment of Multiple Parallel Stories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Peton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">M@n@gement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 23 (3), pp.66-78</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02954212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Appel à la créativité des agents pour « sortir des rails » : la SNCF au milieu des voies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Vandangeon-Derumez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gérer et Comprendre. Annales des Mines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 140, pp.41-51. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/geco1.140.0041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02732986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dilemmes et paradoxes, quels effets sur le travail, quelles actions de prévention ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathy Krohmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Falzon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 44 (274), pp.165-177. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/rfg.2017.00166⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02050081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'intervention capacitante : quels enjeux pour la pratique de l'ergonome ? Introduction du dossier &amp;quot;Dimensions et conditions d’une intervention capacitante : mise en récit d’interventions et production de connaissances sur la pratique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Sol Perez Toralla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Activités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 14 (2), pp.1-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01616869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du risque à la ressource psychosociale : l'enjeu du développement de l'activité des professionnels de l'enseignement supérieur et de la recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathel Kornig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formation emploi : revue française des sciences sociales </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 136, pp.79-98. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/formationemploi.4913⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01442991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension d'ouvrage : Fernagu Oudet, S. et Batal, C. (Eds), 2016, (R)évolution du management des ressources humaines. Des compétences aux capabilités, Villeneuve d’Ascq : Presses Universitaires du Septentrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathy Krohmer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Relations Industrielles / Industrial Relations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 71(3), pp.573-575. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1037668ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resúmenes De Tesis : Diseño organizacional: para intervenciones “capacitantes”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Laboreal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 12(1), pp.88-92</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Favoriser l'émergence d'un collectif transverse par la co-analyse constructive des pratiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Falzon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le travail humain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, vol. 77 (n° 2), pp. 127-153. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/th.772.0127⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01129340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vitalité des activités et rationalité du Lean : deux études de cas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tahar-Hakim Benchekroun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rebecca Arama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspectives Interdisciplinaires sur le Travail et la Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 15 (3), pp.1-32. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/pistes.3589⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01129402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changement organisationnel et reconception de l’organisation : des ressources aux capabilités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Falzon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Activités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, vol. 10 (n° 2), pp. 109-130. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/activites.760⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01129397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shared services centers and work sustainability: which contributions from ergonomics?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Falzon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WORK: A Journal of Prevention, Assessment &amp; Rehabilitation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, vol. 41 (Suppl. n° 1), pp. 3914-3919. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/WOR-2012-0061-3914⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01129405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamiques développementales dans les interventions sur le travail : entre héritages et perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flore Barcellini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Cerf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Sol Perez Toralla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Octarès, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03846218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception organisationnelle : pour des interventions capacitantes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Arnoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sociologie. Conservatoire national des arts et metiers - CNAM, 2013. Français. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2013CNAM0891⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00962450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId79"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05473426v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Arnoud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05473135v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661901v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lorino" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03529884v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549953v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Falzon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129407v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/puf.falzo.2013.01.0223" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05473496v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;leste Fournier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihaela Kelemen" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299936v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Krohmer" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Jaujard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Habib" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Geffroy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Ch&#233;dotel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03483578v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Buisson" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Gastaldi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299935v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Vandangeon-Derumez" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04438519v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865117v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299939v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299938v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817604v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889426v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299937v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536376v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Peton" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616835v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01558832v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648266v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648270v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01344773v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-02103186v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Pennaforte" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://essec.hal.science/hal-04967631v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04218980v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/emre.12609" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565778v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02954212v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02732986v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/geco1.140.0041" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02050081v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.2017.00166" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616869v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Sol Perez Toralla" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01395941v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01395938v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1037668ar" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01442991v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathel Kornig" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/formationemploi.4913" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129340v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/th.772.0127" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129402v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tahar-Hakim Benchekroun" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Arama" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pistes.3589" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129397v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.760" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129405v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/WOR-2012-0061-3914" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846218v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Barcellini" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Cerf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00962450v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013CNAM0891" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05473426v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Arnoud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05473135v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03529884v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661901v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lorino" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549953v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Falzon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129407v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/puf.falzo.2013.01.0223" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05473496v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;leste Fournier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihaela Kelemen" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299936v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Krohmer" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Jaujard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Habib" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Geffroy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Ch&#233;dotel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299935v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Vandangeon-Derumez" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03483578v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Buisson" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Gastaldi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04438519v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817604v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889426v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299937v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865117v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299939v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299938v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536376v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Peton" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616835v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01558832v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648266v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648270v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01344773v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-02103186v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Pennaforte" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://essec.hal.science/hal-04967631v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04218980v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/emre.12609" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565778v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02954212v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02732986v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/geco1.140.0041" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02050081v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.2017.00166" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616869v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Sol Perez Toralla" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01442991v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathel Kornig" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/formationemploi.4913" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01395938v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1037668ar" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01395941v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129340v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/th.772.0127" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129402v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tahar-Hakim Benchekroun" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Arama" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pistes.3589" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129397v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.760" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129405v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/WOR-2012-0061-3914" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846218v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Barcellini" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Cerf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00962450v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013CNAM0891" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>