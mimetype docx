--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -490,51 +490,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a (Semi-)Automatic Urban Planning Rule Identification in the French Language</w:t>
+                <w:t xml:space="preserve">Towards a (semi-)automatic urban planning rule identification in the french language</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maksim Koptelov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaux Holveck</w:t>
@@ -573,85 +573,94 @@
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. International Conference on Data Science and Advanced Analytics (DSAA) IEEE 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oct 2023, Thessaloniki, Greece</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, IEEE, Oct 2023, Thessaloniki, Greece. pp.396-405, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/DSAA60987.2023.10302561⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04281821v1</w:t>
+                <w:t xml:space="preserve">hal-05181905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment visualiser la polysémie évolutive sur la base des entrées historiques du TLFi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Reynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -680,506 +689,497 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séances mensuelles de la SLP (Société de linguistique de Paris)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04052311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a (semi-)automatic urban planning rule identification in the french language</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Bruno Crémilleux</w:t>
+                <w:t xml:space="preserve">La modélisation graphique de la polysémie évolutive à partir des entrées historiques du TLFi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurette Chardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Reynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques François</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. International Conference on Data Science and Advanced Analytics (DSAA) IEEE 2023</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Séminaire ATILF / La modélisation graphique de la polysémie évolutive à partir des entrées historiques du TLFi 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ATILF, Mar 2023, Nancy, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/DSAA60987.2023.10302561⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05181905v1</w:t>
+                <w:t xml:space="preserve">hal-04052295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La modélisation graphique de la polysémie évolutive à partir des entrées historiques du TLFi</w:t>
+                <w:t xml:space="preserve">Modélisation graphique de la polysémie évolutive sur la base des entrées historiques du TLFi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurette Chardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Reynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques François</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire ATILF / La modélisation graphique de la polysémie évolutive à partir des entrées historiques du TLFi 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ATILF, Mar 2023, Nancy, France</w:t>
+              <w:t xml:space="preserve">Journées d’études de la thématique 2 du CRISCO : Recherche linguistique et production de ressources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CRISCO, Jun 2023, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04052295v1</w:t>
+                <w:t xml:space="preserve">hal-04133117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation graphique de la polysémie évolutive sur la base des entrées historiques du TLFi</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurette Chardon</w:t>
+                <w:t xml:space="preserve">Extraction de Motifs d'Intervalles Fermés en utilisant la Programmation Par Contraintes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djawad Bekkoucha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelkader Ouali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Reynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Crémilleux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Boizumault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d’études de la thématique 2 du CRISCO : Recherche linguistique et production de ressources</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CRISCO, Jun 2023, Caen, France</w:t>
+              <w:t xml:space="preserve">Journées Francophones de Programmation par Contraintes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Élise Varielles, Jul 2023, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04133117v1</w:t>
+                <w:t xml:space="preserve">hal-04576019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extraction de Motifs d'Intervalles Fermés en utilisant la Programmation Par Contraintes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Abdelkader Ouali</w:t>
+                <w:t xml:space="preserve">Towards a (Semi-)Automatic Urban Planning Rule Identification in the French Language</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maksim Koptelov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux Holveck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Crémilleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Reynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Patrice Boizumault</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Francophones de Programmation par Contraintes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Élise Varielles, Jul 2023, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">10. International Conference on Data Science and Advanced Analytics (DSAA) IEEE 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Thessaloniki, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04576019v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04281821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AOC-Poset on discourse and argumentation subgraphs: what can we learn on their dependencies?</w:t>
               </w:r>
@@ -1457,138 +1457,164 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02170760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trois approches pour classifier les données du web des données</w:t>
+                <w:t xml:space="preserve">Définir les catégories de DBpedia avec des règles d'associations et des redescriptions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Reynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esther Galbrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehwish Alam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amedeo Napoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SFC 2018 - XXVèmes Rencontres de la Société Francophone de Classification</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">EGC 2018 - Extraction et Gestion des Connaissances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01887884v1</w:t>
+                <w:t xml:space="preserve">hal-01887801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trois approches pour classifier les données du web des données</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Reynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1617,178 +1643,152 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CNIA/RJCIA 2018 - Conférence Nationale d'Intelligence Artificielle et Rencontres des Jeunes Chercheurs en Intelligence Artificielle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01887820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Définir les catégories de DBpedia avec des règles d'associations et des redescriptions</w:t>
+                <w:t xml:space="preserve">Trois approches pour classifier les données du web des données</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Reynaud</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mehwish Alam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amedeo Napoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGC 2018 - Extraction et Gestion des Connaissances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">SFC 2018 - XXVèmes Rencontres de la Société Francophone de Classification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01887801v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01887884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Three Approaches for Mining Definitions from Relational Data in the Web of Data</w:t>
               </w:r>
@@ -1863,368 +1863,368 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01887838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A SPARQL Query Transformation Rule Language — Application to Retrieval and Adaptation in Case-Based Reasoning</w:t>
+                <w:t xml:space="preserve">From Meaningful Orderings in the Web of Data to Multi-level Pattern Structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Bruneau</w:t>
+                <w:t xml:space="preserve">Quentin Brabant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle Gaillard</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Miguel Couceiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amedeo Napoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Reynaud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ICCBR 2017 - Case-Based Reasoning Research and Development, 25th International Conference on Case-Based Reasoning</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Trondheim, Norway</w:t>
+              <w:t xml:space="preserve">International Symposium on Methodologies for Intelligent Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Warsaw, Poland. pp.622-631</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01661651v1</w:t>
+                <w:t xml:space="preserve">hal-01544123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From Meaningful Orderings in the Web of Data to Multi-level Pattern Structures</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Miguel Couceiro</w:t>
+                <w:t xml:space="preserve">A Proposal for Classifying the Content of the Web of Data Based on FCA and Pattern Structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Reynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehwish Alam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amedeo Napoli</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Justine Reynaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Methodologies for Intelligent Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Warsaw, Poland. pp.622-631</w:t>
+              <w:t xml:space="preserve">ISMIS 2017 - 23rd International Symposium on Methodologies for Intelligent Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Warsaw, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01544123v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01667437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Proposal for Classifying the Content of the Web of Data Based on FCA and Pattern Structures</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A SPARQL Query Transformation Rule Language — Application to Retrieval and Adaptation in Case-Based Reasoning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bruneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Lasolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Lieber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Nauer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISMIS 2017 - 23rd International Symposium on Methodologies for Intelligent Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Warsaw, Poland</w:t>
+              <w:t xml:space="preserve"> ICCBR 2017 - Case-Based Reasoning Research and Development, 25th International Conference on Case-Based Reasoning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Trondheim, Norway</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01667437v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01661651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution to the Classification of Web of Data based on Formal Concept Analysis</w:t>
               </w:r>
@@ -2831,51 +2831,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182743v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maksim Koptelov" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Holveck" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Cr&#233;milleux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Reynaud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Roche" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42979-024-03629-z" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598504v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurette Chardon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Fran&#231;ois" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/BSL.118.1.3292780" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735960v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281821v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052311v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181905v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DSAA60987.2023.10302561" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052295v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133117v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576019v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djawad Bekkoucha" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Ouali" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Boizumault" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909216v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Huber" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Dargnat" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Toussaint" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02170763v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amedeo Napoli" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02170760v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01887884v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01887820v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01887801v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Galbrun" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehwish Alam" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01887838v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01661651v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bruneau" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Gaillard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lasolle" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lieber" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Nauer" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01544123v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Brabant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Couceiro" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01667437v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01420466v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227851v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/tel-02426421v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019LORR0160" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420737v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182743v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maksim Koptelov" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Holveck" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Cr&#233;milleux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Reynaud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Roche" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42979-024-03629-z" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598504v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurette Chardon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Fran&#231;ois" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/BSL.118.1.3292780" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735960v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181905v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DSAA60987.2023.10302561" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052311v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052295v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133117v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576019v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djawad Bekkoucha" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Ouali" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Boizumault" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281821v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909216v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Huber" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Dargnat" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Toussaint" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02170763v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amedeo Napoli" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02170760v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01887801v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Galbrun" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehwish Alam" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01887820v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01887884v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01887838v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01544123v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Brabant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Couceiro" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01667437v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01661651v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bruneau" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Gaillard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lasolle" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lieber" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Nauer" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01420466v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227851v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/tel-02426421v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019LORR0160" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420737v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>