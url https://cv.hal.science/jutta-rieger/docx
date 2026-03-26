--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1518,295 +1518,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04732366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unimer Exchange Is not Necessary for Morphological Transitions in Polymerization‐Induced Self‐Assembly</w:t>
+                <w:t xml:space="preserve">Controlling the Composition Profile of Acrylic Acid Copolymers by Tuning the pH of Polymerization in Aqueous Dispersed Media</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Debrie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Coudert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Taco Nicolai</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">François Stoffelbach</w:t>
+                <w:t xml:space="preserve">Jabeen Abdul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Harrisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Colombani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/anie.202215134⟩</w:t>
+              <w:t xml:space="preserve">Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 56 (21), pp.8497-8506. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.macromol.3c01507⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03988212v1</w:t>
+                <w:t xml:space="preserve">hal-04289635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Controlling the Composition Profile of Acrylic Acid Copolymers by Tuning the pH of Polymerization in Aqueous Dispersed Media</w:t>
+                <w:t xml:space="preserve">Unimer Exchange Is not Necessary for Morphological Transitions in Polymerization‐Induced Self‐Assembly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Debrie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Coudert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Simon Harrisson</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean‐michel Guigner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Colombani</w:t>
+                <w:t xml:space="preserve">Taco Nicolai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Stoffelbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecules</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 56 (21), pp.8497-8506. </w:t>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 62 (8), pp.e202215134. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.macromol.3c01507⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/anie.202215134⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04289635v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03988212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrogels of Amphiphilic Triblock Copolymers with Independently Tunable pH and Temperature-Controlled Exchange Dynamics</w:t>
               </w:r>
@@ -1818,77 +1818,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Coudert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Debrie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Harrisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jutta Rieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taco Nicolai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macromolecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 56 (23), pp.9584-9594. </w:t>
@@ -2333,64 +2333,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Debrie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jutta Rieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taco Nicolai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Colombani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macromolecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 55 (23), pp.10502-10512. </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2852,51 +2852,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Biais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Engel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Colombani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taco Nicolaï</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2954,780 +2954,780 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03273634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unravelling the formation of BAB block copolymer assemblies during PISA in water</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">François Stoffelbach</w:t>
+                <w:t xml:space="preserve">Fluorescent Copolymers for Bacterial Bioimaging and Viability Detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yang Si</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Grazon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Clavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jutta Rieger</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yayang Tian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D0PY00422G⟩</w:t>
+              <w:t xml:space="preserve">ACS Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 5 (9), pp.2843-2851. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acssensors.0c00981⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02917168v1</w:t>
+                <w:t xml:space="preserve">hal-02943209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fluorescent Copolymers for Bacterial Bioimaging and Viability Detection</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Yayang Tian</w:t>
+                <w:t xml:space="preserve">Thermoresponsive properties of poly(acrylamide-co-acrylonitrile)-based diblock copolymers synthesized (by PISA) in water</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Audureau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Coumes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Guigner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thi Phuong Thu Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Ménager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Sensors</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 5 (9), pp.2843-2851. </w:t>
+              <w:t xml:space="preserve">Polymer Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, pp.5998-6008. </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acssensors.0c00981⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/D0PY00895H⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02943209v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02943202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermoresponsive properties of poly(acrylamide-co-acrylonitrile)-based diblock copolymers synthesized (by PISA) in water</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Unravelling the formation of BAB block copolymer assemblies during PISA in water</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Biais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Colombani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bouteiller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Stoffelbach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jutta Rieger</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polymer Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 11, pp.5998-6008. </w:t>
+              <w:t xml:space="preserve">, 2020, 11 (28), pp.4568-4578. </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D0PY00895H⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/D0PY00422G⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02943202v1</w:t>
+                <w:t xml:space="preserve">hal-02917168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biobased Amphiphilic Block Copolymers by RAFT-mediated PISA in Green Solvent</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Crucial Role of the Spacer in Tuning the Length of Self-Assembled Nanorods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mauricio Balarezo</w:t>
+                <w:t xml:space="preserve">Shuaiyuan Han</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Mellot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Pensec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jutta Rieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Stoffelbach</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecular Rapid Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/marc.202000002⟩</w:t>
+              <w:t xml:space="preserve">Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 53 (1), pp.427-433. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.macromol.9b01928⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02992128v1</w:t>
+                <w:t xml:space="preserve">hal-02513545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crucial Role of the Spacer in Tuning the Length of Self-Assembled Nanorods</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">RAFT‐Mediated Polymerization‐Induced Self‐Assembly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Pensec</w:t>
+                <w:t xml:space="preserve">Franck d'Agosto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jutta Rieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Lansalot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.macromol.9b01928⟩</w:t>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 59 (22), pp.8368-8392. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/anie.201911758⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02513545v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03085063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RAFT‐Mediated Polymerization‐Induced Self‐Assembly</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Franck d'Agosto</w:t>
+                <w:t xml:space="preserve">Biobased Amphiphilic Block Copolymers by RAFT-mediated PISA in Green Solvent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Coumes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauricio Balarezo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jutta Rieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Muriel Lansalot</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Stoffelbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 59 (22), pp.8368-8392. </w:t>
+              <w:t xml:space="preserve">Macromolecular Rapid Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 41 (9), pp.2000002. </w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/anie.201911758⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/marc.202000002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03085063v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02992128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure of the agonist 12–HHT in its BLT2 receptor-bound state</w:t>
               </w:r>
@@ -3847,64 +3847,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Straightforward preparation of supramolecular Janus nanorods by hydrogen bonding of end-functionalized polymers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuaiyuan Han</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Pensec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dijwar Yilmaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3975,291 +3975,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02945931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Templated-PISA: Driving Polymerization-Induced Self-Assembly towards the Fibre Morphology</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">François Stoffelbach</w:t>
+                <w:t xml:space="preserve">Polymerization-Induced Self-Assembly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Lansalot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jutta Rieger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 131 (10), pp.3205-3209. </w:t>
+              <w:t xml:space="preserve">Macromolecular Rapid Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 40 (2), pp.1800885. </w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/anie.201809370⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/marc.201800885⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02353709v1</w:t>
+                <w:t xml:space="preserve">hal-02066533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polymerization-Induced Self-Assembly</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Muriel Lansalot</w:t>
+                <w:t xml:space="preserve">Templated-PISA: Driving Polymerization-Induced Self-Assembly towards the Fibre Morphology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Mellot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Guigner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bouteiller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Stoffelbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jutta Rieger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecular Rapid Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 40 (2), pp.1800885. </w:t>
+              <w:t xml:space="preserve">Angewandte Chemie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 131 (10), pp.3205-3209. </w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/marc.201800885⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/anie.201809370⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02066533v1</w:t>
+                <w:t xml:space="preserve">hal-02353709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Core–shell polymeric nanoparticles comprising BODIPY and fluorescein as ultra-bright ratiometric fluorescent pH sensors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Grazon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yang Si</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Placial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4470,77 +4470,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">RAFT‐Mediated Polymerization‐Induced Self‐Assembly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck d'Agosto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jutta Rieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Lansalot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Angewandte Chemie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 59 (22), pp.8368-8392. </w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5495,77 +5495,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapid and accurate detection of Escherichia coli growth by fluorescent pH-sensitive organic nanoparticles for high-throughput screening applications.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yang Si</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Grazon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Clavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rieger Jutta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5763,51 +5763,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fluorescent core-shell nanoparticles and nanocapsules using comb-like macromolecular RAFT agents: synthesis and functionalization thereof</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Grazon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jutta Rieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5815,51 +5815,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Beaunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Méallet-Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Clavier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polymer Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 7 (25), pp.4272 - 4283. </w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5932,64 +5932,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jutta Rieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Stoffelbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck d'Agosto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Lansalot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polymer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 106, pp.275--284. </w:t>
@@ -6655,287 +6655,287 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02324075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Colloidal stability of zwitterionic polymer-grafted gold nanoparticles in water</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ultrabright BODIPY-Tagged Polystyrene Nanoparticles: Study of Concentration Effect on Photophysical Properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Grazon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jutta Rieger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Durand-Gasselin</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Sanson</w:t>
+                <w:t xml:space="preserve">Bernadette Charleux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Clavier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Méallet-Renault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jcis.2014.07.048⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 118 (25), pp.13945--13952. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jp502790w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01515946v1</w:t>
+                <w:t xml:space="preserve">hal-01719587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrabright BODIPY-Tagged Polystyrene Nanoparticles: Study of Concentration Effect on Photophysical Properties</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Chloé Grazon</w:t>
+                <w:t xml:space="preserve">Colloidal stability of zwitterionic polymer-grafted gold nanoparticles in water</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Durand-Gasselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regis Koerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jutta Rieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Lequeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernadette Charleux</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Rachel Méallet-Renault</w:t>
+                <w:t xml:space="preserve">Nicolas Sanson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 118 (25), pp.13945--13952. </w:t>
+              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 434, pp.188 - 194. </w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/jp502790w⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jcis.2014.07.048⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01719587v1</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01515946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of Well-Defined Dawson-Type Poly(N,N-diethylacrylamide) Organopolyoxometalates</w:t>
               </w:r>
@@ -7562,315 +7562,315 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01877406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soft Nanostructured Films with an Ultra-Low Volume Fraction of Percolating Hard Phase</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marion Chenal</w:t>
+                <w:t xml:space="preserve">RAFT-mediated one-pot aqueous emulsion polymerization of methyl methacrylate in presence of poly(methacrylic acid-co-poly(ethylene oxide) methacrylate) trithiocarbonate macromolecular chain transfer agent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wenjing Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck d'Agosto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Dugas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jutta Rieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Charleux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecular Rapid Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/marc.201300410⟩</w:t>
+              <w:t xml:space="preserve">Polymer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 54 (8), pp.2011 - 2019. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.polymer.2012.12.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01534059v1</w:t>
+                <w:t xml:space="preserve">hal-01716105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RAFT-mediated one-pot aqueous emulsion polymerization of methyl methacrylate in presence of poly(methacrylic acid-co-poly(ethylene oxide) methacrylate) trithiocarbonate macromolecular chain transfer agent</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Yves Dugas</w:t>
+                <w:t xml:space="preserve">Soft Nanostructured Films with an Ultra-Low Volume Fraction of Percolating Hard Phase</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Chenal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jutta Rieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Véchambre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-M. Chenal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Chazeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 54 (8), pp.2011 - 2019. </w:t>
+              <w:t xml:space="preserve">Macromolecular Rapid Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 34 (19), pp.1524 - 1529. </w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.polymer.2012.12.028⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/marc.201300410⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01716105v1</w:t>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01534059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of the solution and aqueous emulsion copolymerization of vinylidene chloride with methyl acrylate in the presence a poly(ethylene oxide) macromolecular RAFT agent</w:t>
               </w:r>
@@ -7895,64 +7895,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jutta Rieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Stoffelbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernadette Charleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck d'Agosto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polymer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 54 (24), pp.6547-6554. </w:t>
@@ -8002,103 +8002,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultrabright Fluorescent Polymeric Nanoparticles Made from a New Family of BODIPY Monomers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Grazon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jutta Rieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Méallet-Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernadette Charleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Clavier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macromolecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 46 (13), pp.5167-5176. </w:t>
             </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8266,90 +8266,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polymerization-Induced Self-Assembly: From Soluble Macromolecules to Block Copolymer Nano-Objects in One Step</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernadette Charleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Delaittre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jutta Rieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck d'Agosto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macromolecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 45 (17), pp.6753-6765. </w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8377,291 +8377,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01877410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward Better Understanding of the Parameters that Lead to the Formation of Nonspherical Polystyrene Particles via RAFT-Mediated One-Pot Aqueous Emulsion Polymerization</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Olivier Boyron</w:t>
+                <w:t xml:space="preserve">Synthesis by nitroxide-mediated aqueous dispersion polymerization, characterization, and physical core-crosslinking of pH- and thermoresponsive dynamic diblock copolymer micelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Delaittre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Save</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Gaborieau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Castignolles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jutta Rieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/ma300596f⟩</w:t>
+              <w:t xml:space="preserve">Polymer Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 3 (6), pp.1526. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c2py20084h⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01877407v1</w:t>
+                <w:t xml:space="preserve">hal-04036797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis by nitroxide-mediated aqueous dispersion polymerization, characterization, and physical core-crosslinking of pH- and thermoresponsive dynamic diblock copolymer micelles</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Patrice Castignolles</w:t>
+                <w:t xml:space="preserve">Toward Better Understanding of the Parameters that Lead to the Formation of Nonspherical Polystyrene Particles via RAFT-Mediated One-Pot Aqueous Emulsion Polymerization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wenjing Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck d'Agosto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jutta Rieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Charleux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 3 (6), pp.1526. </w:t>
+              <w:t xml:space="preserve">Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 45 (10), pp.4075-4084. </w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c2py20084h⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/ma300596f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04036797v1</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01877407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amphiphilic liquid-crystal block copolymer nanofibers via RAFT-mediated dispersion polymerization</w:t>
               </w:r>
@@ -8940,90 +8940,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amphiphilic block copolymers from a direct and one pot RAFT synthesis in water</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Chaduc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wenjing Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jutta Rieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Lansalot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck d'Agosto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Abstracts of Papers of the American Chemical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 242</w:t>
@@ -9046,494 +9046,494 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01877418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polymerization-induced self-assembling of amphiphilic block copolymers in water</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId239" w:history="1">
+                <w:t xml:space="preserve">One-Pot Synthesis of Poly(methacrylic acid-co-poly(ethylene oxide) methyl ether methacrylate)-b-polystyrene Amphiphilic Block Copolymers and Their Self-Assemblies in Water via RAFT-Mediated Radical Emulsion Polymerization. A Kinetic Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wenjing Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck d'Agosto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boyron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jutta Rieger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Charleux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Abstracts of Papers of the American Chemical Society</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 44 (19), pp.7584-7593. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ma201515n⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01877412v1</w:t>
+                <w:t xml:space="preserve">hal-01877417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">One-Pot Synthesis of Poly(methacrylic acid-co-poly(ethylene oxide) methyl ether methacrylate)-b-polystyrene Amphiphilic Block Copolymers and Their Self-Assemblies in Water via RAFT-Mediated Radical Emulsion Polymerization. A Kinetic Study</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Olivier Boyron</w:t>
+                <w:t xml:space="preserve">Study of poly(N,N-diethylacrylamide) nanogel formation by aqueous dispersion polymerization of N,N-diethylacrylamide in the presence of poly(ethylene oxide)-b-poly(N,N-dimethylacrylamide) amphiphilic macromolecular RAFT agents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Grazon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jutta Rieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Nicolas Sanson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Bernadette Charleux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chlo E Grazon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/ma201515n⟩</w:t>
+              <w:t xml:space="preserve">Soft Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 7 (7), pp.3482. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c0sm01181a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01877417v1</w:t>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03362644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of poly(N,N-diethylacrylamide) nanogel formation by aqueous dispersion polymerization of N,N-diethylacrylamide in the presence of poly(ethylene oxide)-b-poly(N,N-dimethylacrylamide) amphiphilic macromolecular RAFT agents</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Bernadette Charleux</w:t>
+                <w:t xml:space="preserve">Polymerization-induced self-assembling of amphiphilic block copolymers in water</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Segolene Brusseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chlo E Grazon</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Emilie Groison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Boisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xuewei Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wenjing Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soft Matter</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Abstracts of Papers of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 242</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03362644v1</w:t>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01877412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">One-Pot Synthesis of Pegylated Fluorescent Nanoparticles by RAFT Miniemulsion Polymerization Using a Phase Inversion Process.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Grazon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jutta Rieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Méallet-Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Clavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernadette Charleux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macromolecular Rapid Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 32 (9-10), pp.699-705. </w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9618,64 +9618,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Chaduc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jutta Rieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck d'Agosto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Lansalot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polymer Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 2 (2), pp.355-362. </w:t>
@@ -9707,337 +9707,337 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01877413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Well-Defined Amphiphilic Block Copolymers and Nano-objects Formed in Situ via RAFT-Mediated Aqueous Emulsion Polymerization</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId239" w:history="1">
+                <w:t xml:space="preserve">Amphiphilic Block Copolymers from a Direct and One-pot RAFT Synthesis in Water</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Chaduc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wenjing Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jutta Rieger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Lansalot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck d'Agosto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecules</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 44 (11), pp.4149-4158. </w:t>
+              <w:t xml:space="preserve">Macromolecular Rapid Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 32 (16), pp.1270-1276. </w:t>
             </w:r>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/ma2005926⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/marc.201100240⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01877415v1</w:t>
+                <w:t xml:space="preserve">hal-01877414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amphiphilic Block Copolymers from a Direct and One-pot RAFT Synthesis in Water</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId239" w:history="1">
+                <w:t xml:space="preserve">Well-Defined Amphiphilic Block Copolymers and Nano-objects Formed in Situ via RAFT-Mediated Aqueous Emulsion Polymerization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xuewei Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Boisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wenjing Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Beaunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck d'Agosto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecular Rapid Communications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 44 (11), pp.4149-4158. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ma2005926⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/marc.201100240⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01877414v1</w:t>
+                <w:t xml:space="preserve">hal-01877415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amphiphilic block copolymer nano-fibers via RAFT-mediated polymerization in aqueous dispersed system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Boisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jutta Rieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10152,64 +10152,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pegylated thermally responsive block copolymer micelles and nanogels via in situ RAFT aqueous dispersion polymerization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jutta Rieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Grazon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernadette Charleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Alaimo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10844,51 +10844,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05084532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modification of lignin-derived compounds to bio-based polymers in environmentally friendly conditions</w:t>
+                <w:t xml:space="preserve">Biobased latexes through lignin depolymerization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joanna Michalska-Walkowiak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Coumes</w:t>
@@ -10919,97 +10919,97 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Victorien Jeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Terrasson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Polymers via Macromolecular Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">Club Emulsion 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Solvay - Formulaction, Oct 2023, Aubervilliers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04218179v1</w:t>
+                <w:t xml:space="preserve">hal-04266675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biobased latexes through lignin depolymerization</w:t>
+                <w:t xml:space="preserve">Modification of lignin-derived compounds to bio-based polymers in environmentally friendly conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joanna Michalska-Walkowiak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Coumes</w:t>
@@ -11040,116 +11040,116 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Victorien Jeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Terrasson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Club Emulsion 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Solvay - Formulaction, Oct 2023, Aubervilliers, France</w:t>
+              <w:t xml:space="preserve">Advanced Polymers via Macromolecular Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04266675v1</w:t>
+                <w:t xml:space="preserve">hal-04218179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of biobased nanoparticles through polymerization induced self-assembly of biosourced monomers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Coumes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauricio Balarezo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jutta Rieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11472,51 +11472,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489223v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Michalska-Walkowiak" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naseeb Ullah" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jutta Rieger" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Terrasson" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victorien Jeux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mame.202500446" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05525310v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Berru&#233;e" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Sosa Vargas" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202503564" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033481v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Mellot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Chevereau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouteiller" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Stoffelbach" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marylene Vayer" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molliq.2025.127104" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05337227v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Kalem" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingsheng Ji" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Valverde Gonzalez" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Siefker" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;michel Guigner" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pol.20250561" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05340067v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Joseph Neal" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josu&#233; Arturo Ledezma Fierro" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Coumes" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Poli" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Pradal" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5GC04711K" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05335729v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Guigner" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Huin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Patrick Calupitan" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.202500478" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649351v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Debrie" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Coudert" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Guibert" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4PY00373J" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05337208v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf Schweins" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.202400492" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04607535v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Mohimont" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.202400286" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04516667v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#226;nia Sn Antonio" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.3c06050" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04732366v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bizien" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202413627" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988212v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taco Nicolai" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202215134" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289635v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jabeen Abdul" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Harrisson" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Colombani" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.3c01507" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642255v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.3c01448" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234827v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Phuong Thu Nguyen" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine M&#233;nager" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pi.6510" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988200v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Audureau" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.2c01953" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03561216v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2PY00032F" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03989416v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.2c01573" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03510495v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Veith" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym13244424" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03388766v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.202100556" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02917169v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Jestin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2020.07.147" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03273634v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Biais" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Engel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taco Nicola&#239;" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0PY01424A" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02917168v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0PY00422G" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02943209v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Si" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Grazon" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Clavier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yayang Tian" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssensors.0c00981" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02943202v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0PY00895H" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02992128v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Balarezo" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.202000002" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513545v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuaiyuan Han" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Pensec" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.9b01928" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03085063v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck d'Agosto" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Lansalot" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201911758" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011607v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Giusti" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Casiraghi" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Point" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Damian" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-59571-6" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945931v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dijwar Yilmaz" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Lorthioir" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-18587-2" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02353709v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201809370" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066533v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.201800885" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02361972v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Placial" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel M&#233;allet-Renault" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8PP00457A" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02404754v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Beaunier" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.201800315" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02353727v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ange.201911758" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02374121v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8PY00914G" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01966107v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Dr&#233;an" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Debuigne" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine J&#233;r&#244;me" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristine Gon&#231;alves" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Midoux" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mabi.201700353" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357488v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Stoffelbach" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.8b02156" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01618807v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Albig&#232;s" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Klein" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Roi" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costantino Creton" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7PY00302A" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01495948v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Pontes da Costa" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danilo Rosa Nunes" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Tharaud" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Oble" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.201601645" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01427315v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.6b01526" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01421077v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Chenal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril V&#233;chambre" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Chenal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chazeau" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Humblot" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2016.12.043" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230475v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rieger Jutta" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Audibert" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bios.2015.08.028" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719556v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gu&#233;gan" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Detrembleur" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.6b00992" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01547927v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6PY00646A" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719558v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Velasquez" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2016.08.083" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120607v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Lesage&#8197;de&#8197;la&#8197;haye" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Marceau" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ruhlmann" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernold Hasenknopf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201405708" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZXP643BK-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01221255v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5PY01325A" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01103902v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Lesage de La Haye" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Pembouong" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2014.12.013" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719573v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.201500028" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LMCS48FC-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324075v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Catoire" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuo Qian" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Calabrese" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00232-014-9656-x" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01515946v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Durand-Gasselin" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Koerin" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lequeux" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sanson" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2014.07.048" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719587v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Charleux" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp502790w" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121569v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Lac&#244;te" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cplu.201300346" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/48D2D0F226C6621524CA8F89AD10396502E4F91E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01696688v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allan Philippe" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2014.05.057" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H4TBHVJH-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397898v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frida Nzulu" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Bontemps" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Robert" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Barbazanges" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Fensterbank" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma501516s" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01696693v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C2PY20595E" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877406v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boyron" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma302339x" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01534059v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.201300410" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-MNF44FP0-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01716105v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenjing Zhang" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Dugas" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2012.12.028" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SKSF6JB3-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877405v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2013.10.016" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KF8CXC82-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366468v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma400590q" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01576468v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Fan" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Regnaud" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Vichot" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2011.09.006" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877410v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Delaittre" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma300713f" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877407v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma300596f" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04036797v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Save" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Gaborieau" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Castignolles" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2py20084h" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883137v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuewei Zhang" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Boiss&#233;" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chuong Bui" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Albouy" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Br&#251;let" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1sm06598j" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397624v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iban Azcarate" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201101771" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-L6MDS8LS-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877418v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Chaduc" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877412v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Segolene Brusseau" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Groison" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Boisse" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877417v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma201515n" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362644v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo E Grazon" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0sm01181a" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00598359v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.201100008" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-HZ8PHJ10-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877413v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Boursier" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0py00237b" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877415v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma2005926" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877414v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.201100240" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-61J7TCG2-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00604702v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Belal" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Di-Cicco" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b923667h" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-6NZLGFKV-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362642v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Alaimo" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pola.23329" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-WTPDX0VR-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04896668v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Di-Cicco" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma9018137" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084673v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Leonard" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266705v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeux Victorien" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terrasson Vincent" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084532v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle L&#233;onard" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04218179v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266675v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338957v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00076829v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489223v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Michalska-Walkowiak" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naseeb Ullah" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jutta Rieger" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Terrasson" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victorien Jeux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mame.202500446" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05525310v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Berru&#233;e" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Sosa Vargas" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202503564" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033481v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Mellot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Chevereau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouteiller" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Stoffelbach" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marylene Vayer" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molliq.2025.127104" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05337227v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Kalem" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingsheng Ji" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Valverde Gonzalez" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Siefker" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;michel Guigner" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pol.20250561" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05340067v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Joseph Neal" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josu&#233; Arturo Ledezma Fierro" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Coumes" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Poli" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Pradal" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5GC04711K" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05335729v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Guigner" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Huin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Patrick Calupitan" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.202500478" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649351v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Debrie" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Coudert" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Guibert" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4PY00373J" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05337208v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf Schweins" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.202400492" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04607535v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Mohimont" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.202400286" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04516667v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#226;nia Sn Antonio" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.3c06050" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04732366v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bizien" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202413627" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289635v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jabeen Abdul" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Harrisson" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Colombani" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.3c01507" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988212v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taco Nicolai" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202215134" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642255v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.3c01448" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234827v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Phuong Thu Nguyen" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine M&#233;nager" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pi.6510" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988200v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Audureau" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.2c01953" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03561216v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2PY00032F" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03989416v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.2c01573" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03510495v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Veith" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym13244424" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03388766v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.202100556" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02917169v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Jestin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2020.07.147" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03273634v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Biais" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Engel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taco Nicola&#239;" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0PY01424A" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02943209v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Si" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Grazon" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Clavier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yayang Tian" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssensors.0c00981" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02943202v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0PY00895H" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02917168v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0PY00422G" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513545v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuaiyuan Han" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Pensec" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.9b01928" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03085063v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck d'Agosto" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Lansalot" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201911758" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02992128v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Balarezo" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.202000002" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011607v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Giusti" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Casiraghi" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Point" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Damian" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-59571-6" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945931v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dijwar Yilmaz" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Lorthioir" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-18587-2" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066533v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.201800885" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02353709v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201809370" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02361972v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Placial" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel M&#233;allet-Renault" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8PP00457A" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02404754v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Beaunier" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.201800315" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02353727v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ange.201911758" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02374121v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8PY00914G" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01966107v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Dr&#233;an" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Debuigne" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine J&#233;r&#244;me" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristine Gon&#231;alves" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Midoux" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mabi.201700353" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357488v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Stoffelbach" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.8b02156" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01618807v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Albig&#232;s" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Klein" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Roi" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costantino Creton" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7PY00302A" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01495948v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Pontes da Costa" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danilo Rosa Nunes" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Tharaud" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Oble" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.201601645" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01427315v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.6b01526" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01421077v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Chenal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril V&#233;chambre" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Chenal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chazeau" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Humblot" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2016.12.043" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230475v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rieger Jutta" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Audibert" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bios.2015.08.028" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719556v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gu&#233;gan" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Detrembleur" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.6b00992" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01547927v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6PY00646A" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719558v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Velasquez" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2016.08.083" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120607v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Lesage&#8197;de&#8197;la&#8197;haye" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Marceau" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ruhlmann" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernold Hasenknopf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201405708" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZXP643BK-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01221255v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5PY01325A" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01103902v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Lesage de La Haye" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Pembouong" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2014.12.013" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719573v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.201500028" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LMCS48FC-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324075v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Catoire" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuo Qian" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Calabrese" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00232-014-9656-x" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719587v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Charleux" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp502790w" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01515946v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Durand-Gasselin" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Koerin" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lequeux" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sanson" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2014.07.048" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121569v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Lac&#244;te" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cplu.201300346" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/48D2D0F226C6621524CA8F89AD10396502E4F91E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01696688v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allan Philippe" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2014.05.057" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H4TBHVJH-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397898v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frida Nzulu" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Bontemps" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Robert" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Barbazanges" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Fensterbank" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma501516s" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01696693v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C2PY20595E" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877406v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boyron" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma302339x" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01716105v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenjing Zhang" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Dugas" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2012.12.028" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SKSF6JB3-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01534059v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.201300410" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-MNF44FP0-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877405v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2013.10.016" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KF8CXC82-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366468v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma400590q" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01576468v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Fan" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Regnaud" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Vichot" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2011.09.006" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877410v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Delaittre" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma300713f" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04036797v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Save" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Gaborieau" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Castignolles" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2py20084h" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877407v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma300596f" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883137v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuewei Zhang" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Boiss&#233;" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chuong Bui" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Albouy" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Br&#251;let" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1sm06598j" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397624v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iban Azcarate" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201101771" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-L6MDS8LS-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877418v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Chaduc" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877417v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma201515n" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362644v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo E Grazon" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0sm01181a" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877412v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Segolene Brusseau" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Groison" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Boisse" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00598359v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.201100008" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-HZ8PHJ10-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877413v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Boursier" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0py00237b" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877414v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.201100240" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-61J7TCG2-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877415v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma2005926" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00604702v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Belal" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Di-Cicco" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b923667h" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-6NZLGFKV-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362642v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Alaimo" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pola.23329" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-WTPDX0VR-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04896668v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Di-Cicco" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma9018137" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084673v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Leonard" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266705v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeux Victorien" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terrasson Vincent" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084532v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle L&#233;onard" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266675v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04218179v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338957v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00076829v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>