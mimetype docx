--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -628,420 +628,420 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04838211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un paradigme pour l'interprétation des métriques et pour mesurer la gravité des erreurs de reconnaissance automatique de la parole</w:t>
+                <w:t xml:space="preserve">Annotation of Transition-Relevance Places and Interruptions for the Description of Turn-Taking in Conversations in French Media Content</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibault Bañeras-Roux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mickaël Rouvier</w:t>
+                <w:t xml:space="preserve">Rémi Uro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Tahon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jane Wottawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Doukhan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Rilliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">35èmes Journées d'Études sur la Parole (JEP 2024) 31ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN 2024) 26ème Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RECITAL 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Toulouse, France. pp.191-199</w:t>
+              <w:t xml:space="preserve">The 2024 Joint International Conference on Computational Linguistics, Language Resources and Evaluation (LREC-COLING 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Torino, Italy. pp.1225--1232</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04623072v1</w:t>
+                <w:t xml:space="preserve">hal-04694997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annotation of Transition-Relevance Places and Interruptions for the Description of Turn-Taking in Conversations in French Media Content</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marie Tahon</w:t>
+                <w:t xml:space="preserve">A Comprehensive Analysis of Tokenization and Self-Supervised Learning in End-to-End Automatic Speech Recognition Applied on French Language</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Bañeras-Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Rouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jane Wottawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 2024 Joint International Conference on Computational Linguistics, Language Resources and Evaluation (LREC-COLING 2024)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2024 32nd European Signal Processing Conference (EUSIPCO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Lyon, France. pp.141-145, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/eusipco63174.2024.10715397⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04694997v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05536628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Comprehensive Analysis of Tokenization and Self-Supervised Learning in End-to-End Automatic Speech Recognition Applied on French Language</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Un paradigme pour l'interprétation des métriques et pour mesurer la gravité des erreurs de reconnaissance automatique de la parole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Bañeras-Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mickael Rouvier</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Rouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jane Wottawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Dufour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 32nd European Signal Processing Conference (EUSIPCO)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">35èmes Journées d'Études sur la Parole (JEP 2024) 31ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN 2024) 26ème Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RECITAL 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Toulouse, France. pp.191-199</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.23919/eusipco63174.2024.10715397⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05536628v1</w:t>
+                <w:t xml:space="preserve">hal-04623072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Comprehensive Analysis of Tokenization and Self-Supervised Learning in End-to-End Automatic Speech Recognition applied on French Language</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Bañeras-Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Rouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jane Wottawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1092,64 +1092,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Paradigm for Interpreting Metrics and Measuring Error Severity in Automatic Speech Recognition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Bañeras-Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Rouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jane Wottawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1200,77 +1200,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HATS: An Open data set Integrating Human Perception Applied to the Evaluation of Automatic Speech Recognition Metrics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Bañeras-Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jane Wottawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Rouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teva Merlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1416,77 +1416,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HATS : Un jeu de données intégrant la perception humaine appliquée à l'évaluation des métriques de transcription de la parole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Bañeras-Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jane Wottawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Rouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teva Merlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1531,316 +1531,316 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04130218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesures linguistiques automatiques pour l'évaluation des systèmes de Reconnaissance Automatique de la Parole</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Que permet une conscience linguistique accrue en termes de prononciation et de perception de la L2? Une étude menée sur des apprenants francophones de l’allemand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jane Wottawa</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Richard Dufour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Avignon, France</w:t>
+              <w:t xml:space="preserve">Journées d'Études "Linguistique et didactique de l'oral"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03688029v2</w:t>
+                <w:t xml:space="preserve">hal-03976921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Que permet une conscience linguistique accrue en termes de prononciation et de perception de la L2? Une étude menée sur des apprenants francophones de l’allemand</w:t>
+                <w:t xml:space="preserve">Les apprenants allemand L2 atypiques dans une tâche de description d’image</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jane Wottawa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d'Études "Linguistique et didactique de l'oral"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Toulouse, France</w:t>
+              <w:t xml:space="preserve">PhonLim 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Limoges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03976921v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03667241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les apprenants allemand L2 atypiques dans une tâche de description d’image</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mesures linguistiques automatiques pour l'évaluation des systèmes de Reconnaissance Automatique de la Parole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Bañeras Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Rouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jane Wottawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Dufour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PhonLim 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2022, Limoges, France</w:t>
+              <w:t xml:space="preserve">29ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03667241v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03688029v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qualitative Evaluation of Language Model Rescoring in Automatic Speech Recognition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Bañeras Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Rouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jane Wottawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2103,51 +2103,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards Interactive Annotation for Hesitation in Conversational Speech</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jane Wottawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Tahon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apolline Marin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2517,541 +2517,541 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02130906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sur les traces acoustiques de /ʃ/ et /ç/ en allemand L2</w:t>
+                <w:t xml:space="preserve">Putting German [ʃ] and [c ̧] in two different boxes: native German vs L2 German of French learners</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jane Wottawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Adda-Decker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Isel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d'étude sur la Parole (JEP 2016)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Interspeech 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, San Francisco, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21437/Interspeech.2016-457⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01427999v1</w:t>
+                <w:t xml:space="preserve">halshs-01398574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Putting German [ʃ] and [c ̧] in two different boxes: native German vs L2 German of French learners</w:t>
+                <w:t xml:space="preserve">Sur les traces acoustiques de /ʃ/ et /ç/ en allemand L2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jane Wottawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Adda-Decker</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Isel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interspeech 2016</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journées d'étude sur la Parole (JEP 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.21437/Interspeech.2016-457⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">halshs-01398574v1</w:t>
+                <w:t xml:space="preserve">halshs-01427999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Disentangling French tongues in a German classroom</w:t>
+                <w:t xml:space="preserve">French Learners Audio Corpus of German Speech (FLACGS)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jane Wottawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Adda-Decker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Sounds</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Aarhus, Denmark</w:t>
+              <w:t xml:space="preserve">LREC 2016, Tenth International Conference on Language Resources and Evaluation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Portorož, Slovenia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01406327v1</w:t>
+                <w:t xml:space="preserve">halshs-01398554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">French Learners Audio Corpus of German Speech (FLACGS)</w:t>
+                <w:t xml:space="preserve">Disentangling French tongues in a German classroom</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jane Wottawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Adda-Decker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LREC 2016, Tenth International Conference on Language Resources and Evaluation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Portorož, Slovenia</w:t>
+              <w:t xml:space="preserve">New Sounds</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Aarhus, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01398554v1</w:t>
+                <w:t xml:space="preserve">hal-01406327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Segmental difficulties in French learners of German</w:t>
+                <w:t xml:space="preserve">Individual Pronunciation Feedback in French Learners of German by using Spectrograms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jane Wottawa</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Isel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Monolingual and Bilingual Speech 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ELENA BABATSOULI; DAVID INGRAM, Sep 2015, Chania, Greece</w:t>
+              <w:t xml:space="preserve">Workshop on Feedback and Pronunciation Training</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2015, Saarbrücken, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01398545v1</w:t>
+                <w:t xml:space="preserve">hal-01406318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Individual Pronunciation Feedback in French Learners of German by using Spectrograms</w:t>
+                <w:t xml:space="preserve">Segmental difficulties in French learners of German</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jane Wottawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Adda-Decker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Isel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop on Feedback and Pronunciation Training</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2015, Saarbrücken, Germany</w:t>
+              <w:t xml:space="preserve">International Symposium on Monolingual and Bilingual Speech 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ELENA BABATSOULI; DAVID INGRAM, Sep 2015, Chania, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01406318v1</w:t>
+                <w:t xml:space="preserve">halshs-01398545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’influence du français comme L1 sur la prononciation de l'allemand</w:t>
               </w:r>
@@ -4113,51 +4113,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8D799601"/>
+    <w:nsid w:val="4DFCC43C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4344,51 +4344,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jwottawa" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3855-0695" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/226300307" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230571v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Coretta" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph V Casillas" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Roessig" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Franke" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Byron Ahn" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/25152459231162567" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321725v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Wottawa" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Adda-Decker" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Isel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1366728921000468" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505348v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04838211v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Tholly" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Rouvier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Dufour" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623072v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Ba&#241;eras-Roux" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694997v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Uro" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Tahon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Doukhan" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Rilliard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05536628v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Rouvier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/eusipco63174.2024.10715397" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584931v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04615039v2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125590v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teva Merlin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04310083v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maelle Amand" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takeki Kamiyama" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130218v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688029v2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Ba&#241;eras Roux" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03976921v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03667241v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712735v2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03667255v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/JEP.2022-42" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03667226v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505333v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apolline Marin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Audibert" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405788v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fethi Bougares" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Baillot" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Barrault" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/W19-5307" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02130881v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/JEP.2018-8" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02130906v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djegdjiga Amazouz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lori Lamel" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2018-2381" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01427999v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01398574v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2016-457" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406327v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01398554v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01398545v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406318v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01494331v2" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01287857v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04613772v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02406610v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02406689v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01875475v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coraline Pradeau" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Jorge" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034048v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23817/lingtreff.18-34" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505343v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Candea" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01507314v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01737853v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equinoxpub.com/home/phonology-protolanguage-interlanguage-babatsouli-ingram/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jwottawa" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3855-0695" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/226300307" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230571v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Coretta" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph V Casillas" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Roessig" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Franke" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Byron Ahn" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/25152459231162567" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321725v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Wottawa" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Adda-Decker" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Isel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1366728921000468" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505348v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04838211v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Tholly" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Rouvier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Dufour" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694997v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Uro" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Tahon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Doukhan" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Rilliard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05536628v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Ba&#241;eras-Roux" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Rouvier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/eusipco63174.2024.10715397" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623072v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584931v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04615039v2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125590v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teva Merlin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04310083v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maelle Amand" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takeki Kamiyama" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130218v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03976921v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03667241v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688029v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Ba&#241;eras Roux" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712735v2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03667255v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/JEP.2022-42" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03667226v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505333v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apolline Marin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Audibert" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405788v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fethi Bougares" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Baillot" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Barrault" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/W19-5307" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02130881v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/JEP.2018-8" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02130906v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djegdjiga Amazouz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lori Lamel" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2018-2381" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01398574v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2016-457" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01427999v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01398554v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406327v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406318v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01398545v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01494331v2" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01287857v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04613772v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02406610v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02406689v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01875475v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coraline Pradeau" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Jorge" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034048v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23817/lingtreff.18-34" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505343v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Candea" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01507314v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01737853v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equinoxpub.com/home/phonology-protolanguage-interlanguage-babatsouli-ingram/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>