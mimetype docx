--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -2081,278 +2081,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02941100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of submerged heating on vertical Bridgman crystal growth of silicon under travelling magnetic field</w:t>
+                <w:t xml:space="preserve">Numerical investigation of floating zone silicon using Halbach array magnets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T.P. Lyubimova</w:t>
+                <w:t xml:space="preserve">Xue-Feng Han</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A.O. Ivantsov</w:t>
+                <w:t xml:space="preserve">Koichi Kakimoto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Khlybov</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">M.A. Gonik</w:t>
+                <w:t xml:space="preserve">Samah Alradi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kader Zaidat</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Crystal Growth</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 531, pp.125340. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jcrysgro.2019.125340⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 546, pp.125773. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcrysgro.2020.125773⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02941141v1</w:t>
+                <w:t xml:space="preserve">hal-02941119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical investigation of floating zone silicon using Halbach array magnets</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of submerged heating on vertical Bridgman crystal growth of silicon under travelling magnetic field</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T.P. Lyubimova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xue-Feng Han</w:t>
+                <w:t xml:space="preserve">A.O. Ivantsov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Koichi Kakimoto</w:t>
+                <w:t xml:space="preserve">O. Khlybov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samah Alradi</w:t>
+                <w:t xml:space="preserve">M.A. Gonik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kader Zaidat</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Crystal Growth</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 546, pp.125773. </w:t>
+              <w:t xml:space="preserve">, 2020, 531, pp.125340. </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jcrysgro.2020.125773⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jcrysgro.2019.125340⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02941119v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02941141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of hydrodynamics on growth and morphology of faceted crystals</w:t>
               </w:r>
@@ -4639,302 +4639,302 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00664178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Columnar-to-equiaxed transitions in al-based alloys during directional solidification under a high magnetic field</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Xiaojian Li</w:t>
+                <w:t xml:space="preserve">Silicon purity controlled under electromagnetic levitation (SPYCE): influences on undercooling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Beaudhuin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Zaidat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Duffar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Lemiti</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Crystal Growth</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jcrysgro.2009.10.002⟩</w:t>
+              <w:t xml:space="preserve">Journal of Materials Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 45 (8), pp.2218-2222. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10853-009-4011-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00467578v1</w:t>
+                <w:t xml:space="preserve">hal-00468055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silicon purity controlled under electromagnetic levitation (SPYCE): influences on undercooling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Beaudhuin</w:t>
+                <w:t xml:space="preserve">Columnar-to-equiaxed transitions in al-based alloys during directional solidification under a high magnetic field</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaojian Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Zaidat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Fautrelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Gagnoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z.M. Ren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 45 (8), pp.2218-2222. </w:t>
+              <w:t xml:space="preserve">Journal of Crystal Growth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 312 (2), pp.267-272. </w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10853-009-4011-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jcrysgro.2009.10.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00468055v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00467578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation numérique des ségrégations lors de la solidification d'alliages Ti-Al</w:t>
               </w:r>
@@ -5936,51 +5936,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solidification of Metallic alloys under magnetic fields</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaojian Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Noeppel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6061,51 +6061,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solidification of Metallic Alloys under the influence of various types of magnertic fields</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaojian Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Noeppel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6413,51 +6413,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00388357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Control of impurity concentration in silicon by measurement of undercooling under electromagnetic levitation</w:t>
+                <w:t xml:space="preserve">Direct measurement of impurity effect on silicon undercooled by electromagnetic levitation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Beaudhuin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Zaidat</w:t>
@@ -6475,97 +6475,97 @@
                 </w:rPr>
                 <w:t xml:space="preserve">T. Duffar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lemiti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th International Conference on Crystal growth</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Salt Lake City, United States. pp.347-349</w:t>
+              <w:t xml:space="preserve">High Temperature Capillarity international Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Alicante, Spain. pp.845-855</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00196309v1</w:t>
+                <w:t xml:space="preserve">hal-00142443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct measurement of impurity effect on silicon undercooled by electromagnetic levitation</w:t>
+                <w:t xml:space="preserve">Control of impurity concentration in silicon by measurement of undercooling under electromagnetic levitation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Beaudhuin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Zaidat</w:t>
@@ -6583,73 +6583,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">T. Duffar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lemiti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">High Temperature Capillarity international Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Alicante, Spain. pp.845-855</w:t>
+              <w:t xml:space="preserve">15th International Conference on Crystal growth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Salt Lake City, United States. pp.347-349</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00142443v1</w:t>
+                <w:t xml:space="preserve">hal-00196309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of forced/natural convection on segregation during the directional solidification of binary alloys</w:t>
               </w:r>
@@ -7779,51 +7779,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484673v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Assila" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rkhis" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sebbahi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Alaoui Belghiti" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Laasri" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2023.10.317" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940299v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Sari" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Ahmadein" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabbah Ataya" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lakhdar Hachani" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kader Zaidat" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma17040865" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484678v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Touhtouh" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.K. Hlil" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Zaidat" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2022.12.115" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484675v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Belhora" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2023.05.267" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649876v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ab. Abdelhakem" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ab. Nouri" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Hachani" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Fautrelle" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4053567" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649875v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Khelfi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2022.126575" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649877v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douha Harbaoui" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moustafa M.S. Sanad" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Rossignol" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Kebir Hlil" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Amdouni" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2022.163641" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03687015v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Boutahraoui" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.A. Ghezal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nehari" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Allani" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2022.112409" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03619614v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bououdina" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2021.10.237" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649874v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihaela Stefan-Kharicha" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah Kharicha" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg Reiss" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Werner Essl" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2022.126557" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649882v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Hiba" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ab Nouri" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Hachani" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/1223/1/012001" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649879v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Sari" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4050408" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03141937v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Anoua" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Alaoui-Belghiti" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2021.01.100" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649880v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Fautrelle" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Pichat" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2021.106900" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941100v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Rkhis" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Alaoui-Belghiti" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Laasri" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Touhtouh" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/er.5922" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941141v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.P. Lyubimova" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.O. Ivantsov" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Khlybov" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Gonik" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2019.125340" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941119v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xue-Feng Han" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koichi Kakimoto" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samah Alradi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2020.125773" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941110v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kader Za&#239;dat" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2020.125667" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941163v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hajjaji" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2020.06.213" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106220v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Hamzaoui" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Millet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Botton" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Benzaoui" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Henry" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2019.02.028" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649885v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Altenberend" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Delannoy" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chichignoud" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2016.11.052" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9VWVL7KF-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637590v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ah. Nouri" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Delannoy" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Chichignoud" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lhomond" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Helifa" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2016.12.063" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637609v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01367278v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Boussaa" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Budenkova" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Botton" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2016.04.120" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-15V7FTCH-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211334v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cablea" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gagnoud" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nouri" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2014.07.042" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XZQG50W4-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211321v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Saadi" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X.D. Wang" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2015.01.007" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211322v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2015.01.145" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V6K1DV95-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071866v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2014.11.062" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019639v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2013.11.062" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00870698v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Debacque" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2013.04.017" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00728106v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2011.11.054" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0FSX07W2-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00679550v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Beaudhuin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bertho" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Duffar" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lemiti" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchemphys.2012.01.023" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-26V5CZB2-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640054v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2011.02.001" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DJ363VF8-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00664178v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Gelard" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Blanquet" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.N. Xuan" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cruz" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/jnn.2011.5077" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00467578v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaojian Li" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z.M. Ren" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2009.10.002" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KLNGTW9L-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00468055v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-009-4011-9" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-C19J0FP3-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00218199v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Noeppel" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Jacoutot" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Medina" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ciobanas" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Baltaretu" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775366v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Duffar" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuefeng Han" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Luchier" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Girard" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02060327v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boumaaza" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Abdelhakem" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/424/1/012052" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01138863v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pons" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00947112v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00947072v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Dechoux" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Naili" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Jim&#233;nez" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00697693v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00488396v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00488395v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00381723v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuoxiang Ren" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00388459v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Spragg" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.G. Lacombe" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dumont" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ernst" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00388357v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00196309v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00142443v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00142131v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. D. Wang" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649917v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Garnier" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghatfan Hasan" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649903v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649901v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649896v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649902v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649890v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649892v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00824463v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Sarigiannidou" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00824464v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Du Terrail" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484673v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Assila" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rkhis" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sebbahi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Alaoui Belghiti" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Laasri" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2023.10.317" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940299v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Sari" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Ahmadein" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabbah Ataya" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lakhdar Hachani" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kader Zaidat" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma17040865" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484678v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Touhtouh" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.K. Hlil" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Zaidat" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2022.12.115" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484675v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Belhora" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2023.05.267" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649876v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ab. Abdelhakem" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ab. Nouri" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Hachani" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Fautrelle" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4053567" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649875v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Khelfi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2022.126575" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649877v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douha Harbaoui" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moustafa M.S. Sanad" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Rossignol" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Kebir Hlil" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Amdouni" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2022.163641" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03687015v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Boutahraoui" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.A. Ghezal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nehari" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Allani" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2022.112409" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03619614v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bououdina" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2021.10.237" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649874v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihaela Stefan-Kharicha" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah Kharicha" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg Reiss" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Werner Essl" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2022.126557" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649882v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Hiba" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ab Nouri" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Hachani" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/1223/1/012001" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649879v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Sari" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4050408" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03141937v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Anoua" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Alaoui-Belghiti" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2021.01.100" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649880v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Fautrelle" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Pichat" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2021.106900" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941100v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Rkhis" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Alaoui-Belghiti" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Laasri" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Touhtouh" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/er.5922" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941119v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xue-Feng Han" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koichi Kakimoto" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samah Alradi" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2020.125773" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941141v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.P. Lyubimova" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.O. Ivantsov" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Khlybov" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Gonik" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2019.125340" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941110v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kader Za&#239;dat" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2020.125667" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941163v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hajjaji" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2020.06.213" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106220v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Hamzaoui" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Millet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Botton" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Benzaoui" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Henry" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2019.02.028" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649885v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Altenberend" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Delannoy" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chichignoud" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2016.11.052" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9VWVL7KF-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637590v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ah. Nouri" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Delannoy" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Chichignoud" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lhomond" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Helifa" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2016.12.063" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637609v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01367278v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Boussaa" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Budenkova" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Botton" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2016.04.120" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-15V7FTCH-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211334v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cablea" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gagnoud" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nouri" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2014.07.042" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XZQG50W4-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211321v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Saadi" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X.D. Wang" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2015.01.007" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211322v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2015.01.145" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V6K1DV95-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071866v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2014.11.062" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019639v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2013.11.062" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00870698v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Debacque" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2013.04.017" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00728106v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2011.11.054" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0FSX07W2-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00679550v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Beaudhuin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bertho" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Duffar" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lemiti" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchemphys.2012.01.023" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-26V5CZB2-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640054v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2011.02.001" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DJ363VF8-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00664178v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Gelard" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Blanquet" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.N. Xuan" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cruz" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/jnn.2011.5077" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00468055v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-009-4011-9" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-C19J0FP3-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00467578v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaojian Li" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z.M. Ren" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2009.10.002" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KLNGTW9L-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00218199v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Noeppel" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Jacoutot" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Medina" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ciobanas" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Baltaretu" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775366v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Duffar" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuefeng Han" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Luchier" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Girard" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02060327v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boumaaza" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Abdelhakem" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/424/1/012052" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01138863v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pons" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00947112v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00947072v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Dechoux" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Naili" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Jim&#233;nez" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00697693v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00488396v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00488395v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00381723v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuoxiang Ren" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00388459v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Spragg" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.G. Lacombe" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dumont" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ernst" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00388357v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00142443v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00196309v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00142131v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. D. Wang" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649917v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Garnier" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghatfan Hasan" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649903v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649901v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649896v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649902v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649890v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649892v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00824463v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Sarigiannidou" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00824464v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Du Terrail" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>