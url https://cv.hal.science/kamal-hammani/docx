--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1120,429 +1120,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03627764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A long-range plasmonic optical waveguide corner mirror chip</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurent Markey</w:t>
+                <w:t xml:space="preserve">Colloidal quantum dots decorated micro-ring resonators for efficient integrated waveguides excitation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Vernoux</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
+                <w:t xml:space="preserve">Gérard Colas des Francs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Bouhelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymeric Leray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kirill Vasilev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Micro and Nano Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mne.2020.100049⟩</w:t>
+              <w:t xml:space="preserve">Nanophotonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9, pp.1411 - 1423. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/nanoph-2019-0516⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02508816v1</w:t>
+                <w:t xml:space="preserve">hal-03025710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative analysis of stimulated Brillouin scattering at 2 µm in various infrared glass-based optical fibers</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">J.C. Beugnot</w:t>
+                <w:t xml:space="preserve">A long-range plasmonic optical waveguide corner mirror chip</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Markey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Vernoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Julien Fatome</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Arocas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Optical Society of America B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1364/JOSAB.401252⟩</w:t>
+              <w:t xml:space="preserve">Micro and Nano Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 7, pp.100049. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mne.2020.100049⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03103876v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02508816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Colloidal quantum dots decorated micro-ring resonators for efficient integrated waveguides excitation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gérard Colas des Francs</w:t>
+                <w:t xml:space="preserve">Comparative analysis of stimulated Brillouin scattering at 2 µm in various infrared glass-based optical fibers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moïse Deroh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Bouhelier</w:t>
+                <w:t xml:space="preserve">J.C. Beugnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aymeric Leray</w:t>
+                <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kirill Vasilev</w:t>
+                <w:t xml:space="preserve">Julien Fatome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanophotonics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 9, pp.1411 - 1423. </w:t>
+              <w:t xml:space="preserve">Journal of the Optical Society of America B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 37 (12), pp.3792-3800. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1515/nanoph-2019-0516⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1364/JOSAB.401252⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03025710v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03103876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electro-optic frequency combs</w:t>
               </w:r>
@@ -1645,64 +1645,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Applications of sinusoidal phase modulation in temporal optics to highlight some properties of the Fourier transform</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Fatome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 40, pp.055301. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1749,77 +1749,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silicon Waveguides for High-Speed Optical Transmissions and Parametric Conversion around 2 µm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Lamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Colman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Fatome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Millot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2017,51 +2017,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Si-rich Si nitride waveguides for optical transmissions and toward wavelength conversion around 2 μm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Lamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Parriaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2138,51 +2138,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonlinear sculpturing of optical pulses with normally dispersive fiber-based devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilya Gukov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2517,477 +2517,477 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03546198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Demonstration of high speed optical transmission at 2 µm in titanium dioxide waveguides</w:t>
+                <w:t xml:space="preserve">Broadband etching-free metal grating couplers embedded in titanium dioxide waveguides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Lamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Hammani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Arocas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/app7060631⟩</w:t>
+              <w:t xml:space="preserve">Optics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 42 (12), pp.2778-2781. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/OL.42.002778⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01508186v2</w:t>
+                <w:t xml:space="preserve">hal-01503970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les fibres optiques pour simuler les phénomènes hydrodynamiques avec la lumière</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">Demonstration of high speed optical transmission at 2 µm in titanium dioxide waveguides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Lamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Finot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Fatome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Arocas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Claude Weeber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Photoniques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 86, pp.36-39. </w:t>
+              <w:t xml:space="preserve">Applied Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (6), pp.631. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/photon/20178636⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/app7060631⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01527918v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01508186v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Broadband etching-free metal grating couplers embedded in titanium dioxide waveguides</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Manon Lamy</w:t>
+                <w:t xml:space="preserve">Les fibres optiques pour simuler les phénomènes hydrodynamiques avec la lumière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Kibler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Fatome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Millot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 42 (12), pp.2778-2781. </w:t>
+              <w:t xml:space="preserve">Photoniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 86, pp.36-39. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/OL.42.002778⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/photon/20178636⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01503970v1</w:t>
+                <w:t xml:space="preserve">hal-01527918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">10 GBit/s Optical Transmissions at 1.98 µm in cm-long SiGe Waveguides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Lamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Fatome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3185,90 +3185,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">80 GHz waveform generated by the optical Fourier synthesis of four spectral sidebands</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Fatome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Kibler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Laser Physics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 13 (1), pp.015102. </w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3449,51 +3449,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extreme optical fluctuations in lumped Raman fibre amplifiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Optics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 15 (6), pp.064009. </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3553,51 +3553,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Boscolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Optics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 15, pp.025202. </w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3644,51 +3644,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Active reduction of ﬂuctuations in fourth-order modulation instability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Habert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3787,51 +3787,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Kibler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Fatome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Boscolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3908,51 +3908,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A comment on &amp;quot;Research on the nonlinear pulse propagation by numerical analysis&amp;quot; by Li Li and Aihan Yin, Optik, vol. 12 (13) (2011) pp. 1195-1200</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optik</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 123 (19), pp.1805-1806. </w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3999,51 +3999,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental signatures of extreme optical fluctuations in lumped Raman fiber amplifiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optical Fiber Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 18 (02), pp.93-100. </w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4071,338 +4071,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00644860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Higher-Order Modulation Instability in Nonlinear Fiber Optics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Peregrine soliton generation and breakup in standard telecommunications fiber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Hammani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Kibler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Finot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Erkintalo</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Nail Akhmediev</w:t>
+                <w:t xml:space="preserve">Philippe Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Fatome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 107, pp.253901. </w:t>
+              <w:t xml:space="preserve">Optics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 36 (2), pp.112-114. </w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.107.253901⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1364/OL.36.000112⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00651569v1</w:t>
+                <w:t xml:space="preserve">hal-00542997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peregrine soliton generation and breakup in standard telecommunications fiber</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Higher-Order Modulation Instability in Nonlinear Fiber Optics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Erkintalo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Kibler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Julien Fatome</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nail Akhmediev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 36 (2), pp.112-114. </w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 107, pp.253901. </w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/OL.36.000112⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.107.253901⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00542997v1</w:t>
+                <w:t xml:space="preserve">hal-00651569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New analysis of an old instability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Wetzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Erkintalo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Goëry Genty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4473,274 +4473,274 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00585158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of fourth-order fiber dispersion on ultrashort parabolic optical pulses in the normal dispersion regime</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Rogue waves, rational solitons and wave turbulence theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Kibler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Hammani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brandon G. Bale</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">Claire Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Picozzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Optical Society of America B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1364/JOSAB.28.002059⟩</w:t>
+              <w:t xml:space="preserve">Physics Letters A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 375 (35), pp.3149-3155. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.physleta.2011.07.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00607450v1</w:t>
+                <w:t xml:space="preserve">hal-00607454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rogue waves, rational solitons and wave turbulence theory</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Kibler</w:t>
+                <w:t xml:space="preserve">Effects of fourth-order fiber dispersion on ultrashort parabolic optical pulses in the normal dispersion regime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brandon G. Bale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Boscolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Antonio Picozzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics Letters A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 375 (35), pp.3149-3155. </w:t>
+              <w:t xml:space="preserve">Journal of the Optical Society of America B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 28 (9), pp.2059-2065. </w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.physleta.2011.07.006⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1364/JOSAB.28.002059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00607454v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00607450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Peregrine soliton observed at last</w:t>
               </w:r>
@@ -4752,77 +4752,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Kibler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Fatome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Millot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics and photonics news</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, pp.30. </w:t>
@@ -4873,64 +4873,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonlinear optical reshaping in optical fibers for ultrafast applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Millot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Fatome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5007,64 +5007,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extreme Statistics in Raman Fiber Amplifiers: From Analytical Description to Experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Picozzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 284, pp.2594-2603. </w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5137,64 +5137,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Wetzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Kibler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Fatome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 36 (11), pp.2140-2142. </w:t>
@@ -5258,64 +5258,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Kibler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Picozzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics Letters A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 374 (34), pp.3585-3589. </w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5349,51 +5349,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du soliton hydrodynamique à la vague scélérate : reproduire optiquement les ondes non-linéaires pour mieux les comprendre et les maitriser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5483,51 +5483,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ondes scélérates optiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Millot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5591,51 +5591,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Fatome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Dudley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5708,51 +5708,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soliton Generation and Rogue-Wave-Like Behavior Through Fourth-Order Scalar Modulation Instability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Kibler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5825,51 +5825,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emergence of extreme events in fiber-based parametric processes driven by a partially incoherent pump wave</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Millot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5910,8503 +5910,8464 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00408626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optical rogue-wave-like extreme value fluctuations in fiber Raman amplifiers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Real time measurement of long parabolic optical similaritons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Finot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">John M. Dudley</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Pitois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Fatome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Millot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Express</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 16 (21), pp.16467-16474. </w:t>
+              <w:t xml:space="preserve">Electronics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 44 (21), pp.1239-1240. </w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/OE.16.016467⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1049/el:20081663⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00350144v1</w:t>
+                <w:t xml:space="preserve">hal-00406239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real time measurement of long parabolic optical similaritons</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">Optical rogue-wave-like extreme value fluctuations in fiber Raman amplifiers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Hammani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Julien Fatome</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John M. Dudley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Millot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electronics Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 44 (21), pp.1239-1240. </w:t>
+              <w:t xml:space="preserve">Optics Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 16 (21), pp.16467-16474. </w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1049/el:20081663⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1364/OE.16.016467⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00406239v1</w:t>
+                <w:t xml:space="preserve">hal-00350144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (72)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (74)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ICP-CVD silicon-rich silicon nitride waveguides facilitate supercontinuum generation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">De la spectroscopie sans spectromètre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Hammani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Parriaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ayesha Jayantha</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Kamal Hammani</w:t>
+                <w:t xml:space="preserve">Koffi Moïse Deroh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Millot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">French Photonics Days, 6ième édition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Besançon, France</w:t>
+              <w:t xml:space="preserve">Journée Scientifique SMARTLIGHT 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SMARTLIGHT, Apr 2025, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04756114v1</w:t>
+                <w:t xml:space="preserve">hal-05548549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guides en nitrure de silicium enrichi fabriqués en ICP-CVD pour la génération de supercontinuum</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId178" w:history="1">
+                <w:t xml:space="preserve">ICP-CVD silicon-rich silicon nitride waveguides facilitate supercontinuum generation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayesha Jayantha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Andrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">40ièmes Journées Nationales de l'Optique Guidée</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, lyon, France</w:t>
+              <w:t xml:space="preserve">French Photonics Days, 6ième édition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04183549v1</w:t>
+                <w:t xml:space="preserve">hal-04756114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ICP-CVD Silicon-rich silicon nitride for supercontinuum generation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId178" w:history="1">
+                <w:t xml:space="preserve">Guides en nitrure de silicium enrichi fabriqués en ICP-CVD pour la génération de supercontinuum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayesha Jayantha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Andrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CLEO Europe (Conference on Laser and ElectroOptic)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Muncih, Germany</w:t>
+              <w:t xml:space="preserve">40ièmes Journées Nationales de l'Optique Guidée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04183500v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04183549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Supercontinuum generation in ICP-CVD silicon-rich silicon nitride waveguides</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId178" w:history="1">
+                <w:t xml:space="preserve">ICP-CVD Silicon-rich silicon nitride for supercontinuum generation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayesha Jayantha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Andrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Optical Society Annual Meeting, EOSAM 2023</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">CLEO Europe (Conference on Laser and ElectroOptic)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Muncih, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/epjconf/202328701001⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04185214v1</w:t>
+                <w:t xml:space="preserve">hal-04183500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le dioxyde de titane pour la photonique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Supercontinuum generation in ICP-CVD silicon-rich silicon nitride waveguides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayesha Jayantha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Andrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Gallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Hammani</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">session nanophotonique, Optique Dijon 2021</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Optical Society Annual Meeting, EOSAM 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Dijon, France. pp.01001, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjconf/202328701001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03247311v1</w:t>
+                <w:t xml:space="preserve">hal-04185214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring titanium dioxide as a new photonic platform</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Génération de peignes de fréquences par modulation électro-optique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Parriaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Millot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Conference on Integrate d Optics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Ghent, Belgium</w:t>
+              <w:t xml:space="preserve">Journées thématiques "SOURCES LASERS &amp; NON LINÉAIRES POUR L’INFRAROUGE MOYEN"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ONERA; MITI (CNRS), Nov 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02085784v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05548528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring titanium dioxide as a new photonic platform</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le dioxyde de titane pour la photonique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Andrieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Maxime Mennemanteuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Lamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Bart Kuyken</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Conference on Integrated Optics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Ghent, Belgium</w:t>
+              <w:t xml:space="preserve">session nanophotonique, Optique Dijon 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02085785v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03247311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Titanium dioxide waveguides for supercontinuum generation and optical transmissions in the near-and mid-infrared</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Lamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Arocas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Fatome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21th International Conference on Transparent Optical Network (ICTON)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Angers, France. pp.Th.A1.4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02190034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Supercontinuum generation in titanium dioxide waveguides</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Exploring titanium dioxide as a new photonic platform</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Lamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Juan Arocas</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Finot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cosimo Lacava</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Günther Roelkens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bart Kuyken</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference on Lasers &amp; Electro-Optics US</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, San Jose, United States</w:t>
+              <w:t xml:space="preserve">European Conference on Integrated Optics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Ghent, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02085787v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02085785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manipulation expérimentale de la cohérence temporelle d'ondes partiellement cohérentes</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Herve Rigneault</w:t>
+                <w:t xml:space="preserve">Exploring titanium dioxide as a new photonic platform</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Lamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Maxime Mennemanteuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Claude Weeber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">39ièmes Journées Nationales d'Optique Guidée</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SFO, Jul 2019, Paris-Saclay, France</w:t>
+              <w:t xml:space="preserve">European Conference on Integrate d Optics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Ghent, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02189163v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02085784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Si and Si-rich silicon-nitride waveguides for optical transmissions and nonlinear applications around 2 µm</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Supercontinuum generation in titanium dioxide waveguides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Hammani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Markey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Lamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">B. Kuyken</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Kibler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Arocas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21th International Conference on Transparent Optical Network (ICTON)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Angers, France</w:t>
+              <w:t xml:space="preserve">Conference on Lasers &amp; Electro-Optics US</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, San Jose, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02190038v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02085787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-quality 10 and 20 GHz repetition rate optical sources based on the spectral phase tailoring of a temporal sinusoidal phase modulation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId191" w:history="1">
+                <w:t xml:space="preserve">Manipulation expérimentale de la cohérence temporelle d'ondes partiellement cohérentes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ugo Andral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Kibler</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Audo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herve Rigneault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21th International Conference on Transparent Optical Network (ICTON)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Angers, France. pp.We.D1.6</w:t>
+              <w:t xml:space="preserve">39ièmes Journées Nationales d'Optique Guidée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFO, Jul 2019, Paris-Saclay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02190037v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02189163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Octave spanning supercontinuum in titanium dioxide waveguides</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High-quality 10 and 20 GHz repetition rate optical sources based on the spectral phase tailoring of a temporal sinusoidal phase modulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ugo Andral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Kibler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Fatome</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Finot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nonlinear Photonics, Osa Advanced Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Zurich, Switzerland</w:t>
+              <w:t xml:space="preserve">21th International Conference on Transparent Optical Network (ICTON)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Angers, France. pp.We.D1.6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02054764v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02190037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Demonstration of high speed optical transmission at 2 µm in various material based waveguides</w:t>
+                <w:t xml:space="preserve">Si and Si-rich silicon-nitride waveguides for optical transmissions and nonlinear applications around 2 µm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Lamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Finot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Lacava</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Roelkens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Kuyken</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIE Photonics Europe</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2018, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">21th International Conference on Transparent Optical Network (ICTON)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02054733v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02190038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High speed optical transmission at 2 µm in subwavelength waveguides made of various materials</w:t>
+                <w:t xml:space="preserve">Various materials for 2-µm telecom applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Lamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Fatome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Guy Millot</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Claude Weeber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bart Kuyken</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nonlinear Photonics, Osa Advanced Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Zurich, Switzerland</w:t>
+              <w:t xml:space="preserve">Journée PhyBFC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02054763v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03147579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Various materials for 2-µm telecom applications</w:t>
+                <w:t xml:space="preserve">High speed optical transmission at 2 µm in subwavelength waveguides made of various materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Lamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Fatome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Bart Kuyken</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Millot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée PhyBFC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Dijon, France</w:t>
+              <w:t xml:space="preserve">Nonlinear Photonics, Osa Advanced Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Zurich, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03147579v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02054763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Octave-spanning supercontinuum generation in titanium dioxide waveguides</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Demonstration of high speed optical transmission at 2 µm in various material based waveguides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Lamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Finot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Fatome</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Arocas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SPIE Photonics Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02054738v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02054733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Longitudinal phase evolution of Peregrine-like breathers</w:t>
+                <w:t xml:space="preserve">Octave spanning supercontinuum in titanium dioxide waveguides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Markey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Lamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Kibler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Arocas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nonlinear Photonics, Osa Advanced Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Zurich, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02054759v1</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02054764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Data Transmissions at 1.98 µm in cm-long SiGe Waveguides</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pierre A Labeye</w:t>
+                <w:t xml:space="preserve">Octave-spanning supercontinuum generation in titanium dioxide waveguides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Hammani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Markey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Kibler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Lamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Arocas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th International Conference on Transparent Optical Network (ICTON 2017)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Gérone, Spain</w:t>
+              <w:t xml:space="preserve">SPIE Photonics Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01574542v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02054738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring 10 Gb/s transmissions in Titanium dioxide based waveguides at 1.55 µm and 2.0 µm</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">Longitudinal phase evolution of Peregrine-like breathers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Hammani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Kibler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amin Chabchoub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John M. Dudley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference on Lasers and Electro-Optics Europe</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Munich, Germany</w:t>
+              <w:t xml:space="preserve">Nonlinear Photonics, Osa Advanced Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Zurich, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01575495v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02054759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Titanium Dioxide Waveguides for Data Transmissions at 1.55 µm and 1.98 µm</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">Data Transmissions at 1.98 µm in cm-long SiGe Waveguides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon A Lamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Finot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Fatome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael A Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre A Labeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th International Conference on Transparent Optical Networks (ICTON 2017)</w:t>
+              <w:t xml:space="preserve">19th International Conference on Transparent Optical Network (ICTON 2017)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Gérone, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01574541v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01574542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">80 GHz waveform generator by optical Fourier synthesis of four spectral sidebands</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">Titanium Dioxide Waveguides for Data Transmissions at 1.55 µm and 1.98 µm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Lamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Hammani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Arocas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Fatome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIE Photonics Europe</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SPIE, Apr 2016, Brussels, Belgium</w:t>
+              <w:t xml:space="preserve">19th International Conference on Transparent Optical Networks (ICTON 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Gérone, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01312240v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01574541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réseaux métalliques pour le couplage dans des guides en dioxyde de titane</w:t>
+                <w:t xml:space="preserve">Exploring 10 Gb/s transmissions in Titanium dioxide based waveguides at 1.55 µm and 2.0 µm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Lamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Kamal Hammani</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Finot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Fatome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Arocas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Claude Weeber</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">36ièmes Journées Nationales d’Optique Guidée</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SFO, Jul 2016, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Conference on Lasers and Electro-Optics Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Munich, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01312335v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01575495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Générateur de fonctions optiques à 80 GHz</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">80 GHz waveform generator by optical Fourier synthesis of four spectral sidebands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Fatome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Kibler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15ième Colloque sur les Laser et l’Optique Quantique, Optique Bordeaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">SPIE Photonics Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SPIE, Apr 2016, Brussels, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01576337v1</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01312240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ondes scélérates en optique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">Réseaux métalliques pour le couplage dans des guides en dioxyde de titane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Lamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Hammani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Arocas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Kibler</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Claude Weeber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physique des ondes en milieux complexes et aux interfaces</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GT7 du GDR Ondes, Jun 2015, Paris, France</w:t>
+              <w:t xml:space="preserve">36ièmes Journées Nationales d’Optique Guidée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFO, Jul 2016, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01166847v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01312335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploiter une plateforme de recherche en télécommunications optiques pour souligner la dualité temps/fréquence</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Générateur de fonctions optiques à 80 GHz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Fatome</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Kibler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optique Bretagne 2015, rencontres pédagogiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SFO, Jul 2015, Rennes, France. pp.204</w:t>
+              <w:t xml:space="preserve">15ième Colloque sur les Laser et l’Optique Quantique, Optique Bordeaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01158225v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01576337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear pulse shaping in normally dispersive fibers : experimental examples</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ondes scélérates en optique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Finot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Fatome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Millot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Kibler</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIAM Conference on Nonlinear Waves and Coherent Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2014, Cambridge, United Kingdom</w:t>
+              <w:t xml:space="preserve">Physique des ondes en milieux complexes et aux interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GT7 du GDR Ondes, Jun 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01056110v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01166847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La phase optique d'un signal temporel : apport d'une plateforme de recherche à une meilleure compréhension de ce paramètre.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">Exploiter une plateforme de recherche en télécommunications optiques pour souligner la dualité temps/fréquence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Hammani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Fatome</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Echanges et partage d'expériences sur la pédagogie à la Faculté des Sciecnes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2014, Dijon, France</w:t>
+              <w:t xml:space="preserve">Optique Bretagne 2015, rencontres pédagogiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFO, Jul 2015, Rennes, France. pp.204</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01017640v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01158225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mieux comprendre la dualité temps/fréquence et la modulation de phase optique</w:t>
+                <w:t xml:space="preserve">Nonlinear pulse shaping in normally dispersive fibers : experimental examples</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Fatome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Millot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Boscolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herve Rigneault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CETSIS 2014 : Enseignement des Technologies et des Sciences de l'Information et des Systèmes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2014, Besançon, France. 6 p</w:t>
+              <w:t xml:space="preserve">SIAM Conference on Nonlinear Waves and Coherent Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2014, Cambridge, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01069093v1</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01056110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Turbulent Dynamics of an Incoherently Pumped Passive Optical Fibre Cavity: quasi-solitons and dispersive waves</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">La phase optique d'un signal temporel : apport d'une plateforme de recherche à une meilleure compréhension de ce paramètre.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Finot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Fatome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIAM Conference on Nonlinear Waves and Coherent Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2014, Cambridge, United Kingdom</w:t>
+              <w:t xml:space="preserve">Echanges et partage d'expériences sur la pédagogie à la Faculté des Sciecnes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01056113v1</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01017640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solitons sur fond continu en optique non-linéaire fibrée</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mieux comprendre la dualité temps/fréquence et la modulation de phase optique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Fatome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque sur les Lasers et l'Optique Quantique (COLOQ'13)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2013, Villateneuse, France</w:t>
+              <w:t xml:space="preserve">CETSIS 2014 : Enseignement des Technologies et des Sciences de l'Information et des Systèmes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Besançon, France. 6 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00839706v1</w:t>
+                <w:t xml:space="preserve">hal-01069093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Double-seed stabilization of a continuum generated from fourth-order modulation instability</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Turbulent Dynamics of an Incoherently Pumped Passive Optical Fibre Cavity: quasi-solitons and dispersive waves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Conforti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Mussot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Fatome</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Pitois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...48 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference on lasers and electro-optics 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2013, Munich, Germany. pp.CD-P.15</w:t>
+              <w:t xml:space="preserve">SIAM Conference on Nonlinear Waves and Coherent Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2014, Cambridge, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00801444v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01056113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear pulse shaping in optical fibers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Solitons sur fond continu en optique non-linéaire fibrée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Kibler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Frisquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Fatome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">French-Russian-German Laser Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2013, Besançon, France</w:t>
+              <w:t xml:space="preserve">Colloque sur les Lasers et l'Optique Quantique (COLOQ'13)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Villateneuse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03147617v1</w:t>
+                <w:t xml:space="preserve">hal-00839706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les breathers d'Akhmediev comme source à très haut-débit ou à ultra large bande</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Double-seed stabilization of a continuum generated from fourth-order modulation instability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Finot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Habert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Mussot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Kudlinski</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire annuel Labex ACTION : bilan et perspectives</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2013, Besançon, France</w:t>
+              <w:t xml:space="preserve">Conference on lasers and electro-optics 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Munich, Germany. pp.CD-P.15</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00912296v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00801444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Façonnage optique non-linéaire dans les fibres optiques</w:t>
+                <w:t xml:space="preserve">Nonlinear pulse shaping in optical fibers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Fatome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Kibler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Millot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3ième Journée de la Photonique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ATCPB, Dec 2013, DIJON, France</w:t>
+              <w:t xml:space="preserve">French-Russian-German Laser Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2013, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03147605v1</w:t>
+                <w:t xml:space="preserve">hal-03147617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rogue wave description : rational solitons and wave turbulence theory</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les breathers d'Akhmediev comme source à très haut-débit ou à ultra large bande</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Varlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Hammani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Fatome</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Kibler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Millot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nonlinear Photonics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2012, Colorado Springs, United States</w:t>
+              <w:t xml:space="preserve">Séminaire annuel Labex ACTION : bilan et perspectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2013, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00686102v1</w:t>
+                <w:t xml:space="preserve">hal-00912296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seeded and spontaneous higher order modulation instability</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Façonnage optique non-linéaire dans les fibres optiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Fatome</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Kibler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Millot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Optics 2012</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">3ième Journée de la Photonique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ATCPB, Dec 2013, DIJON, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00839682v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03147605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Higher-order modulation instability in nonlinear fiber optics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Miro Erkintalo</w:t>
+                <w:t xml:space="preserve">Rogue wave description : rational solitons and wave turbulence theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Kibler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Picozzi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIE Photonics West 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2012, San Francisco, United States</w:t>
+              <w:t xml:space="preserve">Nonlinear Photonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Colorado Springs, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00703132v1</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00686102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélange à quatre ondes multiple et ondes scélérates</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">Seeded and spontaneous higher order modulation instability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miro Erkintalo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Hammani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Kibler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">John M. Dudley</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nail Akhmediev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les enjeux de la génération non linéaire paramétrique dans les domaines UV et IR : état de l'art et nouveaux challenges</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Frontiers in Optics 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Rochester, United States. pp.FW3A.45, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/FIO.2012.FW3A.45⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00713359v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00839682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extreme events in nature, randomness and rogue wave in optics</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Wetzel</w:t>
+                <w:t xml:space="preserve">Higher-order modulation instability in nonlinear fiber optics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miro Erkintalo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Kibler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Millot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Photonics global conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2012, Singapore, Singapore</w:t>
+              <w:t xml:space="preserve">SPIE Photonics West 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2012, San Francisco, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00831890v1</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00703132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Higher-order Modulation Instability in Optical Fibers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Miro Erkintalo</w:t>
+                <w:t xml:space="preserve">Mélange à quatre ondes multiple et ondes scélérates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Kibler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Nail Akhmediev</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Fatome</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John M. Dudley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quantum Electronics and Laser Science Conference (QELS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2012, San Jose, United States. pp.QF1G.1</w:t>
+              <w:t xml:space="preserve">Les enjeux de la génération non linéaire paramétrique dans les domaines UV et IR : état de l'art et nouveaux challenges</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00703133v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00713359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lumière sur les vagues scélérates : le soliton de Peregrine enfin observé !</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Extreme events in nature, randomness and rogue wave in optics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John M. Dudley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Wetzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Kibler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Julien Fatome</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Millot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La rencontre du non-linéaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2012, Paris, France</w:t>
+              <w:t xml:space="preserve">Photonics global conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2012, Singapore, Singapore</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00668022v1</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00831890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analytical studies of modulation instability and nonlinear compression dynamics in optical fiber propagation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">K. Hammani</w:t>
+                <w:t xml:space="preserve">Lumière sur les vagues scélérates : le soliton de Peregrine enfin observé !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Kibler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Hammani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Fatome</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Millot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference on Optical Sensors and Photonic Crystal Fibers V</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">La rencontre du non-linéaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2012, Paris, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00655133v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00668022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emergence of rogue waves from optical turbulence</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Higher-order Modulation Instability in Optical Fibers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miro Erkintalo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Kibler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nail Akhmediev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference on Laser and ElectroOptic</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2011, Baltimore, United States. pp.QFF6</w:t>
+              <w:t xml:space="preserve">Quantum Electronics and Laser Science Conference (QELS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, San Jose, United States. pp.QF1G.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00568929v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00703133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Observation of the optical Peregrine soliton</w:t>
+                <w:t xml:space="preserve">Peregrine soliton in optical fiber-based systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Kibler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Fatome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Millot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIE Optics+Optoelectronics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2011, Prague, Czech Republic</w:t>
+              <w:t xml:space="preserve">Conference on Laser and ElectroOptic</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Baltimore, United States. pp.QFF1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00559588v1</w:t>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00568926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emergence of rogue waves from optical turbulence</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Analytical studies of modulation instability and nonlinear compression dynamics in optical fiber propagation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Wetzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Erkintalo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Genty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Dias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Hammani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PIERS 2011</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Conference on Optical Sensors and Photonic Crystal Fibers V</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2011, Prague, Czech Republic. pp.80732N, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.887455⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00848563v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00655133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transition dynamics in optical fiber amplifiers operating in the normal dispersion regime</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Emergence of rogue waves from optical turbulence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Kibler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sonia Boscolo</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Picozzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference on Lasers and ElectroOptics Europe</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2011, Munich, Germany</w:t>
+              <w:t xml:space="preserve">Conference on Laser and ElectroOptic</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Baltimore, United States. pp.QFF6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00573549v1</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00568929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optical rogue waves and localized structures in nonlinear fiber optics</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">M. Erkintalo</w:t>
+                <w:t xml:space="preserve">Emergence of rogue waves from optical turbulence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Kibler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Picozzi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">30 URSI General assembly and scientific symposium of international union of radio science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2011, Istanbul, France</w:t>
+              <w:t xml:space="preserve">PIERS 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Marrakesh, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00614059v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00848563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peregrine soliton in optical fiber-based systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Kibler</w:t>
+                <w:t xml:space="preserve">Transition dynamics in optical fiber amplifiers operating in the normal dispersion regime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brandon G. Bale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Boscolo</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference on Laser and ElectroOptic</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2011, Baltimore, United States. pp.QFF1</w:t>
+              <w:t xml:space="preserve">Conference on Lasers and ElectroOptics Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Munich, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00568926v1</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00573549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New developments in the study of optical parabolic pulses in normally dispersive fibers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Observation of the optical Peregrine soliton</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Kibler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Fatome</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Millot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th International Conference on Transparent Optical Network</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2011, Stockholm, Sweden. pp.Tu.B2.6</w:t>
+              <w:t xml:space="preserve">SPIE Optics+Optoelectronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2011, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00586718v1</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00559588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optical Peregrine soliton generation in standard telecommunications fiber</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Kamal Hammani</w:t>
+                <w:t xml:space="preserve">Optical rogue waves and localized structures in nonlinear fiber optics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Goëry Genty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Erkintalo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Kibler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Fatome</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">John M. Dudley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th International Conference on Transparent Optical Network</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2011, Stockholm, Sweden. pp.Tu.B2.2</w:t>
+              <w:t xml:space="preserve">30 URSI General assembly and scientific symposium of international union of radio science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, Istanbul, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00547956v1</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00614059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Universal spectral dynamics of modulation instability : theory, simulation, experiment</w:t>
+                <w:t xml:space="preserve">New developments in the study of optical parabolic pulses in normally dispersive fibers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brandon G. Bale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Boscolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference on Lasers and ElectroOptics Europe</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2011, Munich, Germany</w:t>
+              <w:t xml:space="preserve">13th International Conference on Transparent Optical Network</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Stockholm, Sweden. pp.Tu.B2.6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00573850v1</w:t>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00586718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extreme statistics in Raman fiber amplifiers : from experiments to analytical description</w:t>
+                <w:t xml:space="preserve">Optical Peregrine soliton generation in standard telecommunications fiber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Kibler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Fatome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John M. Dudley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th International Conference on Transparent Optical Networks</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2010, Munich, Germany. pp.We.P.13</w:t>
+              <w:t xml:space="preserve">13th International Conference on Transparent Optical Network</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Stockholm, Sweden. pp.Tu.B2.2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00481293v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00547956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Statistiques extrêmes dans les amplificateurs Raman fibrés</w:t>
+                <w:t xml:space="preserve">Universal spectral dynamics of modulation instability : theory, simulation, experiment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Wetzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Kibler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Fatome</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29ièmes Journées Nationales de l'Optique Guidée</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2010, Besançon, France. pp.103-105</w:t>
+              <w:t xml:space="preserve">Conference on Lasers and ElectroOptics Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Munich, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00515128v1</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00573850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soliton generation and rogue-wave like behavior through fourth order modulation instability</w:t>
+                <w:t xml:space="preserve">Statistiques extrêmes dans les amplificateurs Raman fibrés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Picozzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guy Millot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nonlinear Photonics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2010, Karlsruhe, Germany. pp.NMA6</w:t>
+              <w:t xml:space="preserve">29ièmes Journées Nationales de l'Optique Guidée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2010, Besançon, France. pp.103-105</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00469975v1</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00515128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation mathématique et étude expérimentale des instabilités non-linéaires, des vagues scélérates et des phénomènes extrêmes</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">Extreme statistics in Raman fiber amplifiers : from experiments to analytical description</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Hammani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Fatome</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Picozzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Millot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Deuxième grand colloque STIC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2010, Paris, France</w:t>
+              <w:t xml:space="preserve">12th International Conference on Transparent Optical Networks</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Munich, Germany. pp.We.P.13</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00469985v1</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00481293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets de polarisation non-linéaires et événements extrêmes dans les fibres optiques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Soliton generation and rogue-wave like behavior through fourth order modulation instability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Hammani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Finot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Kibler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Millot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Institut de Physique et Chimie des Matériaux de Strasbourg</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2010, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">Nonlinear Photonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Karlsruhe, Germany. pp.NMA6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00469910v1</w:t>
+                <w:t xml:space="preserve">hal-00469975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évènements extrêmes et turbulence optique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Kamal Hammani</w:t>
+                <w:t xml:space="preserve">Modélisation mathématique et étude expérimentale des instabilités non-linéaires, des vagues scélérates et des phénomènes extrêmes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Dudley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Dias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Kibler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Picozzi</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29ièmes Journées Nationales de l'Optique Guidée</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2010, Besançon, France. pp.104-106</w:t>
+              <w:t xml:space="preserve">Deuxième grand colloque STIC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2010, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00515129v1</w:t>
+                <w:t xml:space="preserve">hal-00469985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extreme statistics in Raman fiber amplifiers : influence of pump depletion and dispersion</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effets de polarisation non-linéaires et événements extrêmes dans les fibres optiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Millot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Finot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Fatome</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Kibler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nonlinear Photonics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2010, Karlsruhe, Germany. pp.NME11</w:t>
+              <w:t xml:space="preserve">Institut de Physique et Chimie des Matériaux de Strasbourg</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2010, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00469976v1</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00469910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emergence of rogue waves from optical turbulence</w:t>
+                <w:t xml:space="preserve">Évènements extrêmes et turbulence optique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Kibler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Picozzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nonlinear Photonics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2010, Karlsruhe, Germany. pp.NMA5</w:t>
+              <w:t xml:space="preserve">29ièmes Journées Nationales de l'Optique Guidée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2010, Besançon, France. pp.104-106</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00469974v1</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00515129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emergence of extreme events in fiber based nonlinear devices</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">Extreme statistics in Raman fiber amplifiers : influence of pump depletion and dispersion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Hammani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Millot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE/LEOS Summer Topical Meetings</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2010, Playa del Carmen, Mexico</w:t>
+              <w:t xml:space="preserve">Nonlinear Photonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Karlsruhe, Germany. pp.NME11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00470033v1</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00469976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emergence de structures optiques extrêmes par amplification fibrée basée sur une pompe partiellement cohérente</w:t>
+                <w:t xml:space="preserve">Emergence of rogue waves from optical turbulence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Kibler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Guy Millot</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Picozzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12e rencontre du Non-Linéaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2009, Paris, France. pp.95-100</w:t>
+              <w:t xml:space="preserve">Nonlinear Photonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Karlsruhe, Germany. pp.NMA5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00470039v1</w:t>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00469974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generation and detection of optical rogue-wave like fluctuations in fiber Raman amplifiers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Emergence of extreme events in fiber based nonlinear devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Kibler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Finot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">John M. Dudley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Millot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE/LEOS Winter Topical Meetings</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2009, Innsbruck, Austria. pp.223-224</w:t>
+              <w:t xml:space="preserve">IEEE/LEOS Summer Topical Meetings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2010, Playa del Carmen, Mexico</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00470054v1</w:t>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00470033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emergence of extreme events in fiber based parametric processes driven by a partially incoherent pump wave</w:t>
+                <w:t xml:space="preserve">Generation and detection of optical rogue-wave like fluctuations in fiber Raman amplifiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John M. Dudley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Millot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CLEO Europ</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2009, Munich, Germany</w:t>
+              <w:t xml:space="preserve">IEEE/LEOS Winter Topical Meetings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2009, Innsbruck, Austria. pp.223-224</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00470045v1</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00470054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ondes scélérates et autres manifestations extrêmes dans les fibres optiques</w:t>
+                <w:t xml:space="preserve">Emergence de structures optiques extrêmes par amplification fibrée basée sur une pompe partiellement cohérente</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Kibler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Dudley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Millot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COlloque sur les Lasers et l'Optique Quantique (COLOQ 11)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2009, Mouans Sartoux, France. pp.25</w:t>
+              <w:t xml:space="preserve">12e rencontre du Non-Linéaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2009, Paris, France. pp.95-100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00469982v1</w:t>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00470039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emergence de structures de type soliton par instabilité modulationnelle d'ordre 4</w:t>
+                <w:t xml:space="preserve">Emergence of extreme events in fiber based parametric processes driven by a partially incoherent pump wave</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Kibler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Millot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28iemes journées nationales de l'optique guidée</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2009, Lille, France</w:t>
+              <w:t xml:space="preserve">CLEO Europ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Munich, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00470037v1</w:t>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00470045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extreme events in fiber based amplifiers</w:t>
+                <w:t xml:space="preserve">Ondes scélérates et autres manifestations extrêmes dans les fibres optiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Kibler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">John M. Dudley</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Dudley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Millot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th International Conference on Transparent Optical Network</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">COlloque sur les Lasers et l'Optique Quantique (COLOQ 11)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Mouans Sartoux, France. pp.25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICTON.2009.5185178⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00470024v1</w:t>
+                <w:t xml:space="preserve">hal-00469982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Observation de structures scélérates dans un amplificateur optique Raman à fibre</w:t>
+                <w:t xml:space="preserve">Extreme events in fiber based amplifiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Pitois</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Kibler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John M. Dudley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Millot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27èmes Journées Nationales de l'Optique Guidée</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">11th International Conference on Transparent Optical Network</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Ponta Delgada, Portugal. pp.We.A1.4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICTON.2009.5185178⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00469989v1</w:t>
+                <w:t xml:space="preserve">hal-00470024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ondes scélérates optiques</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">G. Millot</w:t>
+                <w:t xml:space="preserve">Emergence de structures de type soliton par instabilité modulationnelle d'ordre 4</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Hammani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Finot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Kibler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Millot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26e Journées Nationales d'Optique Guidée</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2008, Lannion, France. pp.138-140</w:t>
+              <w:t xml:space="preserve">28iemes journées nationales de l'optique guidée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2009, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00376723v1</w:t>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00470037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimisation de la génération d'un continuum cohérent dans une fibre à dispersion normale et à haute non-linéarité</w:t>
               </w:r>
@@ -14418,51 +14379,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Kibler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steevy Cordette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14511,809 +14472,1021 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00469988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real time measurement of long parabolic optical similaritons</w:t>
+                <w:t xml:space="preserve">Observation de structures scélérates dans un amplificateur optique Raman à fibre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Pitois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Julien Fatome</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John M. Dudley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Millot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EOS Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2008, Paris, France. pp.TOM6-727</w:t>
+              <w:t xml:space="preserve">27èmes Journées Nationales de l'Optique Guidée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2008, Lannion, France. pp.A8.2, 365-637</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00470041v1</w:t>
+                <w:t xml:space="preserve">hal-00469989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Ondes scélérates optiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Hammani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Finot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Pitois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Dudley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Millot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">26e Journées Nationales d'Optique Guidée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2008, Lannion, France. pp.138-140</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00376723v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Real time measurement of long parabolic optical similaritons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Hammani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Finot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Pitois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Fatome</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Millot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EOS Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2008, Paris, France. pp.TOM6-727</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00470041v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Experimental generation of extreme-value optical rogue-wave structures in fibre Raman amplifiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Pitois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Dudley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Millot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">34th European Conference on Optical Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2008, Brussels, Belgium. paper Mo3.F.1, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ECOC.2008.4729137⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00376726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (5)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nano-Imprint Lithography of Titanium Dioxide Waveguides</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">ELECTRO-OPTIC DUAL COMB SPECTROSCOPY FOR MID-INFRARED APPLICATIONS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Hammani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Millot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingo Breunig</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">42èmes Journées Nationales d’Optique Guidée (JNOG 2025)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2025, Sète (FR), France</w:t>
+              <w:t xml:space="preserve">C'Nano 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2025, Paris, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05237733v1</w:t>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05548452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring new photonics platform for nonlinear applications</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId178" w:history="1">
+                <w:t xml:space="preserve">Nano-Imprint Lithography of Titanium Dioxide Waveguides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayesha Jayantha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sovannara Frédéric Prum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Gâté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Vernoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Turover</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées du GDR Elios 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Marseille, France. </w:t>
+              <w:t xml:space="preserve">42èmes Journées Nationales d’Optique Guidée (JNOG 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Sète (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05434040v1</w:t>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05237733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Supercontinuum generation in titanium dioxide waveguides</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Exploring new photonics platform for nonlinear applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayesha Jayantha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Gallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Andrieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FRench-Israel Symposium on Non-Linear &amp; Quantum Optics, FRISNO 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2019, Aussois, France</w:t>
+              <w:t xml:space="preserve">Journées du GDR Elios 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Marseille, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02056911v1</w:t>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05434040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phase evolution of Peregrine-like solitons in nonlinear fiber optics</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Supercontinuum generation in titanium dioxide waveguides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">John M. Dudley</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Markey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Lamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Kibler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Arocas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference on Lasers &amp; Electro-Optics Europe</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Munich, Germany. 2019</w:t>
+              <w:t xml:space="preserve">FRench-Israel Symposium on Non-Linear &amp; Quantum Optics, FRISNO 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Aussois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02085792v1</w:t>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02056911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le soliton Peregrine, une onde fondamentale des dynamiques non-linéaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Kibler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -15322,218 +15495,343 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amin Chabchoub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gang Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Audo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25ème congrès général de la Société Française de Physique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Nantes, France. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02176105v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phase evolution of Peregrine-like solitons in nonlinear fiber optics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gang Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Hammani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amin Chabchoub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John M. Dudley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Kibler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conference on Lasers &amp; Electro-Optics Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Munich, Germany. 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02085792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ondes scélérates et statistiques extrêmes dans les systèmes optiques fibrés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre [cond-mat.other]. Université de Bourgogne, 2011. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2011DIJOS064⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00648126v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId288"/>
+      <w:footerReference w:type="default" r:id="rId293"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -15601,51 +15899,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="67D45F3D"/>
+    <w:nsid w:val="2A175096"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15832,51 +16130,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/kamal-hammani" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4271-7539" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/160722144" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/A-2053-2010" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927466v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Malfondet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mo&#239;se Deroh" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidi-Ely Ahmedou" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Parriaux" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Hammani" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.3c01625" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933550v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Millot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/photon/202312142" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287458v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Weeber" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Andrieux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Maxime Gourier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Arocas" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Markey" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ome.496559" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287498v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Martinez" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vittorio Grimaldi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian de Vita" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deepak Kumar Sharma" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gallet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JQE.2023.3244281" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266597v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moise Deroh" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Lucas" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Kibler" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.495877" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03584429v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Thomazo" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Musset" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevResearch.4.023098" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03627764v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Maxime Mennemanteuil" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Geoffroy" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Emo" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma15072578" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508816v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Vernoux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mne.2020.100049" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103876v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Beugnot" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Finot" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fatome" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.401252" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025710v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Colas des Francs" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bouhelier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Leray" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirill Vasilev" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/nanoph-2019-0516" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273471v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AOP.382052" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01918159v2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6404/ab1a54" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01918164v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Lamy" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Colman" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LPT.2018.2887312" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884308v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gang Xu" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amin Chabchoub" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John M. Dudley" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.99.012207" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116411v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosimo Lacava" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thalia Dominguez Bucio" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.58.005165" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821853v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilya Gukov" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Boscolo" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yofte.2018.08.007" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01729370v2" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app8040543" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546198v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arindam Dasgupta" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Buret" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cazier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinaldo Chacon" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3762/bjnano.9.187" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01508186v2" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Weeber" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app7060631" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01527918v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/photon/20178636" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01503970v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.42.002778" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01558568v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Brun" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Labeye" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el.2017.1961" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546196v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Weeber" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Arocas" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Heintz" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Markey" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Viarbitskaya" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.25.000394" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01238866v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1612-2011/13/1/015102" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02072535v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nail Akhmediev" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Baronio" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milivoj Beli&#263;" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei-Ping Zhong" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2040-8978/18/6/063001" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00815524v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2040-8978/15/6/064009" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747774v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2040-8978/15/2/025202" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00728552v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Habert" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mussot" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Kudlinski" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.37.004305" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699104v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Go&#235;ry Genty" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yofte.2012.06.009" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699102v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijleo.2011.11.091" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00644860v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yofte.2012.01.003" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00651569v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Erkintalo" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.107.253901" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00542997v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Morin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.36.000112" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00585158v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Wetzel" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/2.1201104.003697" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00607450v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandon G. Bale" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.28.002059" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00607454v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Michel" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Picozzi" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physleta.2011.07.006" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647865v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OPN.22.12.000030" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00526858v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pitois" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/2.1201012.003364" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00560484v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2011.01.057" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00592275v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.36.002140" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00491491v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physleta.2010.06.035" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469896v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469895v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00456767v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Finot" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hammani" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Dudley" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Millot" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JQE.2009.2030513" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00447518v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JPHOT.2009.2032150" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408626v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.34.001138" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350144v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.16.016467" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00406239v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el:20081663" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756114v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayesha Jayantha" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183549v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183500v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185214v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202328701001" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247311v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02085784v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02085785v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#252;nther Roelkens" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart Kuyken" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190034v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02085787v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189163v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Andral" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Audo" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Rigneault" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190038v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lacava" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Roelkens" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Kuyken" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190037v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054764v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054733v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054763v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03147579v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054738v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054759v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01574542v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon A Lamy" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael A Brun" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre A Labeye" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01575495v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01574541v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01312240v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01312335v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576337v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166847v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01158225v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056110v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01017640v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01069093v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056113v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Conforti" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00839706v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Frisquet" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00801444v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03147617v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00912296v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Varlot" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03147605v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00686102v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00839682v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miro Erkintalo" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/FIO.2012.FW3A.45" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703132v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00713359v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00831890v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703133v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668022v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00655133v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Wetzel" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Genty" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dias" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.887455" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00568929v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00559588v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00848563v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00573549v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00614059v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00568926v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00586718v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00547956v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00573850v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00481293v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00515128v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469975v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469985v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dias" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469910v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00515129v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469976v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469974v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00470033v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00470039v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00470054v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00470045v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469982v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00470037v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00470024v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTON.2009.5185178" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469989v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00376723v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pitois" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469988v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steevy Cordette" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Lepers" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00470041v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00376726v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECOC.2008.4729137" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237733v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sovannara Fr&#233;d&#233;ric Prum" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin G&#226;t&#233;" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Turover" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05434040v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Andrieux" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02056911v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02085792v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176105v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00648126v2" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011DIJOS064" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/kamal-hammani" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4271-7539" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/160722144" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/A-2053-2010" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927466v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Malfondet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mo&#239;se Deroh" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidi-Ely Ahmedou" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Parriaux" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Hammani" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.3c01625" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933550v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Millot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/photon/202312142" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287458v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Weeber" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Andrieux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Maxime Gourier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Arocas" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Markey" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ome.496559" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287498v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Martinez" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vittorio Grimaldi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian de Vita" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deepak Kumar Sharma" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gallet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JQE.2023.3244281" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266597v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moise Deroh" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Lucas" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Kibler" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.495877" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03584429v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Thomazo" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Musset" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevResearch.4.023098" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03627764v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Maxime Mennemanteuil" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Geoffroy" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Emo" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma15072578" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025710v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Colas des Francs" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bouhelier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Leray" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirill Vasilev" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/nanoph-2019-0516" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508816v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Vernoux" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mne.2020.100049" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103876v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Beugnot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Finot" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fatome" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.401252" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273471v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AOP.382052" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01918159v2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6404/ab1a54" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01918164v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Lamy" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Colman" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LPT.2018.2887312" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884308v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gang Xu" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amin Chabchoub" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John M. Dudley" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.99.012207" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116411v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosimo Lacava" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thalia Dominguez Bucio" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.58.005165" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821853v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilya Gukov" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Boscolo" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yofte.2018.08.007" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01729370v2" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app8040543" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546198v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arindam Dasgupta" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Buret" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cazier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinaldo Chacon" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3762/bjnano.9.187" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01503970v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.42.002778" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01508186v2" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Weeber" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app7060631" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01527918v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/photon/20178636" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01558568v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Brun" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Labeye" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el.2017.1961" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546196v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Weeber" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Arocas" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Heintz" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Markey" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Viarbitskaya" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.25.000394" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01238866v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1612-2011/13/1/015102" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02072535v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nail Akhmediev" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Baronio" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milivoj Beli&#263;" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei-Ping Zhong" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2040-8978/18/6/063001" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00815524v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2040-8978/15/6/064009" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747774v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2040-8978/15/2/025202" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00728552v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Habert" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mussot" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Kudlinski" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.37.004305" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699104v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Go&#235;ry Genty" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yofte.2012.06.009" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699102v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijleo.2011.11.091" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00644860v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yofte.2012.01.003" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00542997v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Morin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.36.000112" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00651569v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Erkintalo" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.107.253901" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00585158v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Wetzel" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/2.1201104.003697" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00607454v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Michel" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Picozzi" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physleta.2011.07.006" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00607450v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandon G. Bale" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.28.002059" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647865v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OPN.22.12.000030" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00526858v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pitois" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/2.1201012.003364" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00560484v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2011.01.057" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00592275v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.36.002140" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00491491v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physleta.2010.06.035" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469896v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469895v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00456767v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Finot" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hammani" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Dudley" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Millot" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JQE.2009.2030513" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00447518v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JPHOT.2009.2032150" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408626v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.34.001138" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00406239v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el:20081663" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350144v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.16.016467" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05548549v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koffi Mo&#239;se Deroh" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756114v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayesha Jayantha" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183549v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183500v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185214v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202328701001" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05548528v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247311v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190034v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02085785v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#252;nther Roelkens" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart Kuyken" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02085784v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02085787v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189163v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Andral" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Audo" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Rigneault" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190037v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190038v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lacava" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Roelkens" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Kuyken" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03147579v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054763v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054733v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054764v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054738v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054759v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01574542v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon A Lamy" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael A Brun" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre A Labeye" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01574541v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01575495v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01312240v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01312335v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576337v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166847v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01158225v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056110v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01017640v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01069093v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056113v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Conforti" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00839706v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Frisquet" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00801444v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03147617v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00912296v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Varlot" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03147605v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00686102v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00839682v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miro Erkintalo" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/FIO.2012.FW3A.45" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703132v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00713359v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00831890v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668022v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703133v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00568926v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00655133v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Wetzel" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Genty" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dias" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.887455" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00568929v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00848563v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00573549v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00559588v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00614059v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00586718v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00547956v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00573850v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00515128v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00481293v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469975v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469985v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dias" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469910v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00515129v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469976v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469974v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00470033v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00470054v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00470039v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00470045v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469982v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00470024v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTON.2009.5185178" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00470037v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469988v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steevy Cordette" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Lepers" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469989v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00376723v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pitois" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00470041v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00376726v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECOC.2008.4729137" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05548452v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingo Breunig" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237733v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sovannara Fr&#233;d&#233;ric Prum" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin G&#226;t&#233;" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Turover" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05434040v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Andrieux" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02056911v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176105v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02085792v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00648126v2" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011DIJOS064" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>