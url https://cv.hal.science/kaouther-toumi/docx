--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -1391,243 +1391,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05171534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Farmers Empowerment? Connecting Agricultural Entrepreneurship to Citizen Participation in Post-Revolution Rural Tunisia</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Favoriser l'entrepreneuriat ? De l'autonomie économique à la participation citoyenne à travers l'investissement agricole. Cas de la Tunisie rurale post-révolution.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Akimowicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kaouther Toumi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mikael Akimowicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rania Chaabane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabil Ghalleb</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">36th annual conference of the Society for the Advancement of Socio-Economics (SASE 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Limerick, Ireland</w:t>
+              <w:t xml:space="preserve">Congrès National de la Recherche des IUT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Haute-Alsace (UHA) Mulhouse - Colmar [Université de Haute-Alsace (UHA)], Mar 2024, Mulhouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04636785v1</w:t>
+                <w:t xml:space="preserve">hal-04619725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Favoriser l'entrepreneuriat ? De l'autonomie économique à la participation citoyenne à travers l'investissement agricole. Cas de la Tunisie rurale post-révolution.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Farmers Empowerment? Connecting Agricultural Entrepreneurship to Citizen Participation in Post-Revolution Rural Tunisia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kaouther Toumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikael Akimowicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rania Chaabane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabil Ghalleb</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès National de la Recherche des IUT</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Haute-Alsace (UHA) Mulhouse - Colmar [Université de Haute-Alsace (UHA)], Mar 2024, Mulhouse, France</w:t>
+              <w:t xml:space="preserve">36th annual conference of the Society for the Advancement of Socio-Economics (SASE 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Limerick, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04619725v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04636785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Islamic corporate governance and value relevance of accounting information: do external and internal Shari'ah governance matter?</w:t>
               </w:r>
@@ -2626,191 +2626,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04109833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How do ethical principles affect Islamic banks capital structure ? Corporate finance and regulatory approaches</w:t>
+                <w:t xml:space="preserve">The measurement of the displaced commercial risk in Islamic Banks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kaouther Toumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean Laurent Viviani</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Laurent Viviani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 7th annuel Gulf Research Meeting 2016, the workshop of exploring the dynamism of islamic finance in the GCC region</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Gulf Research Centre Cambridge, Aug 2016, Cambridge Universtity, United Kingdom</w:t>
+              <w:t xml:space="preserve">The 10th Kyoto-Durham international workshop on Islamic Economic and Finance.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Durham (GB), United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04245798v1</w:t>
+                <w:t xml:space="preserve">halshs-04274108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The measurement of the displaced commercial risk in Islamic Banks</w:t>
+                <w:t xml:space="preserve">How do ethical principles affect Islamic banks capital structure ? Corporate finance and regulatory approaches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kaouther Toumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Laurent Viviani</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Laurent Viviani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 10th Kyoto-Durham international workshop on Islamic Economic and Finance.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2016, Durham (GB), United Kingdom</w:t>
+              <w:t xml:space="preserve">The 7th annuel Gulf Research Meeting 2016, the workshop of exploring the dynamism of islamic finance in the GCC region</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Gulf Research Centre Cambridge, Aug 2016, Cambridge Universtity, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04274108v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04245798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How do ethical principles affect Islamic banks capital structure? Corporate finance and regulatory approaches</w:t>
               </w:r>
@@ -4184,51 +4184,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="9242A629"/>
+    <w:nsid w:val="C54AE210"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4415,51 +4415,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/kaouther-toumi" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1765-679X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/16058163X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05307789v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunice Karina Tumewang" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esraa Esam Alharasis" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaouther Toumi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/SAMPJ-07-2024-0737" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05451882v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Akimowicz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rania Chaabane" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Ghalleb" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/JEEE-10-2024-0482" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186260v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/JEEE-10-2022-0326" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140684v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Hamrouni" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/JFRA-04-2023-0183" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925935v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yossra Boudawara" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Wannes" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Hussainey" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/JAAR-08-2022-0208" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03561587v2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48394/IMIST.PRSM/rafi-v6i2.32877" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175802v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Agbodjo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/JAAR-05-2020-0090" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01806496v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Laurent Viviani" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeinab Chayeh" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.qref.2018.03.001" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175804v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IMEFM-05-2016-0061" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925975v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsg.259.0131" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00869903v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05171534v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04636785v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619725v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Akimowicz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04817614v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04817605v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04817632v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925947v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925943v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najma Azmat" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04817568v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehmet Asutay" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04817563v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04099189v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04817578v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04817597v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rana El Bahsh" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04109833v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaouther Toumi Lajimi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04245798v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Laurent Viviani" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04274108v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204981v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04245826v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816506v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tariqullah Khan" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816593v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khoutem Benjedidia" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hichem Hamza" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ghroubi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739535v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Tlili" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04208110v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Laaradh" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ezzedine Ghlamallah" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.renau.2023.01.0155." TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03547793v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.worldscientific.com/worldscibooks/10.1142/q0366" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2139/ssrn.2868780" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00765913v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wa&#235;l Louhichi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/S1571-0386(2012)0000022013" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00658395v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lofti Belkacem" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/S2043-9059(2011)0000002021" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608589v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotfi Belkacem" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925978v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01346916v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/kaouther-toumi" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1765-679X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/16058163X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05307789v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunice Karina Tumewang" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esraa Esam Alharasis" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaouther Toumi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/SAMPJ-07-2024-0737" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05451882v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Akimowicz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rania Chaabane" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Ghalleb" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/JEEE-10-2024-0482" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186260v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/JEEE-10-2022-0326" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140684v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Hamrouni" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/JFRA-04-2023-0183" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925935v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yossra Boudawara" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Wannes" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Hussainey" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/JAAR-08-2022-0208" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03561587v2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48394/IMIST.PRSM/rafi-v6i2.32877" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175802v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Agbodjo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/JAAR-05-2020-0090" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01806496v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Laurent Viviani" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeinab Chayeh" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.qref.2018.03.001" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175804v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IMEFM-05-2016-0061" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925975v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsg.259.0131" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00869903v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05171534v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619725v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Akimowicz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04636785v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04817614v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04817605v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04817632v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925947v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925943v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najma Azmat" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04817568v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehmet Asutay" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04817563v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04099189v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04817578v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04817597v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rana El Bahsh" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04109833v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaouther Toumi Lajimi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04274108v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04245798v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Laurent Viviani" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204981v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04245826v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816506v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tariqullah Khan" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816593v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khoutem Benjedidia" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hichem Hamza" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ghroubi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739535v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Tlili" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04208110v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Laaradh" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ezzedine Ghlamallah" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.renau.2023.01.0155." TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03547793v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.worldscientific.com/worldscibooks/10.1142/q0366" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2139/ssrn.2868780" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00765913v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wa&#235;l Louhichi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/S1571-0386(2012)0000022013" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00658395v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lofti Belkacem" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/S2043-9059(2011)0000002021" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608589v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotfi Belkacem" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925978v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01346916v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>