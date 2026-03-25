--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -347,490 +347,490 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05134820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formal Concept Analysis beyond binary data: past and future in the GALACTIC platform</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fuzzy and Overlapping Communities Detection: An Improved Approach Using Formal Concept Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Waffo Kemgne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Demko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karell Bertet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christophe Demko</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Loup Guillaume</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ConSoft 2025</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ASONAM 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Rende (CS), Calabria, Italy. pp.23-35, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-78548-1_3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05145194v1</w:t>
+                <w:t xml:space="preserve">hal-04679375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards Explainable Clustering in Process Mining and Sequential Pattern Mining: A Formal Framework</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Formal Concept Analysis beyond binary data: past and future in the GALACTIC platform</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karell Bertet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Demko</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Joint Conference on Conceptual Knowledge Structures</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ConSoft 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Workshop hosted at the CONCEPTS2025 conference, Sep 2025, Cluj-Napoca, Romania</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05134819v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05145194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reduced Subcontext Completion in Lattices and Concept Lattices</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Cyril Faucher</w:t>
+                <w:t xml:space="preserve">Towards Explainable Clustering in Process Mining and Sequential Pattern Mining: A Formal Framework</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marwa Trabelsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salah Eddine Boukhetta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Mondou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karell Bertet</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Amoury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Joint Conference on Conceptual Knowledge Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2025, Cluj-Napoca, Romania. pp.51-66, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-032-03364-2_4⟩</w:t>
+              <w:t xml:space="preserve">, Sep 2025, Cluj - Napoca, Romania. pp.143-160, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-032-03364-2_9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05134813v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05134819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fuzzy and Overlapping Communities Detection: An Improved Approach Using Formal Concept Analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reduced Subcontext Completion in Lattices and Concept Lattices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Demko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Waffo Kemgne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christophe Demko</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Faucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karell Bertet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Loup Guillaume</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASONAM 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Rende (CS), Calabria, Italy. pp.23-35, </w:t>
+              <w:t xml:space="preserve">International Joint Conference on Conceptual Knowledge Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Cluj-Napoca, Romania. pp.51-66, </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-78548-1_3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-032-03364-2_4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04679375v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05134813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Détection de Communautés Floues et Chevauchantes via l’Analyse Formelle de Concepts</w:t>
               </w:r>
@@ -1114,51 +1114,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fouille de processus pour l'amélioration d'un jeu sérieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Amoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karell Bertet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1196,64 +1196,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enrichissement et visualisation de trajectoires de visiteurs dans un musée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Faucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karell Bertet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1304,64 +1304,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">GALACTIC: towards a generic and scalable platform for complex and heterogeneous data using Formal Concept Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Demko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salah Eddine Boukhetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Savarit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1416,90 +1416,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Discover spatio-temporal cluster from trajectory data enhance by heterogeneous contextual knowledge using FCA and the NᴇxᴛPʀɪᴏʀɪᴛʏCᴏɴᴄᴇᴘᴛ Algorithm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Savarit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salah Eddine Boukhetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Faucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karell Bertet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1541,90 +1541,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fouille de séquences temporelles avec l’AFC et l’outil GALACTIC</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salah Eddine Boukhetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Demko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karell Bertet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Cayèré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1865,90 +1865,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temporal sequence mining using FCA and GALACTIC</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salah Eddine Boukhetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Demko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karell Bertet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Cayèré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1986,64 +1986,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interval-based sequence mining using FCA and the NextPriorityConcept algorithm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salah Eddine Boukhetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Demko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2224,77 +2224,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sequence Mining Using FCA and the NextPriorityConcept Algorithm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salah Eddine Boukhetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Demko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karell Bertet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2345,51 +2345,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards reconstruction of human trajectories in indoor environments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Faucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karell Bertet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2957,51 +2957,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-01354971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Reverse Doubling Construction</w:t>
+                <w:t xml:space="preserve">Décomposition sous-directe d'un treillis en facteurs irréductibles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Viaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karell Bertet</w:t>
@@ -3019,106 +3019,97 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Demko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rokia Missaoui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">KDIR</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journées francophones d'Ingénierie des Connaissances IC2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Rennes, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01282156v1</w:t>
+                <w:t xml:space="preserve">hal-01169541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Décomposition sous-directe d'un treillis en facteurs irréductibles</w:t>
+                <w:t xml:space="preserve">The Reverse Doubling Construction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Viaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karell Bertet</w:t>
@@ -3136,73 +3127,82 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Demko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rokia Missaoui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées francophones d'Ingénierie des Connaissances IC2015</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">KDIR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2015, Lisbon, Portugal. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5220/0005613203500357⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01169541v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01282156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Subdirect Decomposition of Contexts into Subdirectly Irreducible Factors</w:t>
               </w:r>
@@ -4433,524 +4433,524 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00713720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An approach to Semantic Content Based Image Retrieval using Logical Concept Analysis. Application to comicbooks.</w:t>
+                <w:t xml:space="preserve">An approach to Sematic Content Based Image Retrieval using Logical Concept Analysis. Application to comicbooks.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karell Bertet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Revel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop "What can FCA do for Artificial Intelligence?" of European Conference on Artificial Intelligence (ECAI)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2012, France. pp.53-56</w:t>
+              <w:t xml:space="preserve">European Conference on Artificial Intelligence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2012, Montpellier, France. pp.53-56</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00743450v1</w:t>
+                <w:t xml:space="preserve">hal-00914849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An approach to Sematic Content Based Image Retrieval using Logical Concept Analysis. Application to comicbooks.</w:t>
+                <w:t xml:space="preserve">An approach to Semantic Content Based Image Retrieval using Logical Concept Analysis. Application to comicbooks.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karell Bertet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Revel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Conference on Artificial Intelligence</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2012, Montpellier, France. pp.53-56</w:t>
+              <w:t xml:space="preserve">Workshop "What can FCA do for Artificial Intelligence?" of European Conference on Artificial Intelligence (ECAI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2012, France. pp.53-56</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00914849v1</w:t>
+                <w:t xml:space="preserve">hal-00743450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Local discretization of numerical data for Galois Lattices</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Girard</w:t>
+                <w:t xml:space="preserve">Using ontologies to reduce the semantic gap between historians and image processing algorithms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Coustaty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bouju</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karell Bertet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Muriel Visani</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Louis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICTAI 2011</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IEEE 11th International Conference on Document Analysis and Recognition (ICDAR 2011)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Beijing, China. pp.156-160</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00640987v1</w:t>
+                <w:t xml:space="preserve">hal-00716613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using ontologies to reduce the semantic gap between historians and image processing algorithms</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alain Bouju</w:t>
+                <w:t xml:space="preserve">A local discretization of continuous data for lattices : Technical aspects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karell Bertet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Georges Louis</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Visani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE 11th International Conference on Document Analysis and Recognition (ICDAR 2011)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Beijing, China. pp.156-160</w:t>
+              <w:t xml:space="preserve">Eight International Conference on Concept Lattices and Their Applications (CLA 2011)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Nancy, France. pp.409-412</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00716613v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00716571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A local discretization of continuous data for lattices : Technical aspects</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId102" w:history="1">
+                <w:t xml:space="preserve">Local discretization of numerical data for Galois Lattices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karell Bertet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Visani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eight International Conference on Concept Lattices and Their Applications (CLA 2011)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ICTAI 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2011, Boca Raton, Florida, United States. pp.902-903, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICTAI.2011.148⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00716571v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00640987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using Ontologies to Reduce the Semantic Gap between Historians and Image Processing Algorithms</w:t>
               </w:r>
@@ -5126,51 +5126,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A local discretization of continuous data for lattices: Technical aspects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karell Bertet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5273,51 +5273,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Visani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Girard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sixth International Conference on Concept Lattices and Their Applications (CLA).</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2009, Olomouc, Czech Republic. pp.193-205</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5450,51 +5450,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers une discrétisation locale pour les treillis dichotomiques.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karell Bertet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5597,51 +5597,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Visani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Girard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sixth International Conference on Concept Lattices and Their Applications (CLA2008)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2008, Olomouc, Czech Republic. pp.193-205</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6974,77 +6974,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clustering of Serious Game Traces Using Formal Concept Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Amoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karell Bertet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Mondou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lecture Notes in Computer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, Lecture Notes in Computer Science, 15347, pp.287-299. </w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7104,51 +7104,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Jérémy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertet Karell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Faucher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 11 (13), pp.6107. </w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7325,51 +7325,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Demko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karell Bertet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Faucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Viaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7663,51 +7663,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dichotomic lattices and local discretization for Galois lattices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karell Bertet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7878,252 +7878,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01387033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dichotomic Lattices and Local Discretization for Galois Lattices</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">N Girard</w:t>
+                <w:t xml:space="preserve">Towards ontology-based retrieval of historical images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Coustaty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Norbert Tsopze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bouju</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karell Bertet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Muriel Visani</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Louis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Data Analysis and Classification</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Ontology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 10 (2), pp.147-167. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3233/AO-150146⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01333910v1</w:t>
+                <w:t xml:space="preserve">hal-01247925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards ontology-based retrieval of historical images</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alain Bouju</w:t>
+                <w:t xml:space="preserve">Dichotomic Lattices and Local Discretization for Galois Lattices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karell Bertet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Georges Louis</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Visani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Ontology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Advances in Data Analysis and Classification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01247925v1</w:t>
+                <w:t xml:space="preserve">hal-01333910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers une réduction du fossé sémantique dans le traitement des images de documents anciens à base d’ontologies : Application aux lettrines</w:t>
               </w:r>
@@ -9324,51 +9324,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karell Bertet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Visani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Girard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Traitement du Signal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 26 (5), pp.407-416</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9419,51 +9419,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karell Bertet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Visani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Girard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Traitement du Signal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 26 (5), pp.409-418</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10180,51 +10180,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Problématique de la recommandation sans évaluation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Faucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Prigent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10401,77 +10401,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karell Bertet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Demko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salah Eddine Boukhetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Faucher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rokia Missaoui,; Léonard Kwuida; Talel Abdessalem. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Complex Data Analytics with Formal Concept Analysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer International Publishing, pp.75--103, 2021, 9783030932770. </w:t>
@@ -11829,51 +11829,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134823v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Waffo Kemgne" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Demko" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Loup Guillaume" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karell Bertet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-13513-1_7" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134820v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Huchet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-13513-1_26" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145194v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134819v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Trabelsi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah Eddine Boukhetta" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Mondou" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Amoury" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-03364-2_9" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134813v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Richard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Faucher" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-03364-2_4" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679375v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-78548-1_3" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645638v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645634v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Savarit" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04117085v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04117522v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04118242v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874711v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874621v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03491826v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cay&#232;r&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639401v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03273693v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kira Adaricheva" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel Mora" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Enciso" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258781v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038487v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068780v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Ostertag" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Beurton-Aimar" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Visani" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Urruty" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPTA50016.2020.9286657" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038439v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341263v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bernard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545271v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Viaud" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rokia Missaoui" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-59271-8_15" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890015v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rigaud" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Burie" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407497v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessie Carbonnel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Huchard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Nebut" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01357468v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Bich Dao" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Eskenazi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Revel" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01354971v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282156v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0005613203500357" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01169541v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282145v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00989099v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Gu&#233;rin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092484v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Plumejeaud-Perreau" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ba-Huy Tran" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bouju" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lescalier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bretagnolle" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01099291v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Plumejeaud-Perreau" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouju Alain" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914860v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mercier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Ammar-Boudjelal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914872v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00660972v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Coustaty" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Louis" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Tsopze" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545292v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715366v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsopze Norbert" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716611v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00713720v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00743450v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914849v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640987v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Girard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAI.2011.148" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716613v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716571v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715378v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716585v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00634570v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716615v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Guillas" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Ogier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00387970v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#231;al Mr Rusi&#241;ol" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep Llad&#243;s" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00435674v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00387965v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00335035v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00390644v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361084v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361093v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361085v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00449341v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00114399v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00449058v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00449344v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00449326v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471697v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Chaudet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gu&#233;rin-Lassous" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Viennot" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GLOCOM.2001.965960" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471695v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gu&#233;rin Lassous" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00549667v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Gustedt" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Morvan" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816759v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-77738-7_24" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339753v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard J&#233;r&#233;my" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertet Karell" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app11136107" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02157786v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dam.2019.06.008" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038671v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergei Kuznetsov" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2020.08.026" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407440v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Guerin" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2016.11.021" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407425v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dam.2016.11.021" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01235158v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11634-015-0225-7" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01387033v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ins.2016.10.032" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01333910v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Girard" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247925v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/AO-150146" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247930v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915996v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/LCN.8.3.91-118" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00859310v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218001411008634" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716564v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716561v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSMCB.2011.2108646" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00859320v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716567v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00525942v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/tsi.29.665-690" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-G7BS2PKH-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00308798v2" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Monjardet" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2009.12.021" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00859321v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/TSI.29.665-690" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452343v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00859324v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716569v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00959010v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirabelle Nebut" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/dmtcs.330" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099565v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0898-1221(96)00102-2" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095564v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Caspard" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00018548v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Krob" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Novelli" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.D. Phan" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142884v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03273948v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01308555v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Prigent" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00195577v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620944v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-93278-7_4" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00387984v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00859326v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00382077v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-88188-9_7" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00449723v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038350v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407349v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Rudolph" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dam.2018.10.007" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282151v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01290028v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-02102036v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00072759v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134823v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Waffo Kemgne" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Demko" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Loup Guillaume" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karell Bertet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-13513-1_7" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134820v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Huchet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-13513-1_26" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679375v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-78548-1_3" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145194v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134819v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Trabelsi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah Eddine Boukhetta" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Mondou" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Amoury" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-03364-2_9" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134813v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Richard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Faucher" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-03364-2_4" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645638v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645634v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Savarit" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04117085v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04117522v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04118242v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874711v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874621v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03491826v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cay&#232;r&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639401v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03273693v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kira Adaricheva" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel Mora" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Enciso" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258781v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038487v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068780v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Ostertag" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Beurton-Aimar" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Visani" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Urruty" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPTA50016.2020.9286657" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038439v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341263v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bernard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545271v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Viaud" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rokia Missaoui" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-59271-8_15" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890015v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rigaud" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Burie" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407497v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessie Carbonnel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Huchard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Nebut" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01357468v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Bich Dao" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Eskenazi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Revel" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01354971v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01169541v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282156v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0005613203500357" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282145v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00989099v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Gu&#233;rin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092484v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Plumejeaud-Perreau" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ba-Huy Tran" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bouju" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lescalier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bretagnolle" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01099291v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Plumejeaud-Perreau" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouju Alain" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914860v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mercier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Ammar-Boudjelal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914872v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00660972v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Coustaty" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Louis" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Tsopze" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545292v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715366v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsopze Norbert" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716611v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00713720v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914849v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00743450v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716613v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716571v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Girard" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640987v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAI.2011.148" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715378v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716585v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00634570v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716615v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Guillas" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Ogier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00387970v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#231;al Mr Rusi&#241;ol" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep Llad&#243;s" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00435674v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00387965v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00335035v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00390644v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361084v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361093v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361085v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00449341v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00114399v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00449058v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00449344v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00449326v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471697v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Chaudet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gu&#233;rin-Lassous" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Viennot" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GLOCOM.2001.965960" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471695v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gu&#233;rin Lassous" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00549667v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Gustedt" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Morvan" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816759v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-77738-7_24" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339753v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard J&#233;r&#233;my" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertet Karell" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app11136107" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02157786v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dam.2019.06.008" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038671v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergei Kuznetsov" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2020.08.026" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407440v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Guerin" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2016.11.021" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407425v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dam.2016.11.021" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01235158v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11634-015-0225-7" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01387033v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ins.2016.10.032" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247925v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/AO-150146" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01333910v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Girard" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247930v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915996v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/LCN.8.3.91-118" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00859310v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218001411008634" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716564v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716561v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSMCB.2011.2108646" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00859320v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716567v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00525942v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/tsi.29.665-690" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-G7BS2PKH-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00308798v2" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Monjardet" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2009.12.021" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00859321v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/TSI.29.665-690" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452343v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00859324v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716569v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00959010v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirabelle Nebut" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/dmtcs.330" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099565v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0898-1221(96)00102-2" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095564v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Caspard" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00018548v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Krob" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Novelli" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.D. Phan" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142884v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03273948v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01308555v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Prigent" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00195577v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620944v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-93278-7_4" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00387984v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00859326v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00382077v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-88188-9_7" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00449723v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038350v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407349v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Rudolph" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dam.2018.10.007" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282151v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01290028v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-02102036v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00072759v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>