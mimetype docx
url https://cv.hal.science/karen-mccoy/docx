--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -234,736 +234,736 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05441246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Culturable bacteria and fungi in Ixodes , Dermacentor , Amblyomma and Ornithodoros ticks</w:t>
+                <w:t xml:space="preserve">Perceived and observed biases within scientific communities: a case study in movement ecology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marjorie Bruley</w:t>
+                <w:t xml:space="preserve">Allison K. Shaw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Célia Pasternicki</w:t>
+                <w:t xml:space="preserve">Leila Fouda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noor Fattar</w:t>
+                <w:t xml:space="preserve">Stefano Mezzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Amoros</w:t>
+                <w:t xml:space="preserve">Tom Dongmin Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Duhayon</w:t>
+                <w:t xml:space="preserve">Nilanjan Chatterjee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasite</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 32, pp.20. </w:t>
+              <w:t xml:space="preserve">Proceedings of the Royal Society of London. Series B, Containing papers of a Biological character. Royal Society (Great Britain)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/parasite/2025013⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1098/rspb.2025.0679⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05006178v1</w:t>
+                <w:t xml:space="preserve">hal-04731981v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perceived and observed biases within scientific communities: a case study in movement ecology</w:t>
+                <w:t xml:space="preserve">Evolutionary Convergence of Nutritional Symbionts in Ticks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Allison K. Shaw</w:t>
+                <w:t xml:space="preserve">Noor Fattar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leila Fouda</w:t>
+                <w:t xml:space="preserve">Meriem Louni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stefano Mezzini</w:t>
+                <w:t xml:space="preserve">Marie Buysse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tom Dongmin Kim</w:t>
+                <w:t xml:space="preserve">Anna Maria Floriano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nilanjan Chatterjee</w:t>
+                <w:t xml:space="preserve">Joanne Bertaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Royal Society of London. Series B, Containing papers of a Biological character. Royal Society (Great Britain)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Environmental Microbiology Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 17 (3), </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1098/rspb.2025.0679⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/1758-2229.70120⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04731981v2</w:t>
+                <w:t xml:space="preserve">hal-05343249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolutionary Convergence of Nutritional Symbionts in Ticks</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Use of anthropogenic debris as nesting materials in a south-Mediterranean yellow-legged gull (Larus michahellis) breeding colony in relation to their environmental availability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meriem Louni</w:t>
+                <w:t xml:space="preserve">Abdessalem Hammouda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Buysse</w:t>
+                <w:t xml:space="preserve">Farès Ben Youssef</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karen Mccoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anna Maria Floriano</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Slaheddine Selmi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Microbiology Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1758-2229.70120⟩</w:t>
+              <w:t xml:space="preserve">Environmental Monitoring and Assessment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 197 (4), pp.357. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10661-025-13824-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05343249v1</w:t>
+                <w:t xml:space="preserve">hal-05317549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of anthropogenic debris as nesting materials in a south-Mediterranean yellow-legged gull (Larus michahellis) breeding colony in relation to their environmental availability</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Spatiotemporal Dynamics of Blood Parasite Infections and Impacts on Avian Health and Reproduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Buysse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Ollagnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdessalem Hammouda</w:t>
+                <w:t xml:space="preserve">Charly Souc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Farès Ben Youssef</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Karen Mccoy</w:t>
+                <w:t xml:space="preserve">Marjorie Bruley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Slaheddine Selmi</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Thomas Blanchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Monitoring and Assessment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 197 (4), pp.357. </w:t>
+              <w:t xml:space="preserve">Molecular Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10661-025-13824-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/mec.70178⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05317549v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05360727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatiotemporal Dynamics of Blood Parasite Infections and Impacts on Avian Health and Reproduction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie Buysse</w:t>
+                <w:t xml:space="preserve">Culturable bacteria and fungi in Ixodes , Dermacentor , Amblyomma and Ornithodoros ticks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Bruley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Ollagnier</w:t>
+                <w:t xml:space="preserve">Célia Pasternicki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noor Fattar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charly Souc</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marjorie Bruley</w:t>
+                <w:t xml:space="preserve">Julien Amoros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Blanchon</w:t>
+                <w:t xml:space="preserve">Maxime Duhayon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Parasite</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 32, pp.20. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/mec.70178⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/parasite/2025013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05360727v1</w:t>
+                <w:t xml:space="preserve">hal-05006178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">No detrimental effects of wing‐harnessed GPS devices on the breeding performance of Yellow‐legged Gulls ( Larus michahellis ): A multi‐colony evaluation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charly Souc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Leray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Blanchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dagonet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1347,51 +1347,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Mccoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Guillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdessalem Hammouda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Pollution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 362, pp.124992. </w:t>
@@ -1455,77 +1455,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Nono Almeida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Leray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charly Souc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Scotto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slaheddine Selmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine Pollution Bulletin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 204, pp.116508. </w:t>
@@ -1615,51 +1615,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Leray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maggy Jouglin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Buysse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Peer Community Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 3, pp.e91. </w:t>
@@ -1959,295 +1959,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04203797v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome diversity of Borrelia garinii in marine transmission cycles does not match host associations but reflects the strains evolutionary history</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Changes in plastic ingestion by yellow-legged gulls (Larus michahellis) over the breeding season</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Nono Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Leray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabriele Margos</w:t>
+                <w:t xml:space="preserve">Justine Boutry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Markus Hofmann</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Susanne Heinzinger</w:t>
+                <w:t xml:space="preserve">Alexandra ter Halle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Vittecoq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Infection, Genetics and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.meegid.2023.105502⟩</w:t>
+              <w:t xml:space="preserve">Marine Pollution Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 187, pp.114483. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.marpolbul.2022.114483⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04251123v1</w:t>
+                <w:t xml:space="preserve">hal-03984723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changes in plastic ingestion by yellow-legged gulls (Larus michahellis) over the breeding season</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Carole Leray</w:t>
+                <w:t xml:space="preserve">Genome diversity of Borrelia garinii in marine transmission cycles does not match host associations but reflects the strains evolutionary history</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriele Margos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Markus Hofmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sherwood Casjens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Justine Boutry</w:t>
+                <w:t xml:space="preserve">Marlene Dupraz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandra ter Halle</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marion Vittecoq</w:t>
+                <w:t xml:space="preserve">Susanne Heinzinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Pollution Bulletin</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 187, pp.114483. </w:t>
+              <w:t xml:space="preserve">Infection, Genetics and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 115, pp.105502. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.marpolbul.2022.114483⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.meegid.2023.105502⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03984723v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04251123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genomic changes during the evolution of the Coxiella genus along the parasitism-mutualism continuum</w:t>
               </w:r>
@@ -2285,51 +2285,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Henri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adil El Filali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Buysse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Peer Community Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 3, pp.e41. </w:t>
@@ -2367,77 +2367,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natal colony influences age-specific movement patterns of the Yellow-legged gull (Larus michahellis)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charly Souc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sadoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Blanchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Vittecoq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2938,51 +2938,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Flores</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Vittecoq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Blanchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Toty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3210,51 +3210,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Dupraz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Toty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Blanchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Vittecoq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3701,425 +3701,425 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01998059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tissue localization of Coxiella-like endosymbionts in three European tick species through fluorescence in situ hybridization</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A transcriptome-based phylogenetic study of hard ticks (Ixodidae)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Duron</w:t>
+                <w:t xml:space="preserve">N Pierre Charrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claudine Menard</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Axelle Hermouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline C. Hervet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Agoulon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephen C Barker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ticks and Tick-borne Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ttbdis.2019.03.014⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (1), pp.12923. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-019-49641-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03012100v1</w:t>
+                <w:t xml:space="preserve">hal-02355942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluating functional dispersal and its eco-epidemiological implications in a nest ectoparasite</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tissue localization of Coxiella-like endosymbionts in three European tick species through fluorescence in situ hybridization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Buysse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Plantard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karen Mccoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Duron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudine Menard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Peer Community In Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5281/zenodo.2573075⟩</w:t>
+              <w:t xml:space="preserve">Ticks and Tick-borne Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10 (4), pp.798-804. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ttbdis.2019.03.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02859934v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03012100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A transcriptome-based phylogenetic study of hard ticks (Ixodidae)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Stephen C Barker</w:t>
+                <w:t xml:space="preserve">Evaluating functional dispersal and its eco-epidemiological implications in a nest ectoparasite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amalia Rataud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Dupraz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Toty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Blanchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Vittecoq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 9 (1), pp.12923. </w:t>
+              <w:t xml:space="preserve">Peer Community In Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Zenodo 2573076 (ver3), </w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-019-49641-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.2573075⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02355942v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02859934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A high gene flow in populations of Amblyomma ovale ticks found in distinct fragments of Brazilian Atlantic rainforest</w:t>
               </w:r>
@@ -4233,421 +4233,421 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02355964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“More Than Meets the Eye”: Cryptic Diversity and Contrasting Patterns of Host-Specificity in Feather Mites Inhabiting Seabirds</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Survival estimates strongly depend on capture-recapture designs in a disturbed environment inducing dispersal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacob González-Solís</w:t>
+                <w:t xml:space="preserve">Aurore Ponchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Choquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Tornos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Mccoy</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Torkild Tveraa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Ecology and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fevo.2018.00097⟩</w:t>
+              <w:t xml:space="preserve">Ecography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 41 (12), pp.2055-2066. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ecog.03334⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01957259v1</w:t>
+                <w:t xml:space="preserve">hal-02265944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Survival estimates strongly depend on capture-recapture designs in a disturbed environment inducing dispersal</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jérémy Tornos</w:t>
+                <w:t xml:space="preserve">Gene flow and adaptive potential in a generalist ectoparasite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anais Appelgren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Verena Saladin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heinz Richner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blandine Doligez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Mccoy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ecog.03334⟩</w:t>
+              <w:t xml:space="preserve">BMC Evolutionary Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 18, pp.99. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12862-018-1205-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02265944v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01847867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gene flow and adaptive potential in a generalist ectoparasite</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Heinz Richner</w:t>
+                <w:t xml:space="preserve">“More Than Meets the Eye”: Cryptic Diversity and Contrasting Patterns of Host-Specificity in Feather Mites Inhabiting Seabirds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura M Stefan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Gómez-Díaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey V Mironov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blandine Doligez</w:t>
+                <w:t xml:space="preserve">Jacob González-Solís</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Mccoy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Evolutionary Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 18, pp.99. </w:t>
+              <w:t xml:space="preserve">Frontiers in Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 6, pp.97. </w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12862-018-1205-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fevo.2018.00097⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01847867v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01957259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of life stage-dependent dispersal on the colonization dynamics of host patches by ticks and tick-borne infectious agents</w:t>
               </w:r>
@@ -4737,51 +4737,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolutionary changes in symbiont community structure in ticks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Duron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Binetruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4865,295 +4865,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01523998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Host specificity, pathogen exposure, and superinfections impact the distribution of Anaplasma phagocytophilum genotypes in ticks, roe deer, and livestock in a fragmented agricultural landscape</w:t>
+                <w:t xml:space="preserve">100 million years of multigene family evolution: origin and evolution of the avian MHC class IIB</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélie Chastagner</w:t>
+                <w:t xml:space="preserve">Julien Goebel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angélique Pion</w:t>
+                <w:t xml:space="preserve">Marta Promerová</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Verheyden</w:t>
+                <w:t xml:space="preserve">Francesco Bonadonna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karen Mccoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Lourtet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bruno Cargnelutti</w:t>
+                <w:t xml:space="preserve">Céline Serbielle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Infection, Genetics and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 55, pp.31-44. </w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 18, pp.460. </w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.meegid.2017.08.010⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12864-017-3839-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01605600v1</w:t>
+                <w:t xml:space="preserve">hal-02010930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">100 million years of multigene family evolution: origin and evolution of the avian MHC class IIB</w:t>
+                <w:t xml:space="preserve">Host specificity, pathogen exposure, and superinfections impact the distribution of Anaplasma phagocytophilum genotypes in ticks, roe deer, and livestock in a fragmented agricultural landscape</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Goebel</w:t>
+                <w:t xml:space="preserve">Amélie Chastagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marta Promerová</w:t>
+                <w:t xml:space="preserve">Angélique Pion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francesco Bonadonna</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Karen Mccoy</w:t>
+                <w:t xml:space="preserve">Hélène Verheyden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Serbielle</w:t>
+                <w:t xml:space="preserve">Bruno Lourtet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Cargnelutti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 18, pp.460. </w:t>
+              <w:t xml:space="preserve">Infection, Genetics and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 55, pp.31-44. </w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12864-017-3839-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.meegid.2017.08.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02010930v1</w:t>
+                <w:t xml:space="preserve">hal-01605600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Population structure of the soft tick Ornithodoros maritimus and its associated infectious agents within a colony of its seabird host Larus michahellis</w:t>
               </w:r>
@@ -5178,51 +5178,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Toty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Devillers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Blanchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Elguero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5267,2006 +5267,2006 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02007408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Migration, Prospecting, Dispersal? What Host Movement Matters for Infectious Agent Circulation?</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Linking morphometric and genetic divergence with host use in the tick complex, Ornithodoros capensis sensu lato</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Dupraz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Toty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Noël</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muriel Dietrich</w:t>
+                <w:t xml:space="preserve">Agustin Estrada-Peňa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacob González-Solís</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Integrative and Comparative Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 56 (2), pp.330-342. </w:t>
+              <w:t xml:space="preserve">Infection, Genetics and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 46, pp.12-22. </w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/icb/icw015⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.meegid.2016.10.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01971667v1</w:t>
+                <w:t xml:space="preserve">hal-02004391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linking morphometric and genetic divergence with host use in the tick complex, Ornithodoros capensis sensu lato</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Valérie Noël</w:t>
+                <w:t xml:space="preserve">The role of seabirds of the Iles Eparses as reservoirs and disseminators of parasites and pathogens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karen Mccoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agustin Estrada-Peňa</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jacob González-Solís</w:t>
+                <w:t xml:space="preserve">Muriel Dietrich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Jaeger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David A Wilkinson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Bastien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Infection, Genetics and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.meegid.2016.10.005⟩</w:t>
+              <w:t xml:space="preserve">Acta Oecologica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 72, pp.98-109. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actao.2015.12.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02004391v1</w:t>
+                <w:t xml:space="preserve">hal-01371147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The role of seabirds of the Iles Eparses as reservoirs and disseminators of parasites and pathogens</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Prevalence of &amp;lt;i&amp;gt;Anaplasma phagocytophilum&amp;lt;/i&amp;gt; in small rodents in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Chastagner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Moinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Mccoy</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Bastien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Oecologica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actao.2015.12.013⟩</w:t>
+              <w:t xml:space="preserve">Ticks and Tick-borne Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 7 (5), pp.988-991. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ttbdis.2016.05.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01371147v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01328852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prevalence of &amp;lt;i&amp;gt;Anaplasma phagocytophilum&amp;lt;/i&amp;gt; in small rodents in France</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">E. Roy</w:t>
+                <w:t xml:space="preserve">The High Diversity and Global Distribution of the Intracellular Bacterium Rickettsiella in the Polar Seabird Tick Ixodes uriae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Duron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Cremaschi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Mccoy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ticks and Tick-borne Diseases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 7 (5), pp.988-991. </w:t>
+              <w:t xml:space="preserve">Microbial ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 71 (3), pp.761-770. </w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ttbdis.2016.05.005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00248-015-0702-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01328852v1</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01942611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The High Diversity and Global Distribution of the Intracellular Bacterium Rickettsiella in the Polar Seabird Tick Ixodes uriae</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Julie Cremaschi</w:t>
+                <w:t xml:space="preserve">Relative fitness of a generalist parasite on two alternative hosts: a cross-infestation experiment to test host specialization of the hen flea Ceratophyllus gallinae (Schrank)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Appelgren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Mccoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Richner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blandine Doligez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbial ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00248-015-0702-8⟩</w:t>
+              <w:t xml:space="preserve">Journal of Evolutionary Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 29 (5), pp.1091-1101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jeb.12850⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01942611v1</w:t>
+                <w:t xml:space="preserve">hal-01942589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relative fitness of a generalist parasite on two alternative hosts: a cross-infestation experiment to test host specialization of the hen flea Ceratophyllus gallinae (Schrank)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Appelgren</w:t>
+                <w:t xml:space="preserve">Host dispersal as the driver of parasite genetic structure: a paradigm lost?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Mazé-Guilmo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Mccoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Blandine Doligez</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Loot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Evolutionary Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jeb.12850⟩</w:t>
+              <w:t xml:space="preserve">Ecology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 19 (3), pp.336-347. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ele.12564⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01942589v1</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01942637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Host dispersal as the driver of parasite genetic structure: a paradigm lost?</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Migration, Prospecting, Dispersal? What Host Movement Matters for Infectious Agent Circulation?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Boulinier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Kada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Ponchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Dupraz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Dietrich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 19 (3), pp.336-347. </w:t>
+              <w:t xml:space="preserve">Integrative and Comparative Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 56 (2), pp.330-342. </w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/ele.12564⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/icb/icw015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01942637v1</w:t>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01971667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Niche Partitioning of Feather Mites within a Seabird Host, Calonectris borealis</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Reliability of molecular host-identification methods for ticks: an experimental in vitro study with Ixodes ricinus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heather C Proctor</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Karen Mccoy</w:t>
+                <w:t xml:space="preserve">Elsa Léger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiangye Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Masseglia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Noël</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaël Vourc’h</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0144728⟩</w:t>
+              <w:t xml:space="preserve">Parasites &amp; Vectors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 8 (1), pp.433. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13071-015-1043-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02417852v1</w:t>
+                <w:t xml:space="preserve">hal-02004408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reliability of molecular host-identification methods for ticks: an experimental in vitro study with Ixodes ricinus</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Masseglia</w:t>
+                <w:t xml:space="preserve">The Recent Evolution of a Maternally-Inherited Endosymbiont of Ticks Led to the Emergence of the Q Fever Pathogen, &amp;lt;i&amp;gt;Coxiella burnetii&amp;lt;/i&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Duron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Noël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gwenaël Vourc’h</w:t>
+                <w:t xml:space="preserve">Karen D. Mccoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Bonazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Sidi-Boumedine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasites &amp; Vectors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13071-015-1043-7⟩</w:t>
+              <w:t xml:space="preserve">PLoS Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 11 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1004892⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02004408v1</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01250470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Recent Evolution of a Maternally-Inherited Endosymbiont of Ticks Led to the Emergence of the Q Fever Pathogen, &amp;lt;i&amp;gt;Coxiella burnetii&amp;lt;/i&amp;gt;</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Matteo Bonazzi</w:t>
+                <w:t xml:space="preserve">Niche Partitioning of Feather Mites within a Seabird Host, Calonectris borealis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura M Stefan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Gómez-Díaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Elguero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karim Sidi-Boumedine</w:t>
+                <w:t xml:space="preserve">Heather C Proctor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karen Mccoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Pathogens</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 11 (5), </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 10 (12), pp.e0144728. </w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1004892⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0144728⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01250470v1</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02417852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tracing the colonization and diversification of the worldwide seabird ectoparasite[i] Ixodes uriae[/i]</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId216" w:history="1">
+                <w:t xml:space="preserve">Massive infection of seabird ticks with Coxiella burnetii related species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David A Wilkinson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Dietrich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Lebarbenchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Jaeger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florent Kempf</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Céline Le Rouzic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 23 (13), pp.3292-3305. </w:t>
+              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 80 (11), pp.3327-3333. </w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/mec.12815⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/AEM.00477-14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01123389v1</w:t>
+                <w:t xml:space="preserve">hal-01285434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First detection of Borrelia burgdorferi sensu lato DNA in king penguins (Aptenodytes patagonicus halli)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Cathy Barthel</w:t>
+                <w:t xml:space="preserve">Rickettsia spp. in Seabird Ticks from Western Indian Ocean Islands, 2011–2012</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Dietrich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Lebarbenchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Jaeger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Le Rouzic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Bastien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ticks and Tick-borne Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ttbdis.2014.07.013⟩</w:t>
+              <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 20 (5), pp.838-842. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3201/eid2005.131088⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01084784v1</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01285429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Massive infection of seabird ticks with Coxiella burnetii related species</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Diversity and global distribution of the &amp;lt;i&amp;gt;Coxiella&amp;lt;/i&amp;gt; intracellular bacterium in seabird ticks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Duron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Jourdain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karen D. Mccoy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/AEM.00477-14⟩</w:t>
+              <w:t xml:space="preserve">Ticks and Tick-borne Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 5 (5), pp.557 - 563. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ttbdis.2014.04.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01285434v1</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02635293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rickettsia spp. in Seabird Ticks from Western Indian Ocean Islands, 2011–2012</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Audrey Jaeger</w:t>
+                <w:t xml:space="preserve">First detection of Borrelia burgdorferi sensu lato DNA in king penguins (Aptenodytes patagonicus halli)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Schramm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Gauthier-Clerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karen D. Mccoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Le Rouzic</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Bastien</w:t>
+                <w:t xml:space="preserve">Cathy Barthel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3201/eid2005.131088⟩</w:t>
+              <w:t xml:space="preserve">Ticks and Tick-borne Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 5 (6), pp.939-942. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ttbdis.2014.07.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01285429v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01084784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diversity and global distribution of the &amp;lt;i&amp;gt;Coxiella&amp;lt;/i&amp;gt; intracellular bacterium in seabird ticks</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Karen D. Mccoy</w:t>
+                <w:t xml:space="preserve">Tracing the colonization and diversification of the worldwide seabird ectoparasite[i] Ixodes uriae[/i]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Dietrich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Kempf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Boulinier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karen D Mccoy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ticks and Tick-borne Diseases</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Molecular Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 23 (13), pp.3292-3305. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/mec.12815⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ttbdis.2014.04.003⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02635293v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01123389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Host specialization in ticks and transmission of tick-borne diseases: a review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Mccoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Dietrich</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Cellular and Infection Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 3, pp.57. </w:t>
             </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7300,64 +7300,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Changing distributions of ticks: causes and consequences.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Léger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenaël Vourc’h</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Vial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7836,64 +7836,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inter-oceanic variation in patterns of host-associated divergence in a seabird ectoparasite.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Dietrich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Kempf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Gómez-Díaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7982,51 +7982,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Host races in Ixodes ricinus, the European vector of Lyme borreliosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Kempf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry de Meeus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8274,51 +8274,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assortative Pairing in &amp;lt;i&amp;gt;Ixodes ricinus&amp;lt;/i&amp;gt; (Acari: Ixodidae), the European Vector of Lyme Borreliosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Kempf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry de Meeûs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8404,51 +8404,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recent evolution of host‐associated divergence in the seabird tick Ixodes uriae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Kempf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Boulinier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8540,349 +8540,349 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04943204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Host race formation in the Acari</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Population genetics and molecular epidemiology or how to “débusquer la bête”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry de Meeûs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karen Mccoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sara Magalhaes</w:t>
+                <w:t xml:space="preserve">Franck Prugnolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Chevillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mark, R. Forbes</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Christine Chevillon</w:t>
+                <w:t xml:space="preserve">Durand Patrick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental and Applied Acarology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10493-007-9091-0⟩</w:t>
+              <w:t xml:space="preserve">Infection, Genetics and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 7 (2), pp.308-332. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.meegid.2006.07.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halsde-00322769v1</w:t>
+                <w:t xml:space="preserve">hal-02152320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Population genetics and molecular epidemiology or how to “débusquer la bête”</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Karen Mccoy</w:t>
+                <w:t xml:space="preserve">Host race formation in the Acari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Magalhaes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark, R. Forbes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Prugnolle</w:t>
+                <w:t xml:space="preserve">Anna Skoracka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Osakabe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Chevillon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Durand Patrick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Infection, Genetics and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 7 (2), pp.308-332. </w:t>
+              <w:t xml:space="preserve">Experimental and Applied Acarology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 42 (4), pp.225-238. </w:t>
             </w:r>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.meegid.2006.07.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10493-007-9091-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId332" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02152320v1</w:t>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00322769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative host–parasite population structures: disentangling prospecting and dispersal in the black-legged kittiwake Rissa tridactyla</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen D. Mccoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Boulinier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8954,51 +8954,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recurrent evolution of host-specialized races in a globally distributed parasite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen D. Mccoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9088,51 +9088,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Host-Dependent Genetic Structure Of Parasite Populations:Differential Dispersal Of Seabird Tick Host Races</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen D. Mccoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Boulinier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9205,51 +9205,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatial genetic structure of the ectoparasite Ixodes uriae within breeding cliffs of its colonial seabird host</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen D. Mccoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Tirard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9309,51 +9309,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reproductive Strategies of the Seabird Tick Ixodes uriae (Acari:Ixodidae)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen D. Mccoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Tirard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9400,51 +9400,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Full Article View/Print PDF article (281K) Download to citation manager Order Permissions Alert me when this article is cited | Atom | RSS (What is RSS?) -------------------------------------------------------------------------------- Journal of Evolutionary Biology Volume 14 Page 395 - May 2001 doi:10.1046/j.1420-9101.2001.00290.x Volume 14 Issue 3 Host specificity of a generalist parasite: genetic evidence of sympatric host races in the seabird tick Ixodes uriae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen D. Mccoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Boulinier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9517,51 +9517,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isolation and characterization of microsatellites in the seabird ectoparasite Ixodes uriae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen D. Mccoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Tirard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9652,51 +9652,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Map simulator of tick abundance in heterogeneous agricultural landscapes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenaël Vourc’h</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Abrial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9942,308 +9942,308 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05317055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolutionary Genetics of Borrelia</w:t>
-[...55 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tick and tick-borne disease circulation in a changing marine ecosystem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karen D. Mccoy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pat Nuttall. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lyme Disease and Relapsing Fever Spirochetes: Genomics, Molecular Biology, Host Interactions and Disease Pathogenesis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.21775/cimb.042.097⟩</w:t>
+              <w:t xml:space="preserve">Climate, Ticks and Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CABI, 2021, 978-1-78924-964-4. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1079/9781789249637.0077⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03388477v1</w:t>
+                <w:t xml:space="preserve">hal-03388523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tick and tick-borne disease circulation in a changing marine ecosystem</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">Pat Nuttall. </w:t>
+                <w:t xml:space="preserve">Community-level interactions and disease dynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karen D. Mc Coy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jennifer C. Owen; Dana M. Hawley; Kathryn P. Huyvaert. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Climate, Ticks and Disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1079/9781789249637.0077⟩</w:t>
+              <w:t xml:space="preserve">Infectious Disease Ecology of Wild Birds</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oxford University Press, pp.145-170, 2021, 9780198746249. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/oso/9780198746249.001.0008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId369" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03388523v1</w:t>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03388509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Community-level interactions and disease dynamics</w:t>
-[...20 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Evolutionary Genetics of Borrelia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zachary Oppler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kayleigh O'Keeffe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karen Mccoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dustin Brisson</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Infectious Disease Ecology of Wild Birds</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oxford University Press, pp.145-170, 2021, 9780198746249. </w:t>
+              <w:t xml:space="preserve">Lyme Disease and Relapsing Fever Spirochetes: Genomics, Molecular Biology, Host Interactions and Disease Pathogenesis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.97-112, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/oso/9780198746249.001.0008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.21775/cimb.042.097⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId371" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03388509v1</w:t>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03388477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seabirds</w:t>
               </w:r>
@@ -10458,51 +10458,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">4. Structuration des populations et adaptation des tiques : implications en épidémiologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen D. Mccoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Chevillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10661,333 +10661,333 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical contamination and potential health risks to French seabirds: a multispecies and multisite study</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Blanck</w:t>
+                <w:t xml:space="preserve">Worldwide distribution of Cand. Borrelia capensii in ticks associated with seabirds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Buysse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Bruley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Toty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Vittecoq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Gómez-Díaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PRIMO22 International Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, Nantes, France</w:t>
+              <w:t xml:space="preserve">International Congress in Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Societé Francaise d'Ecologie et d'Evolution, Oct 2024, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05327530v1</w:t>
+                <w:t xml:space="preserve">hal-05327551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Worldwide distribution of Cand. Borrelia capensii in ticks associated with seabirds</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Elena Gómez-Díaz</w:t>
+                <w:t xml:space="preserve">Chemical contamination and potential health risks to French seabirds: a multispecies and multisite study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prescillia Lemesle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Carravieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Poiriez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Batard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Blanck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Congress in Ecology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Societé Francaise d'Ecologie et d'Evolution, Oct 2024, Lyon, France</w:t>
+              <w:t xml:space="preserve">PRIMO22 International Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05327551v1</w:t>
+                <w:t xml:space="preserve">hal-05327530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">No detrimental effects of wing-harnessed GPS devices on the breeding performance of Yellow-legged Gulls (Larus michahellis): a multi-colony evaluation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charly Souc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Leray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Blanchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dagonet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11042,103 +11042,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatio-temporal dynamics of blood parasite infections and impacts on seabird health</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Buysse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Ollagnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charly Souc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Bruley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Blanchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réunion Annuelle du Groupe National « Tiques et Maladies à tiques »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Toulouse, France</w:t>
@@ -11161,286 +11161,342 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05327632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Babesia sp. YLG from Yellow-legged gulls &amp; its transmission by the argasid tick Ornithodoros maritimus</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A multi-event CMR analysis reveals the influence of the natal colony for age-specific movement patterns of the Yellow-legged gull (Larus michahellis)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charly Souc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Blanchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Vittecoq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Choquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Mccoy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Montpellier Parasitology Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Montpellier, France</w:t>
+              <w:t xml:space="preserve">EURING 2023 Analytical Meeting &amp; Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EURING, Apr 2023, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05327617v1</w:t>
+                <w:t xml:space="preserve">hal-05327055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A multi-event CMR analysis reveals the influence of the natal colony for age-specific movement patterns of the Yellow-legged gull (Larus michahellis)</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Impact combiné des plastiques et des parasites sur la dynamique des populations d'oiseaux marins dans un cadre &amp;quot;One Health</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Mccoy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EURING 2023 Analytical Meeting &amp; Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EURING, Apr 2023, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Colloque Biodiversité et pollutions plastique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2023, Banyuls, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05327055v1</w:t>
+                <w:t xml:space="preserve">hal-05327776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact combiné des plastiques et des parasites sur la dynamique des populations d'oiseaux marins dans un cadre &amp;quot;One Health</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Avian Babesia: a description of Babesia sp. YLG from yellow-legged gulls and its transmission by Ornithodoros maritimus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Bonsergent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Vittecoq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Leray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maggy Jouglin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Mccoy</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Biodiversité et pollutions plastique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2023, Banyuls, France</w:t>
+              <w:t xml:space="preserve">Fourth International Babesiosis Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, New Haven, US (virtual), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05327776v1</w:t>
+                <w:t xml:space="preserve">hal-04969239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avian Babesia: a description of Babesia sp. YLG from yellow-legged gulls and its transmission by Ornithodoros maritimus</w:t>
               </w:r>
@@ -11499,198 +11555,142 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Mccoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fourth International Babesiosis Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2023, New Haven, US (virtual), United States</w:t>
+              <w:t xml:space="preserve">15. International Symposium on Ticks and Tick-borne Diseases (ISTTBD)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Weimar (virtual), Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04969239v1</w:t>
+                <w:t xml:space="preserve">hal-04969280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Avian Babesia: a description of Babesia sp. YLG from yellow-legged gulls and its transmission by Ornithodoros maritimus</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Babesia sp. YLG from Yellow-legged gulls &amp; its transmission by the argasid tick Ornithodoros maritimus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Mccoy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15. International Symposium on Ticks and Tick-borne Diseases (ISTTBD)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2023, Weimar (virtual), Germany</w:t>
+              <w:t xml:space="preserve">Montpellier Parasitology Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04969280v1</w:t>
+                <w:t xml:space="preserve">hal-05327617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Disease ecology in a modified world: Linking combined environmental stressors, population dynamics and movement ecology to understand the circulation of infectious agents</w:t>
               </w:r>
@@ -11922,51 +11922,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Butet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Chastagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pathobiome 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2018, Ajaccio, France. 55 p</w:t>
@@ -11995,90 +11995,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence de la spécificité d’hôte, de l’expositon et des modalités de sur-infection sur la distribution des génotypes d’&amp;lt;em&amp;gt;Anaplasma phagocytophilum&amp;lt;/em&amp;gt; dans les tiques et les chevreuils d’un paysage fragmenté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Chastagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angélique Pion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Verheyden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lourtet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Cargnelutti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12364,277 +12364,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02800337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A mapping tool to evaluate the impact of global change on tick-borne disease risk in European agricultural landscapes</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Suzanne Bastian</w:t>
+                <w:t xml:space="preserve">Les caractéristiques d'un paysage agricole influencent-elles la relation rongeur-tique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Chastagner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaël Vourc’h</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Malandrin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thierry Hoch</w:t>
+                <w:t xml:space="preserve">T. Dugat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Verheyden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3e Conférence « Global Climate Smart Agriculture »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2015, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Réunion annuel du groupe "Tiques et Maladies à Tiques" (TMT) du Réseau Ecologie des Interactions Durables (REID)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2015, Montferrier sur Lez, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01169433v1</w:t>
+                <w:t xml:space="preserve">hal-02417303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les caractéristiques d'un paysage agricole influencent-elles la relation rongeur-tique ?</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Hélène Verheyden</w:t>
+                <w:t xml:space="preserve">A mapping tool to evaluate the impact of global change on tick-borne disease risk in European agricultural landscapes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Plantard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Agoulon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanne Bastian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Legrand</w:t>
+                <w:t xml:space="preserve">Laurence Malandrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Hoch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunion annuel du groupe "Tiques et Maladies à Tiques" (TMT) du Réseau Ecologie des Interactions Durables (REID)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2015, Montferrier sur Lez, France</w:t>
+              <w:t xml:space="preserve">3e Conférence « Global Climate Smart Agriculture »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2015, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId406" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02417303v1</w:t>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01169433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A quick overview of the story of French acarologists</w:t>
               </w:r>
@@ -12646,51 +12646,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Kreiter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen D. Mccoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Migeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12771,51 +12771,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Kreiter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen D. Mccoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Migeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12902,90 +12902,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juvenile movements in the Yellow-legged Gull (Larus michahellis) in relation to the natal colony</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charly Souc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Blanchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Vittecoq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Choquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Mccoy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -13023,64 +13023,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Worldwide distribution of Candidatus Borrelia capensii in ticks associated with seabirds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Buysse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Bruley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Toty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13161,64 +13161,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How do host contaminants affect vector fitness ? An experimental study of Ornithodoros ticks and mercury-contaminated host blood</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maelys Billot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Bruley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Duhayon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Patier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13267,273 +13267,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05007073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juvenile movements in the Yellow-legged Gull (Larus michahellis) in relation to the natal colony.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thomas Blanchon</w:t>
+                <w:t xml:space="preserve">Quantifying plastics in the digestive tract of vertebrates: development of a new method applied to seabirds.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Nono Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Leray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Albignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Vittecoq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra ter Halle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gordon Research Conference Movement ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Lucca (Barga), Italy</w:t>
+              <w:t xml:space="preserve">SETAC Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Dublin, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05327061v1</w:t>
+                <w:t xml:space="preserve">hal-05327078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantifying plastics in the digestive tract of vertebrates: development of a new method applied to seabirds.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Magali Albignac</w:t>
+                <w:t xml:space="preserve">Juvenile movements in the Yellow-legged Gull (Larus michahellis) in relation to the natal colony.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charly Souc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Blanchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Vittecoq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Choquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karen Mccoy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SETAC Europe</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2023, Dublin, Ireland</w:t>
+              <w:t xml:space="preserve">Gordon Research Conference Movement ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Lucca (Barga), Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05327078v1</w:t>
+                <w:t xml:space="preserve">hal-05327061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Changes in plastic ingestion over the breeding season: do yellow-legged gulls (Larus michahellis) adjust foraging habits for chick provisioning?</w:t>
               </w:r>
@@ -13545,64 +13545,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Droguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Leray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Boutry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra ter Halle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Vittecoq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -13644,90 +13644,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juvenile movements in the Yellow-legged Gull (Larus michahellis) in relation to the natal colony</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charly Souc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Blanchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Vittecoq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Choquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Mccoy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -13765,90 +13765,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juvenile movements in the Yellow-legged Gull (Larus michahellis) in relation to the natal colony &amp; its epidemiological importance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charly Souc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Blanchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Vittecoq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Choquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Mccoy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -13912,51 +13912,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Droguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Leray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra ter Halle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Vittecoq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14063,51 +14063,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Butet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Chastagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pathobiome 2018 “Pathogens in microbiota in hosts”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2018, Ajaccio, France</w:t>
@@ -14136,103 +14136,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Several Anaplasma phagocytophilum epidemiological cycles in France revealed by sequencing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Chastagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenaël Vourc’h</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Dugat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Verheyden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conference GERI Genes, Ecosystems and Risk of Infection</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, Heraklion, Greece. , 2015</w:t>
@@ -14443,51 +14443,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiques et maladies à tiques: biologie, écologie évolutive et épidémiologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen D. Mccoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Boulanger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -14585,51 +14585,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Kreiter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen D. Mccoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.A. Migeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14853,51 +14853,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441246v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Nono Almeida" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Leray" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Albignac" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Vittecoq" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Mccoy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2025.140658" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006178v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Bruley" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Pasternicki" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noor Fattar" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Amoros" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Duhayon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2025013" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731981v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allison K. Shaw" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Fouda" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Mezzini" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Dongmin Kim" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nilanjan Chatterjee" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2025.0679" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343249v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Louni" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Buysse" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Maria Floriano" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Bertaux" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1758-2229.70120" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05317549v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdessalem Hammouda" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Far&#232;s Ben Youssef" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slaheddine Selmi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10661-025-13824-x" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360727v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Ollagnier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Souc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Blanchon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.70178" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740729v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dagonet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ibi.13338" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740723v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureline Boulanger" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Planchon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Taudi&#232;re" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stewart T. G. Burgess" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2024.105584" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693483v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prescillia Lemesle" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Carravieri" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Poiriez" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Batard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Blanck" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.175857" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04723949v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Patier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paco Bustamante" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Guillou" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2024.124992" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619774v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Scotto" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2024.116508" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04234879v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bonsergent" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maggy Jouglin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.316" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04123126v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen D Mccoy" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Toty" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Dupraz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Tornos" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Gamble" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.16617" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04203797v2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Perez" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bournez" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Boulanger" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Fite" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Livoreil" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.291" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251123v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Margos" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Hofmann" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sherwood Casjens" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlene Dupraz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Heinzinger" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2023.105502" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984723v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Boutry" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra ter Halle" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2022.114483" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04789180v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Santos-Garcia" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Morel" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Henri" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adil El Filali" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.269" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04123364v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sadoul" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Pin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40462-023-00375-4" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04123400v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura M Stefan" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolf Isbert" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena G&#243;mez-D&#237;az" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey V Mironov" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Do&#241;a" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-30858-8" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864261v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Leroy" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thorkell Lindberg Th&#243;rarinsson" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrizia D&#8217;ettorre" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.164" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388445v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louisiane Burkart" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ttbdis.2021.101852" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-02961633v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Gomard" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Flores" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-020-01611-9" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02746245v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lebert" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Agoulon" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Bastian" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Butet" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Cargnelutti" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/BDJ.8.e50123" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388412v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amalia Rataud" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2020.570157" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02361052v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre H. Boyer" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Almeras" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Plantard" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Grillon" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Talagrand-Reboul" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0223735" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02361413v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junaid S. Khan" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer F Provencher" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark R Forbes" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark L. Mallory" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Lebarbenchon" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.amb.2019.02.001" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01998059v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Murgia" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lesley Bell-Sakyi" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; de La Fuente" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Kurtti" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Makepeace" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ttbdis.2018.08.009" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03012100v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Duron" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Menard" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ttbdis.2019.03.014" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02859934v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.2573075" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02355942v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Pierre Charrier" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Hermouet" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline C. Hervet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen C Barker" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-49641-9" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02355964v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gislene Fournier" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriano Pinter" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renata Santiago" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebasti&#225;n Mu&#241;oz-Leal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Fernandes Martins" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10493-019-00350-y" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01957259v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Gonz&#225;lez-Sol&#237;s" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2018.00097" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265944v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Ponchon" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Choquet" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torkild Tveraa" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ecog.03334" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01847867v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Appelgren" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verena Saladin" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heinz Richner" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Doligez" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12862-018-1205-2" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01937634v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Kada" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Boulinier" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13071-017-2261-y" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01523998v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Binetruy" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie No&#235;l" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Cremaschi" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.14094" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605600v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Chastagner" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Pion" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Verheyden" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lourtet" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2017.08.010" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02010930v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Goebel" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Promerov&#225;" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Bonadonna" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Serbielle" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-017-3839-7" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02007408v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Devillers" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Elguero" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijppaw.2017.05.001" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01971667v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Dietrich" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icb/icw015" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02004391v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agustin Estrada-Pe&#328;a" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2016.10.005" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01371147v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Jaeger" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David A Wilkinson" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bastien" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actao.2015.12.013" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01328852v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chastagner" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Moinet" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Roy" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ttbdis.2016.05.005" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01942611v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-015-0702-8" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01942589v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Appelgren" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Richner" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jeb.12850" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01942637v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Maz&#233;-Guilmo" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Blanchet" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Loot" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.12564" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02417852v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heather C Proctor" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0144728" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02004408v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa L&#233;ger" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiangye Liu" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Masseglia" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Vourc&#8217;h" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13071-015-1043-7" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01250470v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen D. Mccoy" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Bonazzi" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Sidi-Boumedine" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1004892" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123389v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Kempf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.12815" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-MN18SBTR-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01084784v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Schramm" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gauthier-Clerc" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Fournier" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Barthel" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ttbdis.2014.07.013" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R3QW1KH8-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01285434v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Le Rouzic" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00477-14" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01285429v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid2005.131088" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635293v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Jourdain" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ttbdis.2014.04.003" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02417750v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2013.00057" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965558v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Vial" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chevillon" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10493-012-9615-0" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-B3GX644X-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02417776v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Veracx" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Rivet" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Brouqui" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Raoult" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0045903" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01566971v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. L&#233;ger" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. G&#243;mez-D&#237;az" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-M. Risterucci" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/acarologia/20122041" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643678v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen D. Mc Coy" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Beis" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barbosa" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. J. Cuervo" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. R. Fraser" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/meps09749" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00682178v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander S. Kitaysky" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mark Hipfner" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2699.2011.02620.x" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2JQZBZJ7-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02004424v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry de Meeus" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Vaumourin" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronika Taragel&#8217;ov&#225;" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2011.09.016" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N0153S7R-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818519v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Sertour" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Cornet" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Ferquel" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1462-2920.2011.02515.x" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-X64R2SMM-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943216v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry de Mee&#251;s" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Arnathau" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Degeilh" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1603/033.046.0309" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943204v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-294X.2009.04356.x" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-S97XZ4N7-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00322769v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Magalhaes" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark, R. Forbes" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Skoracka" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Osakabe" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10493-007-9091-0" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-87KVFBSW-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152320v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Prugnolle" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Durand Patrick" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2006.07.003" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-743TXML8-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00085483v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Tirard" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-294X.2005.02631.x" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QWD585MK-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00085431v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Chapuis" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannis Michalakis" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2005.3230" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00085988v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.0014-3820.2003.tb00263.x" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00085923v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis Michalakis" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.hdy.6800339" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00086094v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1043/0022-3395(2002)088(0813:RSOTST)2.0.CO;2" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00086598v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1420-9101.2001.00290.x" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00085513v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-294X.2000.105330.x" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-K1V5FSD4-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05222165v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Abrial" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05317055v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Cousin" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Darmon" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Miaud" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae-open.com/produit/332/9782759240838/pollution-plastique-la-biodiversite-menacee" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388477v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zachary Oppler" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kayleigh O'Keeffe" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dustin Brisson" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21775/cimb.042.097" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388523v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1079/9781789249637.0077" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388509v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oso/9780198746249.001.0008" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763989v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Provencher" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Borrelle" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Sherley" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Avery-Gomm" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Hodum" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-805052-1.00007-3" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464033v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/irdeditions/22142?lang=fr#text" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152241v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152261v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327530v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327551v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327560v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327632v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327617v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327055v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327776v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04969239v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04969280v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327582v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05098531v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louisiane Burkhart" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie de La Cotte" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737137v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bailly" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737908v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737044v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Hoch" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Quillery" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800337v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01169433v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Malandrin" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417303v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Dugat" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Legrand" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075540v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bertrand" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Kreiter" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Migeon" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Navajas" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068758v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327569v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007512v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007073v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maelys Billot" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Fort" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327061v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327078v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327598v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Droguet" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327049v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327039v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327046v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02418162v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01169445v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03263410v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Jean Boulouis" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Bonnet" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464054v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.irdeditions.9001" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050882v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Migeon" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441246v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Nono Almeida" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Leray" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Albignac" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Vittecoq" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Mccoy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2025.140658" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731981v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allison K. Shaw" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Fouda" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Mezzini" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Dongmin Kim" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nilanjan Chatterjee" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2025.0679" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343249v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noor Fattar" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Louni" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Buysse" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Maria Floriano" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Bertaux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1758-2229.70120" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05317549v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdessalem Hammouda" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Far&#232;s Ben Youssef" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slaheddine Selmi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10661-025-13824-x" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360727v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Ollagnier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Souc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Bruley" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Blanchon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.70178" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006178v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Pasternicki" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Amoros" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Duhayon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2025013" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740729v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dagonet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ibi.13338" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740723v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureline Boulanger" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Planchon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Taudi&#232;re" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stewart T. G. Burgess" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2024.105584" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693483v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prescillia Lemesle" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Carravieri" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Poiriez" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Batard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Blanck" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.175857" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04723949v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Patier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paco Bustamante" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Guillou" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2024.124992" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619774v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Scotto" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2024.116508" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04234879v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bonsergent" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maggy Jouglin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.316" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04123126v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen D Mccoy" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Toty" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Dupraz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Tornos" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Gamble" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.16617" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04203797v2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Perez" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bournez" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Boulanger" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Fite" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Livoreil" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.291" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984723v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Boutry" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra ter Halle" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2022.114483" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251123v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Margos" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Hofmann" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sherwood Casjens" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlene Dupraz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Heinzinger" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2023.105502" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04789180v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Santos-Garcia" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Morel" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Henri" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adil El Filali" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.269" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04123364v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sadoul" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Pin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40462-023-00375-4" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04123400v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura M Stefan" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolf Isbert" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena G&#243;mez-D&#237;az" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey V Mironov" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Do&#241;a" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-30858-8" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864261v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Leroy" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thorkell Lindberg Th&#243;rarinsson" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrizia D&#8217;ettorre" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.164" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388445v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louisiane Burkart" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ttbdis.2021.101852" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-02961633v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Gomard" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Flores" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-020-01611-9" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02746245v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lebert" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Agoulon" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Bastian" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Butet" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Cargnelutti" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/BDJ.8.e50123" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388412v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amalia Rataud" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2020.570157" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02361052v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre H. Boyer" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Almeras" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Plantard" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Grillon" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Talagrand-Reboul" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0223735" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02361413v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junaid S. Khan" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer F Provencher" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark R Forbes" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark L. Mallory" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Lebarbenchon" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.amb.2019.02.001" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01998059v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Murgia" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lesley Bell-Sakyi" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; de La Fuente" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Kurtti" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Makepeace" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ttbdis.2018.08.009" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02355942v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Pierre Charrier" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Hermouet" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline C. Hervet" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen C Barker" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-49641-9" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03012100v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Duron" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Menard" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ttbdis.2019.03.014" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02859934v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.2573075" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02355964v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gislene Fournier" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriano Pinter" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renata Santiago" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebasti&#225;n Mu&#241;oz-Leal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Fernandes Martins" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10493-019-00350-y" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265944v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Ponchon" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Choquet" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torkild Tveraa" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ecog.03334" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01847867v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Appelgren" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verena Saladin" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heinz Richner" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Doligez" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12862-018-1205-2" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01957259v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Gonz&#225;lez-Sol&#237;s" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2018.00097" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01937634v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Kada" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Boulinier" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13071-017-2261-y" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01523998v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Binetruy" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie No&#235;l" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Cremaschi" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.14094" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02010930v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Goebel" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Promerov&#225;" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Bonadonna" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Serbielle" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-017-3839-7" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605600v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Chastagner" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Pion" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Verheyden" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lourtet" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2017.08.010" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02007408v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Devillers" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Elguero" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijppaw.2017.05.001" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02004391v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agustin Estrada-Pe&#328;a" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2016.10.005" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01371147v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Dietrich" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Jaeger" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David A Wilkinson" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bastien" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actao.2015.12.013" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01328852v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chastagner" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Moinet" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Roy" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ttbdis.2016.05.005" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01942611v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-015-0702-8" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01942589v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Appelgren" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Richner" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jeb.12850" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01942637v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Maz&#233;-Guilmo" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Blanchet" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Loot" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.12564" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01971667v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icb/icw015" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02004408v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa L&#233;ger" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiangye Liu" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Masseglia" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Vourc&#8217;h" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13071-015-1043-7" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01250470v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen D. Mccoy" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Bonazzi" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Sidi-Boumedine" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1004892" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02417852v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heather C Proctor" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0144728" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01285434v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Le Rouzic" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00477-14" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01285429v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid2005.131088" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635293v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Jourdain" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ttbdis.2014.04.003" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01084784v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Schramm" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gauthier-Clerc" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Fournier" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Barthel" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ttbdis.2014.07.013" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R3QW1KH8-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123389v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Kempf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.12815" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-MN18SBTR-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02417750v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2013.00057" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965558v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Vial" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chevillon" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10493-012-9615-0" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-B3GX644X-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02417776v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Veracx" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Rivet" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Brouqui" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Raoult" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0045903" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01566971v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. L&#233;ger" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. G&#243;mez-D&#237;az" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-M. Risterucci" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/acarologia/20122041" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643678v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen D. Mc Coy" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Beis" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barbosa" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. J. Cuervo" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. R. Fraser" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/meps09749" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00682178v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander S. Kitaysky" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mark Hipfner" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2699.2011.02620.x" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2JQZBZJ7-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02004424v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry de Meeus" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Vaumourin" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronika Taragel&#8217;ov&#225;" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2011.09.016" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N0153S7R-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818519v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Sertour" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Cornet" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Ferquel" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1462-2920.2011.02515.x" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-X64R2SMM-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943216v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry de Mee&#251;s" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Arnathau" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Degeilh" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1603/033.046.0309" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943204v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-294X.2009.04356.x" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-S97XZ4N7-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152320v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Prugnolle" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Durand Patrick" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2006.07.003" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-743TXML8-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00322769v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Magalhaes" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark, R. Forbes" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Skoracka" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Osakabe" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10493-007-9091-0" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-87KVFBSW-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00085483v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Tirard" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-294X.2005.02631.x" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QWD585MK-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00085431v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Chapuis" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannis Michalakis" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2005.3230" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00085988v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.0014-3820.2003.tb00263.x" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00085923v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis Michalakis" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.hdy.6800339" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00086094v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1043/0022-3395(2002)088(0813:RSOTST)2.0.CO;2" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00086598v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1420-9101.2001.00290.x" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00085513v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-294X.2000.105330.x" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-K1V5FSD4-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05222165v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Abrial" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05317055v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Cousin" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Darmon" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Miaud" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae-open.com/produit/332/9782759240838/pollution-plastique-la-biodiversite-menacee" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388523v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1079/9781789249637.0077" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388509v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oso/9780198746249.001.0008" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388477v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zachary Oppler" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kayleigh O'Keeffe" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dustin Brisson" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21775/cimb.042.097" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763989v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Provencher" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Borrelle" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Sherley" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Avery-Gomm" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Hodum" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-805052-1.00007-3" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464033v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/irdeditions/22142?lang=fr#text" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152241v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152261v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327551v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327530v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327560v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327632v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327055v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327776v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04969239v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04969280v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327617v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327582v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05098531v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louisiane Burkhart" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie de La Cotte" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737137v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bailly" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737908v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737044v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Hoch" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Quillery" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800337v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417303v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Dugat" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Legrand" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01169433v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Malandrin" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075540v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bertrand" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Kreiter" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Migeon" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Navajas" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068758v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327569v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007512v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007073v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maelys Billot" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Fort" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327078v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327061v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327598v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Droguet" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327049v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327039v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327046v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02418162v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01169445v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03263410v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Jean Boulouis" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Bonnet" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464054v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.irdeditions.9001" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050882v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Migeon" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>