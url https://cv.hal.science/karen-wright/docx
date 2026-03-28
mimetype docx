--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -576,563 +576,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04614169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrafast time-resolved spectroscopy elucidating photo-driven electron and energy transfer processes in a broadband light-absorbing BODIPY-C60-distyryl BODIPY triad</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Photoinduced Electron Transfer in Clicked Ferrocene‐BODIPY‐Fullerene Conjugates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jad Rabah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anam Fatima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Allard</w:t>
+                <w:t xml:space="preserve">Hélène Fensterbank</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karen Wright</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Fensterbank</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Karen Wright</w:t>
+                <w:t xml:space="preserve">Anne Vallée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The European Physical Journal. Special Topics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 232, pp.2131-2144. </w:t>
+              <w:t xml:space="preserve">Helvetica Chimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1140/epjs/s11734-022-00670-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/hlca.202300039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03840392v1</w:t>
+                <w:t xml:space="preserve">hal-04125045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photoinduced Electron Transfer in Clicked Ferrocene‐BODIPY‐Fullerene Conjugates</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ultrafast time-resolved spectroscopy elucidating photo-driven electron and energy transfer processes in a broadband light-absorbing BODIPY-C60-distyryl BODIPY triad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anam Fatima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jad Rabah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Allard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Fensterbank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Wright</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne Vallée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Helvetica Chimica Acta</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, </w:t>
+              <w:t xml:space="preserve">The European Physical Journal. Special Topics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 232, pp.2131-2144. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/hlca.202300039⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1140/epjs/s11734-022-00670-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04125045v1</w:t>
+                <w:t xml:space="preserve">hal-03840392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis, crystal structure, tropicity and charge transport properties of diindenothienothiophene derivatives</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Masashi Mamada</w:t>
+                <w:t xml:space="preserve">Selective population of triplet excited states in heavy-atom-free BODIPY-C60 based molecular assemblies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anam Fatima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jad Rabah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Allard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Fensterbank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Wright</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Chihaya Adachi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Chemistry C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D2TC01324J⟩</w:t>
+              <w:t xml:space="preserve">Photochemical &amp; Photobiological Sciences </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 21 (9), pp.1573-1584. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s43630-022-00241-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03663987v1</w:t>
+                <w:t xml:space="preserve">hal-03698643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selective population of triplet excited states in heavy-atom-free BODIPY-C60 based molecular assemblies</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Hélène Fensterbank</w:t>
+                <w:t xml:space="preserve">Synthesis, crystal structure, tropicity and charge transport properties of diindenothienothiophene derivatives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanguy Jousselin-Oba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Masashi Mamada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Wright</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Marrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chihaya Adachi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Photochemical &amp; Photobiological Sciences </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 21 (9), pp.1573-1584. </w:t>
+              <w:t xml:space="preserve">Journal of Materials Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s43630-022-00241-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/D2TC01324J⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03698643v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03663987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diastereoselective ring cleavage of azetidines with cyanogen bromide</w:t>
               </w:r>
@@ -1261,90 +1261,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis, Aromaticity and Application of peri-PentacenoPentacene: Localized Representation of Benzenoid Aromatic Compounds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanguy Jousselin‐oba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Masashi Mamada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Wright</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérome Marrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chihaya Adachi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, </w:t>
@@ -1421,51 +1421,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lyne Yonkeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Wright</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Vallée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Méallet-Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1555,51 +1555,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jad Rabah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Krystyna Baczko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Fensterbank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Méallet-Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1644,351 +1644,351 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03046880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heterochiral Ala/(αMe)Aze sequential oligopeptides: Synthesis and conformational study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">α-Hydroxy-Tetrazoles as Latent Ethynyl Moieties: A Mechanistic Investigation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Quinodoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karen Wright</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Drouillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Barbara Biondi</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">François Couty</w:t>
+                <w:t xml:space="preserve">Mikhail Kletskii</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oleg Burov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Peptide Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/psc.3165⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Organic Reaction Mechanisms, 2019 (2-3), pp.342-350. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ejoc.201800143⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02348748v1</w:t>
+                <w:t xml:space="preserve">hal-02348773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">α-Hydroxy-Tetrazoles as Latent Ethynyl Moieties: A Mechanistic Investigation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Quinodoz</w:t>
+                <w:t xml:space="preserve">Heterochiral Ala/(αMe)Aze sequential oligopeptides: Synthesis and conformational study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Drouillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Peggion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Biondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Wright</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Oleg Burov</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Couty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Organic Reaction Mechanisms, 2019 (2-3), pp.342-350. </w:t>
+              <w:t xml:space="preserve">Journal of Peptide Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 16th Naples Workshop on Bioactive Peptides: ‘The exciting role of Peptides in life science’ May 2019, 25 (5), pp.e3165. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ejoc.201800143⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/psc.3165⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02348773v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02348748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theoretical investigation of von Braun and von Braun‐like reactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Couty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oleg Burov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikhail Kletskii</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anton Lisovin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2234,51 +2234,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Van Bui-Thi-Tuyet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Krystyna Baczko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Fensterbank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Journal of Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 42 (24), pp.19423-19432. </w:t>
@@ -2454,64 +2454,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A novel peptide conformation: the γ-bend ribbon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Drouillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Peggion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Biondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Wright</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2735,51 +2735,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Lohier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Wright</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Peggion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernando Formaggio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3272,51 +3272,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of a new clickable Fullerene platform and its use in the construction of Donors-C60 conjugates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jad Rabah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3487,51 +3487,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="AC0B9063"/>
+    <w:nsid w:val="E2E6D724"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3718,51 +3718,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/karen-wright" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6842-0907" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507181v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melvin Raulin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Drouillat" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Marrot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Couty" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Wright" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2026.155975" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696000v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Pham" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fr&#233;d&#233;ric Audibert" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jad Rabah" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Marrot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.4c03441" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04614169v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Alhoussein" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Moreau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2024.134002" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840392v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anam Fatima" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Allard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Fensterbank" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjs/s11734-022-00670-y" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125045v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vall&#233;e" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hlca.202300039" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03663987v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Jousselin-Oba" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masashi Mamada" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chihaya Adachi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2TC01324J" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698643v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s43630-022-00241-z" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642654v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2022.153710" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03442478v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Jousselin&#8208;oba" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202112794" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361359v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyne Yonkeu" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel M&#233;allet-Renault" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2021.132467" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03046880v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assia Tafrioucht" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krystyna Baczko" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dyepig.2020.109031" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348748v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Peggion" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Biondi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/psc.3165" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348773v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Quinodoz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Kletskii" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Burov" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201800143" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368423v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Lisovin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/qua.26088" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348865v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Menguy" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201801439" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348881v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssein Nasrallah" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van Bui-Thi-Tuyet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8nj04599b" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403277v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Nasrallah," TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rabah," TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bui-Thi-Tuyet," TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Baczko," TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Fensterbank," TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348893v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8ob02279h" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02940787v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mereghetti" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Kuiper" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tiengo" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hessels" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Hermsen" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/932/1/012009" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00087355v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Lohier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Formaggio" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Toniolo" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00166117v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Phalipon" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corina Costachel" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Grandjean" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Thuizat" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Guerreiro" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.176.3.1686" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00166853v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Laurent" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Baleux" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence A Mulard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b400986J" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02875035v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric B&#233;lot" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence S Mulard" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0040-4039(02)02055-5" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-21G86D3X-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04409350v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Delcroix" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/karen-wright" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6842-0907" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507181v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melvin Raulin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Drouillat" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Marrot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Couty" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Wright" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2026.155975" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696000v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Pham" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fr&#233;d&#233;ric Audibert" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jad Rabah" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Marrot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.4c03441" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04614169v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Alhoussein" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Moreau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2024.134002" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125045v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anam Fatima" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Fensterbank" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vall&#233;e" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hlca.202300039" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840392v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Allard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjs/s11734-022-00670-y" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698643v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s43630-022-00241-z" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03663987v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Jousselin-Oba" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masashi Mamada" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chihaya Adachi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2TC01324J" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642654v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2022.153710" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03442478v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Jousselin&#8208;oba" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202112794" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361359v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyne Yonkeu" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel M&#233;allet-Renault" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2021.132467" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03046880v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assia Tafrioucht" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krystyna Baczko" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dyepig.2020.109031" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348773v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Quinodoz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Kletskii" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Burov" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201800143" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348748v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Peggion" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Biondi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/psc.3165" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368423v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Lisovin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/qua.26088" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348865v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Menguy" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201801439" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348881v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssein Nasrallah" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van Bui-Thi-Tuyet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8nj04599b" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403277v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Nasrallah," TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rabah," TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bui-Thi-Tuyet," TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Baczko," TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Fensterbank," TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348893v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8ob02279h" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02940787v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mereghetti" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Kuiper" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tiengo" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hessels" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Hermsen" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/932/1/012009" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00087355v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Lohier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Formaggio" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Toniolo" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00166117v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Phalipon" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corina Costachel" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Grandjean" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Thuizat" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Guerreiro" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.176.3.1686" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00166853v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Laurent" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Baleux" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence A Mulard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b400986J" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02875035v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric B&#233;lot" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence S Mulard" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0040-4039(02)02055-5" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-21G86D3X-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04409350v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Delcroix" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>